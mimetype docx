--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -177,3265 +177,3265 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (63)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (64)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark between N-body, PIC, and semi-Lagrangian simulations of Landau-damped Langmuir wave</w:t>
+                <w:t xml:space="preserve">Global gyrokinetic study of lithium core turbulent transport with and without transport barrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+                <w:t xml:space="preserve">R. Avril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Moritz</w:t>
+                <w:t xml:space="preserve">E. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Gravier</w:t>
+                <w:t xml:space="preserve">K. Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Drouot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Lo-Cascio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sarazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (1), pp.013901. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0240349⟩</w:t>
+              <w:t xml:space="preserve">, 2026, 33 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0316178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04835129v1</w:t>
+                <w:t xml:space="preserve">hal-05411167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between ion temperature gradient and parallel velocity gradient instabilities in cylindrical geometry: Water-bag vs 5D gyrokinetics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benchmark between N-body, PIC, and semi-Lagrangian simulations of Landau-damped Langmuir wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lesur</w:t>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gravier</w:t>
+                <w:t xml:space="preserve">Jérôme Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Garbet</w:t>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Sarazin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (8), pp.082502. </w:t>
+              <w:t xml:space="preserve">, 2025, 32 (1), pp.013901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0274782⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0240349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213707v2</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ideal and resistive impurity parallel-velocity-gradient instability</w:t>
+                <w:t xml:space="preserve">Interplay between ion temperature gradient and parallel velocity gradient instabilities in cylindrical geometry: Water-bag vs 5D gyrokinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Cuerva-Lazaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+                <w:t xml:space="preserve">T. Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Gürcan</w:t>
+                <w:t xml:space="preserve">M. Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Bourgeois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C Maestracci</w:t>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ade4fb⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (8), pp.082502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0274782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05288071v1</w:t>
+                <w:t xml:space="preserve">hal-05213707v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling impurity transport in 5D gyrokinetic simulations using a transport barrier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ideal and resistive impurity parallel-velocity-gradient instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Cuerva-Lazaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lo-Cascio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+                <w:t xml:space="preserve">O Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Réveillé</w:t>
+                <w:t xml:space="preserve">J Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanick Sarazin</w:t>
+                <w:t xml:space="preserve">C Maestracci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 65 (5), pp.056021. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 67 (7), pp.075019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/adc5ea⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ade4fb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845964v3</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-space single electron-hole acceleration</w:t>
+                <w:t xml:space="preserve">Controlling impurity transport in 5D gyrokinetic simulations using a transport barrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guillevic</w:t>
+                <w:t xml:space="preserve">Guillaume Lo-Cascio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lesur</w:t>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Mandal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Gravier</w:t>
+                <w:t xml:space="preserve">Thierry Réveillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0246056⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (5), pp.056021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/adc5ea⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04964940v1</w:t>
+                <w:t xml:space="preserve">hal-04845964v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impurity Parallel Velocity Gradient instability</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase-space single electron-hole acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Cuerva Lazaro</w:t>
+                <w:t xml:space="preserve">A. Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Mandal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Plasma Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (2), pp.022117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/ops.13628⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0246056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024583v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drift waves and Ion Temperature Gradient instabilities in the large linear device SPEKTRE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impurity Parallel Velocity Gradient instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Brochard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Jeanne Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Heuraux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillermo Cuerva Lazaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0227546⟩</w:t>
+              <w:t xml:space="preserve">Open Plasma Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/ops.13628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733195v1</w:t>
+                <w:t xml:space="preserve">hal-05024583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breathing impure plasmas</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Drift waves and Ion Temperature Gradient instabilities in the large linear device SPEKTRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ad5105⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0227546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04967103v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulated temperature of a tungsten spot facing large plasma heat loads</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Breathing impure plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Heuraux</w:t>
+                <w:t xml:space="preserve">Y Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lesur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Gravier</w:t>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brochard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I Oyama</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.101753. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 66 (7), pp.075018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ad5105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04729195v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-consistent gyrokinetic modeling of turbulent and neoclassical tungsten transport in toroidally rotating plasmas</w:t>
+                <w:t xml:space="preserve">Simulated temperature of a tungsten spot facing large plasma heat loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Lim</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">J. Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0157428⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.101753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180521v1</w:t>
+                <w:t xml:space="preserve">hal-04729195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle dynamics in a turbulent electric field</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Global linear stability analysis of kinetic Trapped Ion Mode (TIM) in tokamak plasma using spectral method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debraj Mandal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-N. Sama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guillevic</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0135918⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65 (5), pp.055001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/acbe64⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220177v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864496v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global linear stability analysis of kinetic Trapped Ion Mode (TIM) in tokamak plasma using spectral method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Particle dynamics in a turbulent electric field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Guillevic</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/acbe64⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (5), pp.052301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0135918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864496v2</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermionic emission of a tungsten surface in high heat flux plasma: PIC simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-consistent gyrokinetic modeling of turbulent and neoclassical tungsten transport in toroidally rotating plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sarazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Moritz</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">E. Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 30 (8), pp.083514. </w:t>
+              <w:t xml:space="preserve">, 2023, 30 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0160767⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0157428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190773v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collision rates estimated from exact N -body simulations of a one-dimensional plasma</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermionic emission of a tungsten surface in high heat flux plasma: PIC simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 30 (1), pp.012102. </w:t>
+              <w:t xml:space="preserve">, 2023, 30 (8), pp.083514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0124403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0160767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978193v1</w:t>
+                <w:t xml:space="preserve">hal-04190773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of trapping finer-scale fluctuations in a solitary vortex in linear magnetized plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collision rates estimated from exact N -body simulations of a one-dimensional plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiroyuki Arakawa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+                <w:t xml:space="preserve">Alejandro Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/acfbb3⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (1), pp.012102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0124403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04326240v1</w:t>
+                <w:t xml:space="preserve">hal-03978193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport barrier in 5D gyrokinetic flux-driven simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Gravier</w:t>
+                <w:t xml:space="preserve">Identification of trapping finer-scale fluctuations in a solitary vortex in linear magnetized plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroyuki Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Réveillé</w:t>
+                <w:t xml:space="preserve">Shigeru Inagaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lesur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Sarazin</w:t>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 62 (12), pp.126026. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65 (11), pp.115002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac945d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/acfbb3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838047v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation Process of a Solitary Vortex in a Zonal Flow - Drift-Wave Dynamics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+                <w:t xml:space="preserve">Transport barrier in 5D gyrokinetic flux-driven simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lo-Cascio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Réveillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1585/pfr.17.1301106⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (12), pp.126026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac945d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142354v1</w:t>
+                <w:t xml:space="preserve">hal-03838047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheath size and Child-Langmuir law in one dimensional bounded plasma system in the presence of an oblique magnetic field: PIC results</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Formation Process of a Solitary Vortex in a Zonal Flow - Drift-Wave Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroyuki Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shigeru Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Brochard</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, pp.1301106-1301106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1585/pfr.17.1301106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0055790⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03215889v2</w:t>
+                <w:t xml:space="preserve">hal-04142354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gyrokinetic modelling of light to heavy impurity transport in tokamaks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Grandgirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Obrejan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 61 (4), pp.046037. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/abe6b4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impurity pinch generated by trapped particle driven turbulence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Sheath size and Child-Langmuir law in one dimensional bounded plasma system in the presence of an oblique magnetic field: PIC results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y Sarazin</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/aba340⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, pp.083501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0055790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016458v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215889v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity limits of the passive treatment of impurities in gyrokinetic tokamak simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Impurity pinch generated by trapped particle driven turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chabha Djerroud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Malik Idouakass</w:t>
+                <w:t xml:space="preserve">Y Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab6e48⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62 (9), pp.095018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/aba340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02485083v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The plasma-wall transition with collisions and an oblique magnetic field: reversal of potential drops at grazing incidences</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Validity limits of the passive treatment of impurities in gyrokinetic tokamak simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chabha Djerroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyungtak Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Faudot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Heuraux</w:t>
+                <w:t xml:space="preserve">Malik Idouakass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5061832⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (3), pp.036016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab6e48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02171905v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02485083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability analysis of secondary modes, driven by the phase space island</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The plasma-wall transition with collisions and an oblique magnetic field: reversal of potential drops at grazing incidences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Faudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.V. Dudkovskaia</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab2077⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (1), pp.013507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5061832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02489968v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusive impurity transport driven by trapped particle turbulence in tokamak plasmas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Stability analysis of secondary modes, driven by the phase space island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Dudkovskaia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Médina</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H.R. Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 26 (8), pp.082306. </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (8), pp.086010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5107443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab2077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275470v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Test particle dynamics in low-frequency tokamak turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Médina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Reveille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3489,7652 +3489,7394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Island stability in phase space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffusive impurity transport driven by trapped particle turbulence in tokamak plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sarazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra V Dudkovskaia</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Médina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1125/1/012009⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (8), pp.082306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5107443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489986v2</w:t>
+                <w:t xml:space="preserve">hal-02275470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subcritical Instabilities in Neutral Fluids and Plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Island stability in phase space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra V Dudkovskaia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akihiro Shimizu</w:t>
+                <w:t xml:space="preserve">Howard R Wilson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 3 (4), pp.89. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1125, pp.012009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/fluids3040089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1125/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265850v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489986v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial density and heat fluxes description in the velocity space: Nonlinear simulations and quasi-linear calculations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subcritical Instabilities in Neutral Fluids and Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Médina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Reveille</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Idouakass</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Akihiro Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 25 (12), pp.122304. </w:t>
+              <w:t xml:space="preserve">Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (4), pp.89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5057420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/fluids3040089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01968760v1</w:t>
+                <w:t xml:space="preserve">hal-02265850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impurity density gradient influence on trapped particle modes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Radial density and heat fluxes description in the velocity space: Nonlinear simulations and quasi-linear calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Médina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Reveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Idouakass</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Réveillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 25 (6), pp.062307. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5026381⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 25 (12), pp.122304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5057420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816870v1</w:t>
+                <w:t xml:space="preserve">hal-01968760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear wave-particle interaction behaviors driven by energetic ions in the HL-2A Tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.M. Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X.R. Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 58 (9), pp.096028. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/aacf46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport hysteresis and zonal flow stimulation in magnetized plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Impurity density gradient influence on trapped particle modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Idouakass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Médina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Réveillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 57 (12), pp.124001. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (6), pp.062307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa8c4c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5026381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01711090v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toroidal momentum channeling of geodesic acoustic modes driven by fast ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transport hysteresis and zonal flow stimulation in magnetized plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Réveillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sasaki</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Médina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 57 (3), pp.036025. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa4eb4⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 57 (12), pp.124001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa8c4c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967178v1</w:t>
+                <w:t xml:space="preserve">hal-01711090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple model for electron dissipation in trapped ion turbulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Toroidal momentum channeling of geodesic acoustic modes driven by fast ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kasuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4974269⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.036025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa4eb4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01489783v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of subcritical geodesic acoustic mode excitation in the large helical device</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A simple model for electron dissipation in trapped ion turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cartier-Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Ido</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Shimizu</w:t>
+                <w:t xml:space="preserve">P. H. Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa665a⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4974269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04967260v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement and suppression of turbulence by energetic-particle-driven geodesic acoustic modes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Observation of subcritical geodesic acoustic mode excitation in the large helical device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Osakabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Hallatschek</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+                <w:t xml:space="preserve">A. Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.16767. </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (7), pp.072009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-17011-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa665a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04967195v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Concept of Cross-Ferroic Plasma Turbulence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancement and suppression of turbulence by energetic-particle-driven geodesic acoustic modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Inagaki</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">T. Mitsuzono</w:t>
+                <w:t xml:space="preserve">K. Hallatschek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kasuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6 (1), pp.22189. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep22189⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.16767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-17011-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968155v1</w:t>
+                <w:t xml:space="preserve">hal-04967195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strong Destabilization of Stable Modes with a Half-Frequency Associated with Chirping Geodesic Acoustic Modes in the Large Helical Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Osakabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 116 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.015002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear excitation of subcritical fast ion-driven modes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">A Concept of Cross-Ferroic Plasma Turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.-I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Kosuga</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mitsuzono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0029-5515/56/5/056009⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.22189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep22189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265835v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset condition of the subcritical geodesic acoustic mode instability in the presence of energetic-particle-driven geodesic acoustic mode</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Nonlinear excitation of subcritical fast ion-driven modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.-I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fizika Plazmy / Plasma Physics Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56 (5), pp.056009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0029-5515/56/5/056009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1134/S1063780X16050056⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04968169v1</w:t>
+                <w:t xml:space="preserve">hal-02265835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Excitation of Subcritical Instabilities in a Toroidal Plasma</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A branch of energetic-particle driven geodesic acoustic modes due to magnetic drift resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kasuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hallatschek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">K. Ogawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 116 (1), </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (10), pp.102501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.015003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4963397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285754v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A branch of energetic-particle driven geodesic acoustic modes due to magnetic drift resonance</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Onset condition of the subcritical geodesic acoustic mode instability in the presence of energetic-particle-driven geodesic acoustic mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.-I. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ido</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 23 (10), pp.102501. </w:t>
+              <w:t xml:space="preserve">Fizika Plazmy / Plasma Physics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (5), pp.418-423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4963397⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1134/S1063780X16050056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967145v1</w:t>
+                <w:t xml:space="preserve">hal-04968169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">中性流体およびプラズマにおける亜臨界不安定性について</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nonlinear Excitation of Subcritical Instabilities in a Toroidal Plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Osakabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ogawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 116 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.015003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265842v1</w:t>
+                <w:t xml:space="preserve">hal-01285754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the relationship between residual zonal flows and bump-on tail saturated instabilities</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">中性流体およびプラズマにおける亜臨界不安定性について</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akihiro Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92 (9), pp.665-671</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01356331v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02265842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method- and scheme-independent entropy production in turbulent kinetic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Physics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 200, pp.182-189. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cpc.2015.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02265837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stimulated zonal flow generation in the case of TEM and TIM microturbulence</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On the relationship between residual zonal flows and bump-on tail saturated instabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Donnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ehrlacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Caschera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4962845⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Joint Varenna-Lausanne International Workshop on the Theory of Fusion Plasmas 2016 29 August to 2 September 2016, Varenna, Italy, 775, pp.012004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/775/1/012004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01489774v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01356331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test of the Telegraph Equation for Transport Dynamics in Plasma</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Stimulated zonal flow generation in the case of TEM and TIM microturbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Reveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma and Fusion Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (9), pp.92507 - 92507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4962845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285761v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Test of the Telegraph Equation for Transport Dynamics in Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeru Inagaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kimitaka Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanae-I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plasma and Fusion Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968217v1</w:t>
+                <w:t xml:space="preserve">hal-01285761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Non-Linear Mode Coupling During End-Plate Biasing Experiment in PANTA</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Test of the Telegraph Equation for Transport Dynamics in Plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeru Inagaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yoshihiko Nagashima</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimitaka Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae-I. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma and Fusion Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1585/pfr.10.3401043⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, pp.1203002-1203002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1585/pfr.10.1203002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285762v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative Dispersion of Trapped Ion Granulations in Sheared Flows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sanae-I. Itoh</w:t>
+                <w:t xml:space="preserve">Evaluation of Non-Linear Mode Coupling During End-Plate Biasing Experiment in PANTA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fumiyoshi Kin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuma Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shigeru Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroyuki Arakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Diamond</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yoshihiko Nagashima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9, pp.3403018-3403018. </w:t>
+              <w:t xml:space="preserve">Plasma and Fusion Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1585/pfr.9.3403018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1585/pfr.10.3401043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969302v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion temperature gradient driven turbulence with strong trapped ion resonance</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Relative Dispersion of Trapped Ion Granulations in Sheared Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae-I. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimitaka Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4897179⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9, pp.3403018-3403018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1585/pfr.9.3403018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968227v1</w:t>
+                <w:t xml:space="preserve">hal-04969302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Quasi-Periodic Nonlinear Waveforms in Turbulent Plasmas</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ion temperature gradient driven turbulence with strong trapped ion resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.-I. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1585/pfr.9.1201016⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4897179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968211v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">乱流プラズマ研究の位相空間への展開</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification of Quasi-Periodic Nonlinear Waveforms in Turbulent Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shigeru Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yudai Miwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsuya Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuma Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshihiko Nagashima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 90 (5), pp.289-295</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 9, pp.1201016-1201016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1585/pfr.9.1201016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969333v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">End plate biasing experiments in linear magnetized plasmas</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase-space jets drive transport and anomalous resistivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.H. Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0029-5515/54/11/114010⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.112307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4902525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968186v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-space jets drive transport and anomalous resistivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">乱流プラズマ研究の位相空間への展開</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuke Kosuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y. Kosuga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (5), pp.289-295</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969769v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear current-driven ion-acoustic instability driven by phase-space structures</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">End plate biasing experiments in linear magnetized plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Nagashima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mitsuzono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/56/7/075005⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54 (11), pp.114010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0029-5515/54/11/114010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969770v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear instabilities driven by coherent phase-space structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nonlinear current-driven ion-acoustic instability driven by phase-space structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Diamond</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.H. Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kosuga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 56 (7), pp.075005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/56/7/075005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physreve.87.031101⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01969766v1</w:t>
+                <w:t xml:space="preserve">hal-01969770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of collisions on energetic particle-driven chirping bursts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nonlinear instabilities driven by coherent phase-space structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Diamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.87.031101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4804644⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01969744v1</w:t>
+                <w:t xml:space="preserve">hal-01969766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Excitation Conditions of ITG Modes in the PANTA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of collisions on energetic particle-driven chirping bursts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8, pp.2403133-2403133. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, pp.055905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1585/pfr.8.2403133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4804644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969341v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear categorization of the energetic-beam-driven instability with drag and diffusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lesur</w:t>
+                <w:t xml:space="preserve">Evaluation of Excitation Conditions of ITG Modes in the PANTA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yudai Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Idomura</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Naohiro Kasuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shigeru Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimitaka Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 52 (9), pp.094004. </w:t>
+              <w:t xml:space="preserve">Journal of Plasma and Fusion Research / Purazuma Kaku Yugo Gakkaishi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, pp.2403133-2403133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0029-5515/52/9/094004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1585/pfr.8.2403133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969729v1</w:t>
+                <w:t xml:space="preserve">hal-04969341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of metastable kinetic modes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nonlinear categorization of the energetic-beam-driven instability with drag and diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Idomura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.205002⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (9), pp.094004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0029-5515/52/9/094004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319149v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopic determination of kinetic parameters for frequency sweeping Alfvén eigenmodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Existence of metastable kinetic modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hinrich Lütjens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Grandgirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">X. Garbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 17 (12), pp.122311. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105 (20), pp.205002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3500224⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.205002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969722v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear modification of the stability of fast particle driven modes in tokamaks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectroscopic determination of kinetic parameters for frequency sweeping Alfvén eigenmodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Idomura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Nguyen</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">K. Shinohara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/52/12/124034⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (12), pp.122311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3500224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080452v1</w:t>
+                <w:t xml:space="preserve">hal-01969722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully nonlinear features of the energetic beam-driven instability</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nonlinear modification of the stability of fast particle driven modes in tokamaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Grandgirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Guimarães-Filho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 16 (9), </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52 (12), pp.124034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3234249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/52/12/124034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...52 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...98 lines deleted...]
-                <w:t xml:space="preserve">hal-05411167v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collision rates estimated from exact N -body simulations of a one-dimensional plasma</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Fully nonlinear features of the energetic beam-driven instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...172 lines deleted...]
-                <w:t xml:space="preserve">hal-04973387v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Idomura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3234249⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gyrokinetic modelling of lithium turbulent transport in the core plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Avril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th EU-US Transport Task Force Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05350838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion and redeposition of Li from a liquid metal wall facing a magnetized plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Avril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Plasma-surface interaction conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05350809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of phase-space vortices in the 2-species 1D Vlasov-Poisson system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on the Theory and Applications of the Vlasov Equation (Vlasovia 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear growthrate of a phase-space electron hole</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SPEKTRE, a linear radiofrequency device for investigating edge plasma physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Geneve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Heuraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Bobkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Del Sarto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49th European Conference on Plasma Physics</w:t>
+              <w:t xml:space="preserve">49th EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629882v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04171543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPEKTRE, a linear radiofrequency device for investigating edge plasma physics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonlinear growthrate of a phase-space electron hole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49th EPS Conference on Plasma Physics</w:t>
+              <w:t xml:space="preserve">49th European Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04171543v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impurity Parallel-Velocity-Gradient Instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th IAEA Fusion Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAEA, Oct 2023, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EP instabilities: nonlinear wave-particle interactions and consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IIS2023 - 12th ITER International School : The Impact and Consequences of Energetic Particles in Fusion Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITER International School, Jun 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collision rates estimated from exact &amp;lt;i&amp;gt;N&amp;lt;/i&amp;gt;-body simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Drouot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49th European Plasma Physics Conference (EPS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EPS, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global linear stability analysis of kinetic Trapped Ion Modes (TIM) and their nonlinear saturation in tokamak plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debraj Mandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvert Njeck Sama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49th Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Physical Society, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling of turbulent diffusion in the quasilinear resonance broadening regime and beyond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garbet X.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diamond P.H.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Asia-Pacific Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chiba University, Oct 2022, Chiba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the road to Kubo &amp;gt; 1:</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ghizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival de Théorie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonance broadening in quasilinear theory: towards Kubo &amp;gt;1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ghizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Online, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear kinetics: from isolated hole clump pairs to phase space turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st International Toki Conference on Plasma and Fusion Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, National Institue for Fusion Science, Nov 2022, Toki, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impurity transport in collisionless trapped-particle-driven turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyungtak Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chabha Djerroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Idouakass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th IAEA Fusion Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04326312v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subcritical instabilities destabilized by kinetic nonlinearities in hot plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Rencontre du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrostatic trapping nonlinearity, a key element of turbulent transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Diamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanae -I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kimitaka Itoh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69th Annual Meeting of the Japan Physical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Hiratsuka, Japan. pp.283, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.11316/jpsgaiyo.69.1.2.0_283_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of tomography algorithms for a linear cylindrical plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sho Ono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akihide Fujisawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshihiko Nagashima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeru Inagaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yudai Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Conference 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Japan Society of Plasma Science and Nuclear Fusion Research, Nov 2014, Niigata, Japan. pp.21PB-078</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Equilibrium and Extreme State - Phase-Space Jet: a New Structure to Drive Anomalous Heating and Resistivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.H. Diamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kimitaka Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanae -I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Conference 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Niigata, Japan. pp.21aC1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of Stochastic Process of Turbulence Transition in Linear Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshihiko Nagashima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanae -I. Itoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fujisawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeru Inagaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatsuya Kobayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Conference 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Niigata, Japan. pp.21aC1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subcritical Growth of Coherent Phase-Space Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.H. Diamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAEA Fusion Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Atomic Energy Agency, Vienna (Austria), Oct 2012, San Diego (CA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear wave-particle interactions and phase-space structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Diamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Kosuga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th Japan Society of Plasma Science and Nuclear Fusion Research (JSPF) Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Fukuoka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02489963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of kinetic parameters based on chirping Alfvén Eigenmodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Idomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Shinohara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd IAEA Fusion Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Daejeon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced model analysis of supercritical and subcritical chirping Alfvén eigenmodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Idomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Shinohara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th BPSI annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Fukuoka, Japan. pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear features of the energy beam-driven instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Idomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IAEA-TM on the Theory of Plasma Instabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11144,1249 +10886,1249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of Ion Temperature Gradient and Parallel Velocity gradient instabilities and 5d gyrokinetic transport simulations in cylindrical geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TTF 2025 - 29th EU-US Transport Task Force Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Budapest, Hungary. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competition between ion temperature gradient and parallel velocity gradient instabilities in tokamaks studied with 5d gyrokinetic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Rouyer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Salamanque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion and redeposition of lithium from a liquid metal wall facing a magnetized plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Avril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Heuraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Plasma-Surface Interaction Conference (PSI-26)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface temperature of a plasma facing tungsten surface calculated by means of 1D and 2D PIC simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Heuraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Plasma Surface Interaction in Controlled Fusion Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04776227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion transport through Radio-Frequency sheaths studied by Particle-In-Cell simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Heuraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Joint EU-US Transport Task Force Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tungsten surface temperature calculated by means of PIC simulations: bifurcation and space charge limited regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Heuraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04145346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPEKTRE, a linear radiofrequency device for investigating edge plasma physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Genève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Bobkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Faudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Heuraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49th EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impurity transport through two types of transport barrier in 5D gyrokinetic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Réveillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Joint EU-US Transport Task Force Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04267884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impurity Parallel-Velocity-Gradient (i-PVG) instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Kosuga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th IAEA Fusion Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations of impurity transport with TERESA and GYSELA codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyungtak Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lo-Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garbet X.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarazin Y.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">US-EU joint Transport Taskforce Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Santa Rosa, United States. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12396,254 +12138,528 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gyrokinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctoral. France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974985v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collision rates estimated from exact N -body simulations of a one-dimensional plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lo-Cascio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-03974985v2</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent progress on phase-space turbulence and dynamical response in collisionless plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear gyrokinetic theory and simulation in the case of homogeneous magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations semi-lagrangiennes et multi-échelles de l’équation de Vlasov pour la modélisation des plasmas chauds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Del Sarto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Deriaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Réveillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12653,91 +12669,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear features of instabilities, turbulence and transport in hot plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Plasma Physics [physics.plasm-ph]. Université de Lorraine, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02882428v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12747,128 +12763,128 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Structures in Configuration Space and Phase Space: An Introductory Tutorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Diamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Kosuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick H Diamond; Xavier Garbet; Philippe Ghendrih; Yanick Sarazin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rotation and Momentum Transport in Magnetized Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WORLD SCIENTIFIC, pp.81-113, 2015, 978-981-4644-82-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12878,100 +12894,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Berk-Breizman Model as a Paradigm for Energetic Particle-driven Alfvén Eigenmodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physics [physics]. Ecole Polytechnique X, 2010. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00563110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12981,135 +12997,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic simulations of electrostatic plasma waves using Cubic-Interpolated-Propagation scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhiro Idomura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinji Tokuda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Japan Atomic Energy Agency. 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01722783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId317"/>
+      <w:footerReference w:type="default" r:id="rId318"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13177,51 +13193,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C173D40"/>
+    <w:nsid w:val="E38F490B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13408,51 +13424,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-lesur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9747-5616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151301360" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/lesur_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04835129v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lesur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moritz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240349" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213707v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rouyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lesur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gravier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sarazin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274782" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05288071v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cuerva-Lazaro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O G&#252;rcan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bourgeois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maestracci" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ade4fb" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845964v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lo-Cascio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Sarazin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/adc5ea" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04964940v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillevic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mandal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0246056" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05024583v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bourgeois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Cuerva Lazaro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Kosuga" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/ops.13628" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733195v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brochard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Heuraux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0227546" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967103v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Kosuga" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Oyama" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ad5105" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729195v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moritz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heuraux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brochard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101753" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180521v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lim" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0157428" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220177v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diamond" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lo-Cascio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135918" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864496v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debraj Mandal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gravier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N. Sama" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acbe64" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190773v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0160767" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978193v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Guillevic" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0124403" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04326240v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Arakawa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Sasaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Inagaki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acfbb3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838047v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac945d" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04142354v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.17.1301106" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215889v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0055790" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706197v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandgirard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Obrejan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abe6b4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016458v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Lim" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Garbet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Sarazin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aba340" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485083v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabha Djerroud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyungtak Lim" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Idouakass" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab6e48" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171905v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Faudot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5061832" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489968v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Dudkovskaia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Wilson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2077" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275470v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M&#233;dina" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5107443" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362087v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien M&#233;dina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reveille" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5115231" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489986v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra V Dudkovskaia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garbet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard R Wilson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1125/1/012009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265850v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Shimizu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids3040089" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968760v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Idouakass" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5057420" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5026381" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04966365v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Hou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.R. Duan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aacf46" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711090v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Drouot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa8c4c" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967178v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sasaki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kasuya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Itoh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kosuga" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa4eb4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489783v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cartier-Michaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H. Diamond" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974269" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967260v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ido" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shimizu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa665a" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967195v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hallatschek" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17011-y" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968155v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inagaki" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobayashi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-I. Itoh" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mitsuzono" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22189" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.015002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265835v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/56/5/056009" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968169v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063780X16050056" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285754v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ogawa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.015003" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967145v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963397" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265842v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356331v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Donnel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ehrlacher" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caschera" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dumont" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/775/1/012004" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265837v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.12.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489774v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962845" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285761v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimitaka Itoh" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae-I. Itoh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968217v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.10.1203002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiyoshi Kin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Yamada" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiko Nagashima" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.10.3401043" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969302v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Diamond" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.9.3403018" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968227v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897179" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968211v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudai Miwa" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kobayashi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.9.1201016" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969333v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968186v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yamada" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nagashima" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/54/11/114010" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969769v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Diamond" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902525" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969770v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/56/7/075005" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969766v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.87.031101" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969744v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804644" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969341v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naohiro Kasuya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.8.2403133" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969729v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Idomura" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/52/9/094004" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-KT8QZ0S4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319149v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nguyen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinrich L&#252;tjens" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.205002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969722v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shinohara" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3500224" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080452v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nguyen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Grandgirard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Decker" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Guimar&#227;es-Filho" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/52/12/124034" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QPFL3WDR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722771v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3234249" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411167v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Avril" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lo-Cascio" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773094v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969356v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973387v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350838v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350809v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avril" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630485v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04629882v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171543v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Geneve" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heuraux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bobkov" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Del Sarto" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630478v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04629874v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250462v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04597456v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juvert Njeck Sama" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595342v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garbet X." TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamond P.H." TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595326v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghizzo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04142353v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595352v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04326312v2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973438v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968312v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae -I. Itoh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11316/jpsgaiyo.69.1.2.0_283_3" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973792v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Ono" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihide Fujisawa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973870v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973832v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fujisawa" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969377v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489963v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969392v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972245v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973381v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471970v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Rouyer" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471922v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lesur" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834783v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Avril" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776227v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198020v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145346v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171521v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gen&#232;ve" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Faudot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267884v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630453v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595305v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarazin Y." TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974985v2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242509v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Del Sarto" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Deriaz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02882428v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963648v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00563110v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722783v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Idomura" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Tokuda" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-lesur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9747-5616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151301360" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/lesur_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411167v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avril" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gravier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lo-Cascio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sarazin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0316178" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04835129v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lesur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moritz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240349" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213707v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rouyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lesur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274782" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05288071v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cuerva-Lazaro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O G&#252;rcan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bourgeois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maestracci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ade4fb" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845964v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lo-Cascio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Sarazin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/adc5ea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04964940v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillevic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mandal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0246056" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05024583v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bourgeois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Cuerva Lazaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Kosuga" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/ops.13628" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733195v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brochard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Heuraux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0227546" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Kosuga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Oyama" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ad5105" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729195v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moritz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heuraux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brochard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101753" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864496v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debraj Mandal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gravier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N. Sama" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acbe64" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220177v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diamond" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135918" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180521v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0157428" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190773v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0160767" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978193v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Guillevic" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0124403" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04326240v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Arakawa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Sasaki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Inagaki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acfbb3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838047v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac945d" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04142354v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.17.1301106" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandgirard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Obrejan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abe6b4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215889v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0055790" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016458v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Lim" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Garbet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Sarazin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aba340" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485083v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabha Djerroud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyungtak Lim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Idouakass" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab6e48" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171905v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Faudot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5061832" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489968v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Dudkovskaia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Wilson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2077" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362087v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien M&#233;dina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reveille" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5115231" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275470v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M&#233;dina" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5107443" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489986v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra V Dudkovskaia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garbet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard R Wilson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1125/1/012009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265850v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Shimizu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fluids3040089" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968760v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Idouakass" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5057420" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04966365v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Hou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.R. Duan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aacf46" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816870v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5026381" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711090v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Drouot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa8c4c" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967178v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sasaki" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kasuya" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Itoh" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kosuga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa4eb4" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489783v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cartier-Michaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H. Diamond" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974269" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967260v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ido" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shimizu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa665a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967195v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hallatschek" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17011-y" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285753v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.015002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968155v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inagaki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobayashi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-I. Itoh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mitsuzono" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22189" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265835v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/56/5/056009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967145v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963397" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968169v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063780X16050056" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285754v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ogawa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.015003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265842v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265837v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.12.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356331v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Donnel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ehrlacher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caschera" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/775/1/012004" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489774v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962845" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285761v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimitaka Itoh" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae-I. Itoh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968217v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.10.1203002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285762v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiyoshi Kin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Yamada" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiko Nagashima" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.10.3401043" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969302v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Diamond" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.9.3403018" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968227v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897179" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968211v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudai Miwa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kobayashi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.9.1201016" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969769v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Diamond" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902525" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969333v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968186v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yamada" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nagashima" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/54/11/114010" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969770v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/56/7/075005" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969766v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.87.031101" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969744v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804644" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969341v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naohiro Kasuya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1585/pfr.8.2403133" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969729v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Idomura" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/52/9/094004" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-KT8QZ0S4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319149v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nguyen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinrich L&#252;tjens" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.205002" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969722v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shinohara" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3500224" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080452v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nguyen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Grandgirard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Decker" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Guimar&#227;es-Filho" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/52/12/124034" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QPFL3WDR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722771v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3234249" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350838v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Avril" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lo-Cascio" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350809v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630485v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171543v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Geneve" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heuraux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bobkov" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Del Sarto" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04629882v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630478v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04629874v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250462v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04597456v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juvert Njeck Sama" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595342v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garbet X." TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamond P.H." TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595326v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghizzo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04142353v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595352v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04326312v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973438v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04968312v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae -I. Itoh" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11316/jpsgaiyo.69.1.2.0_283_3" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973792v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Ono" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihide Fujisawa" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973870v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973832v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fujisawa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969377v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489963v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969392v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972245v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973381v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471970v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Rouyer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471922v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lesur" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834783v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Avril" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776227v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198020v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145346v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171521v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gen&#232;ve" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Faudot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267884v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T R&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04630453v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04595305v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarazin Y." TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974985v2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773094v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969356v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973387v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242509v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Del Sarto" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Deriaz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02882428v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963648v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00563110v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722783v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Idomura" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Tokuda" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>