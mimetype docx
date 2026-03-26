--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -141,3818 +141,3952 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of powered two-wheeler accident scenarios and multi-body simulations to support trunk protective equipment impact test methods</w:t>
+                <w:t xml:space="preserve">Forensic Analysis of Head Traumas: Can Biomechanics Shed Light?—A Case Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Deville</w:t>
+                <w:t xml:space="preserve">Carmen Rezek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selim Cheaibi</w:t>
+                <w:t xml:space="preserve">Yves Godio-Raboutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Wei</w:t>
+                <w:t xml:space="preserve">Lucile Tuchtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Garo</w:t>
+                <w:t xml:space="preserve">Caroline Capuani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 224, pp.108283. </w:t>
+              <w:t xml:space="preserve">Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 16 (5), pp.766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aap.2025.108283⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/diagnostics16050766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416473v1</w:t>
+                <w:t xml:space="preserve">hal-05546162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trunk impact conditions in real PTW accidents based on multibody numerical reconstructions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analysis of powered two-wheeler accident scenarios and multi-body simulations to support trunk protective equipment impact test methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selim Cheaibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oscar Cherta-Ballester</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15389588.2025.2452326⟩</w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 224, pp.108283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2025.108283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416535v1</w:t>
+                <w:t xml:space="preserve">hal-05416473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neck brace design and fit are linked to head mobility</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Trunk impact conditions in real PTW accidents based on multibody numerical reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim Cheaibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Morgane Evin</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Cherta-Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12283-025-00503-w⟩</w:t>
+              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (7), pp.807-814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15389588.2025.2452326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05416520v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumentation of the sacroiliac joint with cylindrical threaded implants: A detailed finite element study of patient characteristics affecting fixation performance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neck brace design and fit are linked to head mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Masson</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Beauséjour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Ferrand</w:t>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Orthopaedic Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39 (12), pp.2693-2702. </w:t>
+              <w:t xml:space="preserve">Sports Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (1), pp.22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jor.25012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12283-025-00503-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03716234v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Analysis of the Dynamic Foot Function: A Machine Learning and Finite Element Approach</w:t>
+                <w:t xml:space="preserve">The predictive capacity of the MADYMO ellipsoid pedestrian model for pedestrian ground contact kinematics and injury evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Tarrade</w:t>
+                <w:t xml:space="preserve">Shi Shang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nawfal Dakhil</w:t>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Behr</w:t>
+                <w:t xml:space="preserve">Max Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Salin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quentin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 143 (4), </w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 149, pp.105803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4049024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2020.105803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03716430v1</w:t>
+                <w:t xml:space="preserve">hal-04082952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The predictive capacity of the MADYMO ellipsoid pedestrian model for pedestrian ground contact kinematics and injury evaluation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">An evaluation methodology for motorcyclists’ wearable airbag protectors based on finite element simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Cherta Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aap.2020.105803⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (1), pp.99-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1687218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04082952v1</w:t>
+                <w:t xml:space="preserve">hal-04082947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evaluation methodology for motorcyclists’ wearable airbag protectors based on finite element simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oscar Cherta Ballester</w:t>
+                <w:t xml:space="preserve">Instrumentation of the sacroiliac joint with cylindrical threaded implants: A detailed finite element study of patient characteristics affecting fixation performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi Shang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (1), pp.99-108. </w:t>
+              <w:t xml:space="preserve">Journal of Orthopaedic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (12), pp.2693-2702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1687218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jor.25012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082947v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the scale reduction in designing sockets for trans-tibial amputees</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Real-Time Analysis of the Dynamic Foot Function: A Machine Learning and Finite Element Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawfal Dakhil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0954411920921648⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4049024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937831v1</w:t>
+                <w:t xml:space="preserve">hal-03716430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are custom-made foot orthoses of any interest on the treatment of foot pain for prolonged standing workers?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Influence of the scale reduction in designing sockets for trans-tibial amputees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawfal Dakhil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuhao Mo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 234 (8), pp761-768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0954411920921648⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apergo.2019.05.013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02404762v1</w:t>
+                <w:t xml:space="preserve">hal-02937831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is skin pressure a relevant factor for socket assessment in patients with lower limb amputation?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Morgane Evin</w:t>
+                <w:t xml:space="preserve">Are custom-made foot orthoses of any interest on the treatment of foot pain for prolonged standing workers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Doucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saint-Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technology and Health Care</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 80, pp.130-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2019.05.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/THC-191637⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02735281v1</w:t>
+                <w:t xml:space="preserve">hal-02404762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of trunk impact conditions in motorcycle road accidents based on epidemiological, accidentological data and multibody simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oscar Cherta Ballester</w:t>
+                <w:t xml:space="preserve">Is skin pressure a relevant factor for socket assessment in patients with lower limb amputation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawfal Dakhil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bourdet</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuhao Mo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Thefenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aap.2019.03.006⟩</w:t>
+              <w:t xml:space="preserve">Technology and Health Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (6), pp.669-677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/THC-191637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862282v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spinal injury analysis for typical snowboarding backward falls</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bailly</w:t>
+                <w:t xml:space="preserve">Analysis of trunk impact conditions in motorcycle road accidents based on epidemiological, accidentological data and multibody simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Cherta Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean‐dominique Laporte</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae Afquir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/sms.13342⟩</w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 127, pp.223-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2019.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867969v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Reconstruction of Traumatic Brain Injury in Skiing and Snowboarding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Spinal injury analysis for typical snowboarding backward falls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐dominique Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001701⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.sms.13342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.13342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082928v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spinal injury analysis for typical snowboarding backward falls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐dominique Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, pp.sms.13342. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/sms.13342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050236v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02867969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite element model of a below-knee amputation: a feasibility study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Donatien Campion</w:t>
+                <w:t xml:space="preserve">Numerical Reconstruction of Traumatic Brain Injury in Skiing and Snowboarding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nawfal Dakhil</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382848⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (11), pp.2322-2329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01823004v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04082928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergency braking is affected by the use of cruise control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Behr</w:t>
+                <w:t xml:space="preserve">Finite element model of a below-knee amputation: a feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatien Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawfal Dakhil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Weber</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuhao Mo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15389588.2016.1274978⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (S1), pp35-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620414v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01823004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Head injury criteria in child pedestrian accidents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emergency braking is affected by the use of cruise control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Thollon</w:t>
+                <w:t xml:space="preserve">Yves Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Perrin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sarah Bonicel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13588265.2017.1345602⟩</w:t>
+              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (6), pp.636-641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15389588.2016.1274978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01687386v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Head impact in a snowboarding accident</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bailly</w:t>
+                <w:t xml:space="preserve">Head injury criteria in child pedestrian accidents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588265.2017.1345602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sms.12699⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01472628v1</w:t>
+                <w:t xml:space="preserve">hal-01687386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using an inertial navigation algorithm and accelerometer to monitor chest compression depth during cardiopulmonary resuscitation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves Godio-Raboutet</w:t>
+                <w:t xml:space="preserve">Head impact in a snowboarding accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 38 (9), p. 1028-1034. </w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2016.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/sms.12699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01472661v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01472628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion analysis of cardiopulmonary resuscitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Using an inertial navigation algorithm and accelerometer to monitor chest compression depth during cardiopulmonary resuscitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Boussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Ibouanga-Kipoutou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Godio-Raboutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Emergency Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajem.2015.07.051⟩</w:t>
+              <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38 (9), p. 1028-1034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2016.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447159v1</w:t>
+                <w:t xml:space="preserve">hal-01472661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of fall conditions and biological variability on the mechanism of skull fractures caused by falls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anissa Hamel</w:t>
+                <w:t xml:space="preserve">Motion analysis of cardiopulmonary resuscitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Godio-Raboutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Adalian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Leonetti</w:t>
+                <w:t xml:space="preserve">Harold N. Ibouanga-Kipoutou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Legal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00414-011-0627-9⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33, pp. 1350-1353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajem.2015.07.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00851140v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-depth real-world bicycle accident reconstructions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bourdet</w:t>
+                <w:t xml:space="preserve">Biomechanical analysis of skull fractures after uncontrolled hanging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thollon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Deck</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maxime Llari</w:t>
+                <w:t xml:space="preserve">Georges Leonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forensic Science International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 233, pp.220-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.forsciint.2013.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13588265.2013.805293⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00918461v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00956476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of fall conditions and biological variability on the mechanism of skull fractures caused by falls.</w:t>
+                <w:t xml:space="preserve">Effect of fall conditions and biological variability on the mechanism of skull fractures caused by falls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hamel</w:t>
+                <w:t xml:space="preserve">Anissa Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Llari</w:t>
+                <w:t xml:space="preserve">Md Piercecchi-Martie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Piercecchi-Marti</w:t>
+                <w:t xml:space="preserve">P Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Adalian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Léonetti</w:t>
+                <w:t xml:space="preserve">G. Leonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Legal Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 127 (1), pp.111-118. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+              <w:t xml:space="preserve">, 2013, 127, pp111-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00414-011-0627-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01088171v1</w:t>
+                <w:t xml:space="preserve">hal-00851140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical analysis of skull fractures after uncontrolled hanging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Thollon</w:t>
+                <w:t xml:space="preserve">In-depth real-world bicycle accident reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Deck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Georges Leonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forensic Science International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.forsciint.2013.08.015⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588265.2013.805293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00956476v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The motorcyclist impact against a light vehicle: Epidemiological, accidentological and biomechanic analysis</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of fall conditions and biological variability on the mechanism of skull fractures caused by falls.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Moskal</w:t>
+                <w:t xml:space="preserve">A. Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Piercecchi-Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Léonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aap.2012.08.013⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Legal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 127 (1), pp.111-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00414-011-0627-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00956470v1</w:t>
+                <w:t xml:space="preserve">hal-01088171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A three-Dimensional Human Trunk Model for the Analysis of Respiratory Mechanics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Llari</w:t>
+                <w:t xml:space="preserve">The motorcyclist impact against a light vehicle: Epidemiological, accidentological and biomechanic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Godio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Jammes</w:t>
+                <w:t xml:space="preserve">Aurélie Moskal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Vol132,n1, 4p. </w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 49, pp.223-228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4000308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2012.08.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849798v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00956470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injury criteria implementation and evaluation in FE models applications to lower limb segments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Arnoux</w:t>
+                <w:t xml:space="preserve">A three-Dimensional Human Trunk Model for the Analysis of Respiratory Mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Behr</w:t>
+                <w:t xml:space="preserve">Jérémie Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Thollon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yves Godio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13588260802305089⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Vol132,n1, 4p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4000308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082949v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real accidents involving vulnerable road users: in-depth investigation, numerical simulation and experimental reconstitution with PMHS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Injury criteria implementation and evaluation in FE models applications to lower limb segments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Serre</w:t>
+                <w:t xml:space="preserve">M. Behr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Masson</w:t>
+                <w:t xml:space="preserve">L. Thollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Perrin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 13 (6), pp.653-665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588260802305089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04082949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Real accidents involving vulnerable road users: in-depth investigation, numerical simulation and experimental reconstitution with PMHS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chalandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2006, vol12;n3, p227-234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00505755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3962,1394 +4096,1394 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A data-driven approach to motorcycle type classification using trunk inclination metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selim Cheaibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Cherta-Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FAST-zero'25 - Future Active Safety Technology toward zero traffic accidents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratory of Accident Mechanisms Analysis of Gustave Eiffel University with JSAE, Sep 2025, Arles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of motorcyclist and pillion passenger injuries using numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Sudyoddee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Koetniyom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Thai-Society-of-Mechanical-Engineers International Conference on Mechanical Engineering (TSME-ICoME)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Phuket, Thailand. pp.012009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899X/501/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilets airbags pour motocyclistes : analyse d'accidents et crash-tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Max Py</w:t>
+                <w:t xml:space="preserve">A modelisation of quantification of head and neck risks associated with tackles in rugby union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cogoluenhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arash Forodighasemabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque COSMOS - Connaissances Scientifiques sur les Motocycles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">44th Congress of the Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp273-275, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714910⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960089v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airbag Jacket for Motorcyclists: Evaluation of Real Effectiveness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRCOBI 2019, International Conference on the Biomechanics of Injury</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Florence, Italy. pp533-547</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modelisation of quantification of head and neck risks associated with tackles in rugby union</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Thollon</w:t>
+                <w:t xml:space="preserve">Gilets airbags pour motocyclistes : analyse d'accidents et crash-tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Canu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th Congress of the Société de Biomécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque COSMOS - Connaissances Scientifiques sur les Motocycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marne-la-Vallée, France. 8p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945553v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02960089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of motorcyclist and pillion passenger injuries using numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hathaiporn Sudyoddee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saiprasit Koetniyom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julaluk Carmai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TSME-ICOME 2018, 9th Thai Society of Mechanical Engineers, International Conference on Mechanical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Phuket, France. 8p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899X/501/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité des équipements de protection 'légers' pour les usagers de 2RM en cas de glissade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Godio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques 'Deux-roues motorisés'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Bron, France. pp. 79-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01207848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment methodology of Active Pedestrian Safety Systems: an estimation of safety impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Hamdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIMBIO-M 2014, SIMulation technologies in the fields of BIO-Sciences and Multiphysics: BioMechanics, BioMaterials and BioMedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Marseille, France. pp.1P</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01213606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagation et modélisation numérique de la conduction acoustique par voie osseuse</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Llari</w:t>
+                <w:t xml:space="preserve">Relations de dépendance entre la configuration d'un accident VL-piéton et le déroulement du choc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Coulongeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lucciano</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">120 ème Congres de la SFORL</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4ème Colloque International Francophone du GERI COPIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Canada. 12p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aforl.2013.06.257⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00903716v1</w:t>
+                <w:t xml:space="preserve">hal-00960330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations de dépendance entre la configuration d'un accident VL-piéton et le déroulement du choc</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Propagation et modélisation numérique de la conduction acoustique par voie osseuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Barbut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Ogam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Montava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Llari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lucciano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Colloque International Francophone du GERI COPIE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">120 ème Congres de la SFORL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France. pp.A75 - A76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aforl.2013.06.257⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00960330v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodology for a global bicycle real world accidents reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Deck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICrash 2012 - International Crashworthiness Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Italy. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00956464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5359,104 +5493,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIMBIO-M 2014, SIMulation technologies in the fields of BIO-Sciences and Multiphysics: BioMechanics, BioMaterials and BioMedicine, Marseille, France, june 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSTITUT FRANCAIS DES SCIENCES ET TECHNOLOGIES DES TRANSPORTS, DE L'AMENAGEMENT ET DES RESEAUX - IFSTTAR, 38p, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01020257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5466,165 +5600,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude «EFFIGAM» - Rapport final - Gilets Airbags Pour Motocyclistes: Quelle Efficacité Réelle Pour Quelle Vitesse?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Llari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2017, 31p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId163"/>
+      <w:footerReference w:type="default" r:id="rId168"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5692,51 +5826,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DF4677D5"/>
+    <w:nsid w:val="02304A4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5923,51 +6057,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-llari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5402-1726" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416473v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Cheaibi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Llari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Garo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2025.108283" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416535v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherta-Ballester" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2025.2452326" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416520v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Beaus&#233;jour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bailly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Evin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-025-00503-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03716234v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Shang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Py" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ferrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03716430v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tarrade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Dakhil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Salin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082952v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2020.105803" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082947v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherta Ballester" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Honor&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Arnoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2019.1687218" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937831v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuhao Mo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411920921648" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404762v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Doucet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saint-Lo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.05.013" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02735281v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thefenne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/THC-191637" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02862282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Afquir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourdet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2019.03.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02867969v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Laporte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13342" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082928v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Donnadieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001701" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050236v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823004v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Campion" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382848" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620414v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jammes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonicel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Weber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2016.1274978" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687386v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montoya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2017.1345602" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472628v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12699" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472661v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Boussen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Ibouanga-Kipoutou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio-Raboutet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2016.05.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447159v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold N. Ibouanga-Kipoutou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2015.07.051" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851140v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Piercecchi-Martie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Adalian" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leonetti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-011-0627-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z6F5D73Z-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918461v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Deck" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2013.805293" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088171v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llari" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956476v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Andre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Leonetti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2013.08.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QGST41GX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956470v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moskal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2012.08.013" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HL321CF3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849798v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Peres" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4000308" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082949v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Behr" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thollon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260802305089" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505755v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Serre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chalandon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423767v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082939v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sudyoddee" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koetniyom" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmai" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/501/1/012009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960089v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Canu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958978v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945553v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cogoluenhes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Forodighasemabadi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714910" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256627v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hathaiporn Sudyoddee" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saiprasit Koetniyom" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julaluk Carmai" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207848v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213606v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hamdane" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Anderson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903716v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbut" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ogam" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montava" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucciano" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aforl.2013.06.257" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960330v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coulongeat" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956464v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020257v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925184v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-llari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5402-1726" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05546162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Rezek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio-Raboutet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Llari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Tuchtan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Capuani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics16050766" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416473v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deville" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Cheaibi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Garo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2025.108283" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416535v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherta-Ballester" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2025.2452326" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416520v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Beaus&#233;jour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bailly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Evin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-025-00503-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082952v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Shang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Py" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ferrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2020.105803" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082947v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherta Ballester" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Honor&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Arnoux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2019.1687218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03716234v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03716430v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tarrade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Dakhil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Salin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937831v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuhao Mo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411920921648" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404762v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Doucet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saint-Lo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.05.013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02735281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thefenne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/THC-191637" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02862282v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Afquir" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourdet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2019.03.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050236v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Laporte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13342" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02867969v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082928v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Donnadieu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001701" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823004v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Campion" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382848" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620414v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jammes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonicel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Weber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2016.1274978" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687386v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montoya" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2017.1345602" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472628v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12699" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472661v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Boussen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Ibouanga-Kipoutou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2016.05.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447159v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold N. Ibouanga-Kipoutou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2015.07.051" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956476v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Andre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Leonetti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2013.08.015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QGST41GX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851140v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Piercecchi-Martie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Adalian" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leonetti" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-011-0627-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z6F5D73Z-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918461v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Deck" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2013.805293" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088171v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956470v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moskal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2012.08.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HL321CF3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849798v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Peres" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4000308" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082949v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnoux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Behr" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thollon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260802305089" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Serre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chalandon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423767v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04082939v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sudyoddee" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koetniyom" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmai" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/501/1/012009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945553v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cogoluenhes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Forodighasemabadi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714910" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958978v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Canu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960089v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256627v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hathaiporn Sudyoddee" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saiprasit Koetniyom" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julaluk Carmai" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207848v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213606v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hamdane" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Anderson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960330v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coulongeat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903716v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ogam" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montava" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucciano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aforl.2013.06.257" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020257v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925184v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>