--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> maxime Malafosse </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en Sciences de Gestion, spécialité Management des Systèmes d'information - École des Mines de Saint-Étienne - Campus Aix-Marseille-Provence</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maxime-malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9861-3862</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">258015756</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en Sciences de Gestion, spécialité Management des Systèmes d'information - École des Mines de Saint-Étienne - Campus Aix-Marseille-Provence</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant au département MRI, Management responsable et innovation, de l’Institut Henri FAYOL qui regroupe les enseignants-chercheurs en sciences économiques et de gestion de Mines Saint-Étienne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché au laboratoire COACTIS qui est l’Unité de Recherche en gestion des Universités Lumière Lyon 2 et Jean Monnet de Saint Etienne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domaines de Recherche : Communs, Blockchain / Systèmes de Registres Distribués, Open source / Libre, Monnaie, Gouvernance, Données, Usage des systèmes d’information, Méthodologie de conception des systèmes d’information, Recherche action</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extitutions, commons and blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on New Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris science Po, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-05416359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a blockchain-based inter-enterprise monetary commons: a design science research perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information &amp; Management, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation d'une Plateforme Collaborative Inter-Organisationnelle en Santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier - La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revitalizing European regions through decentralized digital currencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul van Vulpen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Biennal RAMICS International Congress The Future of Money: Democracy, Localism and Inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rome, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-based governance of commons – the limits of the decentralized revolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GBT-2023: GOVERNANCE BY TECHNOLOGY - THE REVOLUTION WILL NOT BE DECENTRALIZED?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DECODE : souveraineté numérique, blockchain et communs de la donnée à Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire TREC Territoires, Régulations, Expérimentations et Coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affordance and actualization in the design of blockchain technology for urban commons governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Orillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gonzalez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The City as a License: Design, Rights and Civics in a Blockchain Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Media Architecture Biennale 20, Jun 2021, Amsterdam, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain au service des communs de la donnée à Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57 ème colloque ASRDLF Territoire(s) et numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création monétaire comme communs. Le cas de la monnaie libre Ğ1.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Blockchain - Université Lyon 2 – Collège Droit Economie Gestion - Axe Transformation numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain au service de la gouvernance des communs: Le cas de l’écosystème Ğ1 / Duniter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Conférence de l’Association Information &amp; Management (AIM), Association Information &amp; Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crypto-technologies & blockchain, artefacts distribués au service de la gouvernance des communs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence de l’Association Information &amp; Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information &amp; Management (AIM), Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberty, equality, fraternity and free money !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th RGCS symposium 2020 Designing the Commons: Collaborative spaces, Open communities, Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syn(thèse) La blockchain en support aux communs 2023 Malafosse Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain en support aux communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Aix-Marseille Université, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022AIXM0455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04211924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning with blockchain. The Ğ1 / Duniter case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (2), pp.7-34. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.222.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425463v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souveraineté numérique, blockchain et communs de la donnée à Barcelone : le cas DECODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Cas en Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Numéro Spécial - Technologies émergentes et transformation des organisations, 22 (2), pp.51-68. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rcsg.022.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain à Barcelone on sait « commun » faire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Cas en Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (2), pp.119-138. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rcsg.022.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ğ1 : la création monétaire comme communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des systèmes d'information aux blockchains. Convergence en sciences juridiques, fiscales, économiques et de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1re édition, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 3, p.75-p.100, 2021, Collection Droit et économie, 9782802767626</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId45"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> maxime Malafosse </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en Sciences de Gestion, spécialité Management des Systèmes d'information - École des Mines de Saint-Étienne - Campus Aix-Marseille-Provence</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maxime-malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9861-3862</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">258015756</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en Sciences de Gestion, spécialité Management des Systèmes d'information - École des Mines de Saint-Étienne - Campus Aix-Marseille-Provence</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant au département MRI, Management responsable et innovation, de l’Institut Henri FAYOL qui regroupe les enseignants-chercheurs en sciences économiques et de gestion de Mines Saint-Étienne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché au laboratoire COACTIS qui est l’Unité de Recherche en gestion des Universités Lumière Lyon 2 et Jean Monnet de Saint Etienne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domaines de Recherche : Communs, Blockchain / Systèmes de Registres Distribués, Open source / Libre, Monnaie, Gouvernance, Données, Usage des systèmes d’information, Méthodologie de conception des systèmes d’information, Recherche action</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A set of prescriptive design principles to support community currencies as commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 152, pp.103510. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.technovation.2026.103510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-05520945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning with blockchain. The Ğ1 / Duniter case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (2), pp.7-34. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.222.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425463v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souveraineté numérique, blockchain et communs de la donnée à Barcelone : le cas DECODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Cas en Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Numéro Spécial - Technologies émergentes et transformation des organisations, 22 (2), pp.51-68. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rcsg.022.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain à Barcelone on sait « commun » faire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Cas en Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (2), pp.119-138. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rcsg.022.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extitutions, commons and blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on New Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris science Po, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-05416359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a blockchain-based inter-enterprise monetary commons: a design science research perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information &amp; Management, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation d'une Plateforme Collaborative Inter-Organisationnelle en Santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier - La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revitalizing European regions through decentralized digital currencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul van Vulpen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Biennal RAMICS International Congress The Future of Money: Democracy, Localism and Inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rome, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain-based governance of commons – the limits of the decentralized revolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GBT-2023: GOVERNANCE BY TECHNOLOGY - THE REVOLUTION WILL NOT BE DECENTRALIZED?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DECODE : souveraineté numérique, blockchain et communs de la donnée à Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire TREC Territoires, Régulations, Expérimentations et Coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affordance and actualization in the design of blockchain technology for urban commons governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Orillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gonzalez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The City as a License: Design, Rights and Civics in a Blockchain Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Media Architecture Biennale 20, Jun 2021, Amsterdam, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain au service des communs de la donnée à Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57 ème colloque ASRDLF Territoire(s) et numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création monétaire comme communs. Le cas de la monnaie libre Ğ1.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Blockchain - Université Lyon 2 – Collège Droit Economie Gestion - Axe Transformation numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain au service de la gouvernance des communs: Le cas de l’écosystème Ğ1 / Duniter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Conférence de l’Association Information &amp; Management (AIM), Association Information &amp; Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crypto-technologies & blockchain, artefacts distribués au service de la gouvernance des communs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence de l’Association Information &amp; Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information &amp; Management (AIM), Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberty, equality, fraternity and free money !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th RGCS symposium 2020 Designing the Commons: Collaborative spaces, Open communities, Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syn(thèse) La blockchain en support aux communs 2023 Malafosse Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La blockchain en support aux communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Aix-Marseille Université, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022AIXM0455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04211924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ğ1 : la création monétaire comme communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des systèmes d'information aux blockchains. Convergence en sciences juridiques, fiscales, économiques et de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1re édition, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 3, p.75-p.100, 2021, Collection Droit et économie, 9782802767626</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId47"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FA320A05"/>
+    <w:nsid w:val="F4EC002B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-malafosse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9861-3862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258015756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05416359v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Malafosse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562556v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pascal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559400v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deltour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889165v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van Vulpen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541005v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659773v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335824v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Orillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fontaine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Talbot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gonzalez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952863v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952885v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484575v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486938v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111758v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04211924v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AIXM0455" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425463v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.222.0007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425481v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcsg.022.0051" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891500v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcsg.022.0119" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335790v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/des-systemes-d-information-aux-blockchains-2021-9782802767626.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-malafosse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9861-3862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258015756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05520945v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Malafosse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pascal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2026.103510" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425463v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.222.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcsg.022.0051" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891500v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcsg.022.0119" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05416359v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562556v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559400v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deltour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889165v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van Vulpen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541005v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659773v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335824v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Orillard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fontaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Talbot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gonzalez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335767v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952863v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952885v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484575v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486938v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111758v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04211924v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AIXM0455" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/des-systemes-d-information-aux-blockchains-2021-9782802767626.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>