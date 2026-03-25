--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2773,355 +2773,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies de protection comportementales liées à l’alcool : valeur subjective et efficacité perçue comme prédicteurs de leur utilisation ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jessica Mange</w:t>
+                <w:t xml:space="preserve">Psychological-needs-based model of dissonance : une nouvelle modélisation intégrative de l’implication des besoins psychologiques fondamentaux dans les processus de dissonance cognitive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Priolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Margas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Journées du GREPACO : Psychopathologie cognitive : de la recherche à la clinique, tout au long de la vie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Réflexion En Psychopathologie Cognitive (GREPACO), May 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale (CIPS 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04969573v1</w:t>
+                <w:t xml:space="preserve">hal-05045637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychological-needs-based model of dissonance : une nouvelle modélisation intégrative de l’implication des besoins psychologiques fondamentaux dans les processus de dissonance cognitive</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ateliers d'intervention psychosociale au service de la prévention du Binge Drinking en milieu étudiant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amélie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Hamonniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale (CIPS 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Journées de la Société Française d’Alcoologie (JSPA) Alcool en France : prévention, soin, engagement [Atelier]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d’Alcoologie (SPA), Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05045637v1</w:t>
+                <w:t xml:space="preserve">hal-05047358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ateliers d'intervention psychosociale au service de la prévention du Binge Drinking en milieu étudiant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies de protection comportementales liées à l’alcool : valeur subjective et efficacité perçue comme prédicteurs de leur utilisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mauduy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société Française d’Alcoologie (JSPA) Alcool en France : prévention, soin, engagement [Atelier]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d’Alcoologie (SPA), Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">19ème Journées du GREPACO : Psychopathologie cognitive : de la recherche à la clinique, tout au long de la vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Réflexion En Psychopathologie Cognitive (GREPACO), May 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05047358v1</w:t>
+                <w:t xml:space="preserve">hal-04969573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaut-il mieux planifier ses consommations d'alcool et/ou inhiber ses pratiques à risque ?</w:t>
               </w:r>
@@ -3481,273 +3481,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité et stabilité des prédicteurs de la consommation et du trouble de l’usage chez les étudiants</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">“A combien de kilomètres et d'années de moi ? ” Vers une nouvelle méthode pour réduire la distance psychologique au changement climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cantat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème congrès de l’Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFPSA (Association Francophone de Psychologie de la Santé); Laboratoire de psychologie Epsylon de l’Université Paul Valéry Montpellier 3; Epidaure, le département prévention de l’Institut du Cancer de Montpellier (ICM), Jul 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">8ème Colloque Interdisciplinaire de l’ARPEnV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Recherche en Psychologie Environnementale (ARPEnV), May 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05047366v1</w:t>
+                <w:t xml:space="preserve">hal-04455234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“A combien de kilomètres et d'années de moi ? ” Vers une nouvelle méthode pour réduire la distance psychologique au changement climatique</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Variabilité et stabilité des prédicteurs de la consommation et du trouble de l’usage chez les étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mauduy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Rasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Colloque Interdisciplinaire de l’ARPEnV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Recherche en Psychologie Environnementale (ARPEnV), May 2023, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">12ème congrès de l’Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPSA (Association Francophone de Psychologie de la Santé); Laboratoire de psychologie Epsylon de l’Université Paul Valéry Montpellier 3; Epidaure, le département prévention de l’Institut du Cancer de Montpellier (ICM), Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455234v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05047366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils latents d’utilisateurs et utilisatrices des stratégies de protection comportementales : vaut-il mieux planifier ses consommations d’alcool ou inhiber ses pratiques à risque ?</w:t>
               </w:r>
@@ -5156,247 +5156,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03262657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why should we have to ask Binge Drinkers if they smoke cannabis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
+                <w:t xml:space="preserve">Quels leviers psychosociaux pour faciliter l'intention d'aide aux victimes de harcèlement scolaire ? Application de la théorie du comportement planifié chez les témoins actifs et passifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17 th European Society for Biomedical Research on Alcoholism congress (ESBRA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESBRA, Sep 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">60ème Congrès de la Société Française de Psychologie : Apprentissages, Vulnérabilités, Préventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFP (Société Française de Psychologie), Sep 2019, Poitiers, France. pp.169-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04144778v1</w:t>
+                <w:t xml:space="preserve">hal-03262592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels leviers psychosociaux pour faciliter l'intention d'aide aux victimes de harcèlement scolaire ? Application de la théorie du comportement planifié chez les témoins actifs et passifs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Mauduy</w:t>
+                <w:t xml:space="preserve">Why should we have to ask Binge Drinkers if they smoke cannabis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Banovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cheam-Bernière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60ème Congrès de la Société Française de Psychologie : Apprentissages, Vulnérabilités, Préventions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFP (Société Française de Psychologie), Sep 2019, Poitiers, France. pp.169-170</w:t>
+              <w:t xml:space="preserve">17 th European Society for Biomedical Research on Alcoholism congress (ESBRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESBRA, Sep 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03262592v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5984,51 +5984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7072,51 +7072,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8BD2CAC6"/>
+    <w:nsid w:val="E9C6564A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7303,51 +7303,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-mauduy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4604-5314" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265233879" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062916v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fleury" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2025.108377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426231214461" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Langlais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Waroquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Moal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213008v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert-Teillaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Vaidis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102723" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062915v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Pitel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lehoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Hamonniere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-025-09272-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04389873v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Bakkali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grynberg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2023.2297726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad8f96" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2372966X.2021.1978272" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772603v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rasset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000587" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426221107560" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894939v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-022-09745-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210145v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Priolo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506231188164" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.776" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.989599" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262037v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100346" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518906v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144894v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345742v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05149992v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Chesterman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969573v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047358v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527831v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528201v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475645v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04466176v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047366v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455234v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527826v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455175v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880529v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262597v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047381v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373285v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gierski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262615v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Couillaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillotte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03543926v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262672v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262577v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262720v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262568v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014341v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262657v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144778v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262592v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05150056v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346418v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fraile" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Orianne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Eustache" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Peschanski" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498338v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Blanchet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880505v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684651v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32033.68966" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05046119v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694215v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23015.93607" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371985v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061392v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120073v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827380v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NORMC012" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-mauduy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4604-5314" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265233879" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062916v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fleury" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2025.108377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426231214461" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Langlais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Waroquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Moal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213008v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert-Teillaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Vaidis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102723" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062915v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Pitel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lehoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Hamonniere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-025-09272-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04389873v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Bakkali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grynberg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2023.2297726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad8f96" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2372966X.2021.1978272" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772603v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rasset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000587" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426221107560" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894939v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-022-09745-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210145v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Priolo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506231188164" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.776" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.989599" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262037v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100346" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518906v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144894v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345742v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05149992v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Chesterman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045637v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047358v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527831v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528201v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475645v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04466176v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455234v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047366v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527826v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455175v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880529v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262597v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047381v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373285v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gierski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262615v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Couillaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillotte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03543926v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262672v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262577v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262720v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262568v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014341v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262657v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262592v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144778v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05150056v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346418v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fraile" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Orianne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Eustache" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Peschanski" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498338v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Blanchet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880505v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684651v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32033.68966" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05046119v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694215v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23015.93607" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371985v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061392v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120073v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827380v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NORMC012" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>