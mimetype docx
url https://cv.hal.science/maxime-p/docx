--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1042,429 +1042,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notch signaling in group 3 innate lymphoid cells modulates their plasticity.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corrigendum: Evidence of innate lymphoid cell redundancy in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Verrier</w:t>
+                <w:t xml:space="preserve">Frederic Vely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Guy-Grand</w:t>
+                <w:t xml:space="preserve">Vincent Barlogis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Vallentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Neven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Piperoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Signaling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/scisignal.aaf2223⟩</w:t>
+              <w:t xml:space="preserve">Nature Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17, pp.1479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ni1216-1479b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01329903v1</w:t>
+                <w:t xml:space="preserve">hal-01482373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of innate lymphoid cell redundancy in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vély</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Barlogis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Vallentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Neven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Piperoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 17 (11), pp.1291 - 1299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ni.3553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01392630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum: Evidence of innate lymphoid cell redundancy in humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Notch signaling in group 3 innate lymphoid cells modulates their plasticity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvestre Chea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Perchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Vely</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christelle Piperoglou</w:t>
+                <w:t xml:space="preserve">Delphine Guy-Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17, pp.1479. </w:t>
+              <w:t xml:space="preserve">Science Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (426), pp.ra45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ni1216-1479b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/scisignal.aaf2223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01482373v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01329903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-Cell Gene Expression Analyses Reveal Heterogeneous Responsiveness of Fetal Innate Lymphoid Progenitors to Notch Signaling.</w:t>
               </w:r>
@@ -1990,51 +1990,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04889092v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Weber-Delacroix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanthiez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Guillou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114847" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02533295v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Darrigrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Valente" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Comai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.50325" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02365358v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meunier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Chea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrido" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Perchet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215493" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02118991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan E Cherrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. J. Vosshenrich" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Serafini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2019.02.022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02118987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cumano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berthault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ramond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Golub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-immunol-042718-041319" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01828956v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Gaia Banchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01252" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Centlivre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hutton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dufoss&#233;e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boccara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.13340" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01329903v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Verrier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guy-Grand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaf2223" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01392630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric V&#233;ly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barlogis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vallentin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Neven" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Piperoglou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3553" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482373v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vely" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni1216-1479b" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01289263v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Schmutz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.01.015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01329898v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilie Possot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/368427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03131661v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UNIP7095" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04889092v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Weber-Delacroix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanthiez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Guillou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114847" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02533295v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Darrigrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Valente" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Comai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.50325" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02365358v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meunier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Chea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrido" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Perchet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215493" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02118991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan E Cherrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. J. Vosshenrich" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Serafini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2019.02.022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02118987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cumano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berthault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ramond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Golub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-immunol-042718-041319" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01828956v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Gaia Banchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01252" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Centlivre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hutton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dufoss&#233;e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boccara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.13340" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482373v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vely" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barlogis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vallentin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Neven" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Piperoglou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni1216-1479b" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01392630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric V&#233;ly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3553" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01329903v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Verrier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guy-Grand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaf2223" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01289263v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Schmutz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.01.015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01329898v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilie Possot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/368427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03131661v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UNIP7095" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>