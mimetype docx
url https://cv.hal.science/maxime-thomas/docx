--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1944,124 +1944,245 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01630672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Concevoir un robot social et autonome à l'hôpital Apports de la notion de milieu pour la santé : théorie et méthode de conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Le Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Weil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des Partenaires de la Chaire "Bauhaus des Transitions"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Paris, France. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quels apports de la notion de milieu à la conception ? Programme de recherche sur la notion de milieu en conception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Partenaires de la Chaire Bauhaus des Transitions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2071,51 +2192,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design science for organizational change: how design theory uncovers and shapes generativity logics in organizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Le Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2164,70 +2285,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Research Methods in Organizational Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edward Elgar Publishing, pp.327-354, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4337/9781800378520.00027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2237,147 +2358,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude 'Innovation et recherche dans la mode et le luxe'- Institut Carnot-CARATS avec le soutien du DÉFI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cabanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Leclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Camarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honorine Harlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03212374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2387,114 +2508,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que reste-t-il à concevoir lors de la commercialisation d'une innovation ? Théorie et méthode de la conception de milieu pour la gestion de membranes de l'inconnu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Paris sciences et lettres, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UPSLM043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03522956v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2641,51 +2762,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718137v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bordas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Weil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00163-024-00441-x" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03398565v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Hatchuel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094851v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12422" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03196466v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barbier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boudier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965947v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gilain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chipten Valibhay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04538337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202147v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Nicoletti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.83" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735694v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Lafkihi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Weil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04503925v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02168040v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321457v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833568v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legrand Julien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499143v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630672v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04244823v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800378520.00027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabanes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Leclair" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Camarda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chekroun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Harl&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03522956v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPSLM043" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718137v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bordas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Weil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00163-024-00441-x" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03398565v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Hatchuel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094851v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12422" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03196466v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barbier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boudier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965947v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gilain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chipten Valibhay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04538337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202147v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Nicoletti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.83" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735694v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Lafkihi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Weil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04503925v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02168040v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321457v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833568v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legrand Julien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499143v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630672v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559310v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Levillain" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002685v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04244823v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800378520.00027" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212374v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabanes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Leclair" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Camarda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chekroun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Harl&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03522956v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPSLM043" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>