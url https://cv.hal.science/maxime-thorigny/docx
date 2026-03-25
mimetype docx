--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,358 +66,622 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe Primary Open-Angle Glaucoma and Agricultural Profession: A Retrospective Cohort Study</w:t>
+                <w:t xml:space="preserve">Impact of Pesticide Exposure on Asthma and Allergic Airway Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Grosselin</w:t>
+                <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Bouazzi</w:t>
+                <w:t xml:space="preserve">Stéphane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Ferreira de Moura</w:t>
+                <w:t xml:space="preserve">Delphine Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carl Arndt</w:t>
+                <w:t xml:space="preserve">Ilan Zaffran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+                <w:t xml:space="preserve">Bach-Nga Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (2), pp.926. </w:t>
+              <w:t xml:space="preserve">Current Allergy and Asthma Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 26 (1), pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph19020926⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11882-026-01258-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099304v1</w:t>
+                <w:t xml:space="preserve">hal-05547129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When citizens deﬁne themselves health priorities. A lexicometric analysis applied to the CentreVal de Loire Region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reinforcement during the COVID-19 pandemic: Perception of nursing students and impact on intention to drop-out of nursing education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Domin</w:t>
+                <w:t xml:space="preserve">Pascal Didelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Bouazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+                <w:t xml:space="preserve">Bach-Nga Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/ges.2019.0017⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (8), pp.e29316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02468361v1</w:t>
+                <w:t xml:space="preserve">hal-05551931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Severe Primary Open-Angle Glaucoma and Agricultural Profession: A Retrospective Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Bouazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ferreira de Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph19020926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When citizens deﬁne themselves health priorities. A lexicometric analysis applied to the CentreVal de Loire Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Domin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (4), pp.295-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ges.2019.0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le développement de la télémédecine, une question de financement ? Un éclairage par l’analyse lexicométrique du discours parlementaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 36 (4), pp.181-200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/jgem.184.0181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -427,1513 +691,1513 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’émergence de l’interopérabilité dans les systèmes d’information de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès de l’AFEP : Ressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la 1ère vague sur le décrochage et la motivation des étudiants infirmiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Didelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les premières leçons d’une pandémie – Quels regards éthiques sur l’attractivité aux formations en santé et sur l’apprentissage en stages ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Les Sables d'Olonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place pour l'expression citoyenne dans la définition de la politique régionale de santé ? Une analyse en région Centre-Val de Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIST2020 - Population, temps, territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2020, Paris-Aubervilliers, France. pp.489-492</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03114136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique en santé. Une analyse conventionnaliste.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Démocratie sanitaire ou Citizen washing ? Le cas du PRS de deuxième génération en région Centre-Val de Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39e journées de l'association d'Economie Sociale : Économie sociale et gouvernement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Amiens, France</w:t>
+              <w:t xml:space="preserve">9e congrès de l’Association française d’économie politique – Penser l’économie et le futur de l’économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d’économie politique, Jul 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02881863v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La modélisation des distances évitées en télémédecine, un exemple de calcul intensif en économie.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le numérique en santé. Une analyse conventionnaliste.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simulation numérique et IA appliquées aux sciences humaines et sociales. Atelier Grand Equipement National de Calcul Intensif (GENCI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">39e journées de l'association d'Economie Sociale : Économie sociale et gouvernement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02111443v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique régionale de santé, une tentative de territorialisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorale Grand Est. Espaces &amp; Territoires à la croisée des SHS.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démocratie sanitaire ou Citizen washing ? Le cas du PRS de deuxième génération en région Centre-Val de Loire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La modélisation des distances évitées en télémédecine, un exemple de calcul intensif en économie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e congrès de l’Association française d’économie politique – Penser l’économie et le futur de l’économie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française d’économie politique, Jul 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">Simulation numérique et IA appliquées aux sciences humaines et sociales. Atelier Grand Equipement National de Calcul Intensif (GENCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269257v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02111443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des distances évitées en télémédecine une nouvelle approche de la distance de recours médical</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le processus de co-construction de la politique régionale de santé : enjeux et perspectives autour du Projet Régional de Santé de deuxième génération de la région Centre-Val de Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Rencontres de Géographie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">8e congrès de l’Association française d’économie politique – Crises et transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d’économie politique, Jul 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052115v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le processus de co-construction de la politique régionale de santé : enjeux et perspectives autour du Projet Régional de Santé de deuxième génération de la région Centre-Val de Loire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Les représentations des territoires dans le cadre de la refonte du Projet Régional de Santé : l’exemple de la région Centre-Val de Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e congrès de l’Association française d’économie politique – Crises et transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française d’économie politique, Jul 2018, Reims, France</w:t>
+              <w:t xml:space="preserve">Séminaire des doctorants du laboratoire Regards (EA 6292)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872689v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations des territoires dans le cadre de la refonte du Projet Régional de Santé : l’exemple de la région Centre-Val de Loire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Duchesne</w:t>
+                <w:t xml:space="preserve">La construction d'un projet entre deux unités de recherche et une Agence Régionale de Santé à l'épreuve de la gestion de projet. L'expérience du modèle MEDE télémédecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxime Thorigny</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire des doctorants du laboratoire Regards (EA 6292)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Reims, France</w:t>
+              <w:t xml:space="preserve">1ères Rencontres de Géographie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713045v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction d'un projet entre deux unités de recherche et une Agence Régionale de Santé à l'épreuve de la gestion de projet. L'expérience du modèle MEDE télémédecine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La construction d’une solution politique en France : la télémédecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Rencontres de Géographie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">38e Journées de l'Association d'Économie Sociale - L'économie sociale en quête de ressources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052128v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction d’une solution politique en France : la télémédecine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les représentations des territoires dans le cadre de la refonte du projet régional de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38e Journées de l'Association d'Économie Sociale - L'économie sociale en quête de ressources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.340-345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052294v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01854524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations des territoires dans le cadre de la refonte du projet régional de santé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comment le financement de la télémédecine est mobilisé dans le discours des parlementaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.340-345</w:t>
+              <w:t xml:space="preserve">11e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Réussissons ensemble la télémédecine : 2018 l'année du patient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01854524v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment le financement de la télémédecine est mobilisé dans le discours des parlementaires ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les citoyens et la définition des priorités de santé : une analyse lexicométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Domin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Réussissons ensemble la télémédecine : 2018 l'année du patient</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">38e Journées de l'Association d'Économie Sociale : l'économie sociale en quête de ressources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052371v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les citoyens et la définition des priorités de santé : une analyse lexicométrique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quelles mobilisations de la question des financements dans le discours des parlementaires ? Une analyse lexicométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38e Journées de l'Association d'Économie Sociale : l'économie sociale en quête de ressources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Xe journée du journal de gestion et d'économie médicales - le financement de la télémédecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052304v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles mobilisations de la question des financements dans le discours des parlementaires ? Une analyse lexicométrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modélisation des distances évitées en télémédecine une nouvelle approche de la distance de recours médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xe journée du journal de gestion et d'économie médicales - le financement de la télémédecine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">1ères Rencontres de Géographie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02052283v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de la télémédecine en France : une territorialisation de la politique publique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée jeunes chercheurs 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité National Français de la Géographie, Nov 2016, Mont Saint Aignan, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déploiement de la télémédecine en France : l’affirmation des frontières régionales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières, territoires de santé et réseaux de soins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La téléexpertise : un vecteur du partage du savoir médical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque TIC Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contractualisation de l'action publique comme forme de coordination. L'exemple de la télémédecine en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une désintégration de l'Europe. Colloque de l'Association Française d'Économie Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1943,426 +2207,426 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l’estimation des distances évitées en télémédecine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Réussissons ensemble la télémédecine : 2018 l'année du patient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des distances évitées en télémédecine. L'apport des Systèmes d'Informations Géographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Les enjeux de la télémédecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution du corpus juridique, législatif et réglementaire de la télémédecine. Une analyse historique inductive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Nicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Les enjeux de la télémédecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations citoyennes de la télémédecine dans le cadre de la refonte du PRS. Une analyse lexicométrique en région Centre-Val de Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès Européen de la SFTélémed - Ambulatoire et Domicile : Les enjeux de la télémédecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La télémédecine facilite le partage du savoir médical L'exemple du réseau ARPEGES Télémed (département de l'Indre)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Caudron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Congrès Européen de la Société Française de Télémédecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. Elsevier, 6 (1), pp.41, 2017, European Research in Telemedicine / La Recherche Européenne en Télémédecine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01525176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2372,126 +2636,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche en action : quelles postures de recherche ? : expériences croisées de jeunes chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Ballon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Dilosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions et Presses universitaires de Reims, 195 p., 2019, 978-2-37496-086-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34929/qp4d-4v07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02334228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2501,650 +2765,650 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'installation de médecins généralistes dans les zones sous-denses. Premiers résultats d'une étude en Champagne-Ardenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Domin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Loriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie sociale et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Campus ouvert, 2023, 978 2 494204 02-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04298593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La démocratie sanitaire régionale, quand les experts font la politique de santé - Une analyse à partir du cas de la région Centre-Val de Loire,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Gorge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé, consommation et marché,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EMS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.275-300, 2022, Économie et société, 978-2-37687-552-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déploiement de la télémédecine en France : l’affirmation des frontières régionales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Moullé; Bernard Reitel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Maillages, interfaces, réseaux transfrontaliers, de nouveaux enjeux territoriaux de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Bordeaux, 2021, S@nté en contextes, 979-10-300-0808-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Ballon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Dilosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recherche en action : quelles postures de recherche ? Expériences croisées de jeunes chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions et presses universitaires de Reims, 2019, 978-2-37496-086-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02318743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les citoyens et la définition des priorités de santé : une analyse lexicométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Domin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jérôme Blanc, Émilie Lanciano, Damien Sauze. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tensions sur les ressources : l'économie sociale en recomposition / XXXVIIIe journées de l'Association d'économie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors-série (8), Presses universitaires de Louvain, pp.265-281, 2018, Cahiers du CIRTES, 978-2-87558-704-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle évolution de la notion de télémédecine dans le discours parlementaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jérôme Blanc; Emilie Lanciano; Damien Sauze. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tensions sur les ressources : l'économie sociale en recomposition : XXXVIIIe journées de l'Association d'économie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors-Série (8), Cahiers du CIRTES, pp.245-263, 2018, Cahiers du CIRTES. - Louvain-la-neuve : Presses universitaires de Louvain, 2009-, 978-2-87558-703-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contractualiser pour coordonner : le cas de la télémédecine en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Thorigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Brunet; Thibault Darcillon; Géraldine Rieucau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie sociale et économie politique : regards croisés sur l'histoire et sur les enjeux contemporains : XXXVIIe journées de l'Association d'économie sociale, université Paris 8-Saint-Denis, 7-8 septembre 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors-série (7), Presses universitaires de Louvain, pp.269-284, 2017, Cahiers du CIRTES, 978-2-87558-583-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId63"/>
+      <w:footerReference w:type="default" r:id="rId72"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3291,51 +3555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099304v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grosselin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bouazzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ferreira de Moura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Arndt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thorigny" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19020926" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468361v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2019.0017" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056002v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.184.0181" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375542v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didelot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duchesne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111443v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111447v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269257v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052115v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872689v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713045v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052128v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Renard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052371v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052304v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052283v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529440v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052087v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052434v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052096v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052353v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052328v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052333v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Nicaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052322v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525176v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Caudron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334228v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Dilosquer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/qp4d-4v07" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298593v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barbe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Loriot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942232v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/sante-consommation-et-marches/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375544v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318743v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056039v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055984v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056052v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05547129v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thorigny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Giusti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Zaffran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bach-Nga Pham" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11882-026-01258-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551931v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didelot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bouazzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barbe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29316" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099304v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grosselin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bouazzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ferreira de Moura" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Arndt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19020926" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468361v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2019.0017" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.184.0181" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375542v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114136v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duchesne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269257v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881863v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111447v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111443v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872689v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052128v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Renard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052294v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854524v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052371v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052304v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052283v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052115v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529440v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052434v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052096v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052353v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052328v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052333v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Nicaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052322v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525176v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Caudron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02334228v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Dilosquer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/qp4d-4v07" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298593v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Loriot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942232v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/sante-consommation-et-marches/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375544v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318743v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056039v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055984v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>