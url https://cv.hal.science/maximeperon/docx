--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,228 +66,297 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antigone en Lusitanie : De l'étendue du devoir de conseil d'une société de pompes funèbres et de l'obligation y afférente de se renseigner sur l'usage concrètement envisagé du cercueil vendu : Note sous Cass. com., 13 nov. 2025, n° 23-22.932, FS-BR</w:t>
+                <w:t xml:space="preserve">Antigone en Lusitanie. De l'étendue du devoir de conseil d'une société de pompes funèbres et de l'obligation y afférente de se renseigner sur l'usage concrètement envisagé du cercueil vendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 2, pp.38-42</w:t>
+              <w:t xml:space="preserve">, 2026, 2, pp.38-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05526643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Distinction entre clause pénale et clause dédit, et qualification d’un joueur de football salarié en tant que consommateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 6, pp.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Revirement de jurisprudence sur la faculté de résiliation de l’assureur en cas de non-paiement de la prime et d’aliénation de la chose assurée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Jurisprudence - Responsabilité civile] Victoire sur tapis vert de la responsabilité du fait d'une balle de squash… ou de la raquette qui l'a projetée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -303,2934 +372,3003 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 3, pp.18-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la validité des règles relatives au formalisme des clauses de police d’un contrat d’assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indications de la CJUE sur la prise en compte du cautionnement dans le calcul de l'assiette du TAEG d'un crédit à la consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 6, pp.58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05146478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Précisions sur la validité des règles relatives au formalisme des clauses de police d’un contrat d’assurance</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection du client d'un établissement bancaire contre le spoofing ou l'appel d'un faux conseiller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engagements de l’assureur dommages-ouvrage et invocation d’un manquement contractuel par un tiers au contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délai de prescription et caractère abusif d'une clause d'un contrat de prêt libellé en devises étrangères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Position de thèse &amp;quot;Le mineur consommateur, étude comparée entre le droit français et le droit brésilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de la famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05424282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pouvoir limité d’un parent en cas de virement au débit d’un compte détenu par un mineur et engagement de la responsabilité de l’établissement bancaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Contrats responsabilité immobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025 (8)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retrait total de l'autorité parentale implique la perte automatique du droit de visite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 12, pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10, pp.9</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques précisions sur les formalités et délais du droit d’option de l’héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Engagements de l’assureur dommages-ouvrage et invocation d’un manquement contractuel par un tiers au contrat</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conséquences pratiques du revirement de jurisprudence sur la faculté de résiliation de l’assureur en cas de non-paiement de la prime et d’aliénation de la chose assurée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Contrats responsabilité immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la mise en œuvre de la garantie des pertes d’exploitation durant la période du Covid-19 prévue dans un contrat d’assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Délai de prescription et caractère abusif d'une clause d'un contrat de prêt libellé en devises étrangères</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la validité des règles relatives au formalisme des clauses de police d'un contrat d'assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 11, pp.30</w:t>
+              <w:t xml:space="preserve">, 2025, 2025 (5), pp.57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La protection du client d'un établissement bancaire contre le spoofing ou l'appel d'un faux conseiller</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en œuvre de la garantie pertes d'exploitation durant le Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Argus de l'assurance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'erreur provoquée demeure excusable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.26</w:t>
+              <w:t xml:space="preserve">, 2024, 12, pp.77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Quels éléments intégrer dans le calcul du TAEG ? Des précisions issues du droit européen. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en compte des préférences en matière de durabilité pour le distributeur d’assurance – évolution du devoir de conseil issue de la loi du 24 octobre 2023 relative à l’industrie verte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fañch et le juge constitutionnel : note sous Cons. const., décision n° 2021-818 DC du 21 mai 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 873</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consumer law facing the advent of the child as e-consumer : comparison between French and Brazilian law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibiana Graeff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de direito do consumidor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Précisions sur la validité des règles relatives au formalisme des clauses de police d'un contrat d'assurance</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enfant sujet des droits de l'homme : réflexions en droit français et en droit brésilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibiana Graeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Assis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de estudos constitucionais, Hermenêutica e teoria do direito</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le changement de sexe en droit : approche comparatiste entre la France et le Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Luiza Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libre propos sur le droit à l’oubli numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La neutralité des sexes refusée à l’état civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2025 (5), pp.57</w:t>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'erreur provoquée demeure excusable</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le refus du sexe neutre à l’état civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 12, pp.77</w:t>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE PRENOM DE L'ENFANT OU LA FANTAISIE DES PARENTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3, pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02010677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intersexualisme, l’admission d’un troisième genre au regard des exemples étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...698 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02495039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vulnérables ou hypervulnérables : réflexion à partir de la comparaison entre le droit français et le droit brésilien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation des travaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CUREJ, Feb 2026, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desafios para a proteção da criança em ambiente digital : o direito francês</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Desafios para a proteção da criança em ambiente digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidade Federal Fluminense, Mar 2026, Macaé - Rio de Janeiro, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O final da vida no direito francês</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aula Magna - em comemoração à Nota 5 da CAPES e ao início do ano letivo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EACH; Universidade de São Paulo, Mar 2026, São Paulo (USP), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propositions pour la constitution d'un régime protecteur du mineur consommateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19e Conférence Mondiale de l'association internationale de droit de la consommation : "Nouveaux défis du droit de la consommation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Consumer Law, Jul 2025, Buenos Aires, Argentine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le défi et l'enjeu de comparer illustré par la comparaison du droit français et du droit brésilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit comparé : usages, apport et méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale Droit Normandie, Dec 2025, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A criança consumidora : qual capacidade e quel vulnerabilidade ? (Reflexão entre o direito francês e o direito brasileiro)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projeto diálogos (PPGD UFPEL - PPGDIN UFF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Rio de Janeiro, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05165558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La qualification du mineur en tant que consommateur hypervulnérable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès européen de droit de la consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Internationale de droit de la consommation; Laboratoire innovation communication et marché, Feb 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Ecole doctorale Droit Normandie, Dec 2025, Le Havre, France</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to protect the child as consumer ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UPICL 5e International Law Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Pretoria, Afrique du Sud, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, International Association of Consumer Law, Jul 2025, Buenos Aires, Argentine</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05165631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">As tecnologias de informação e comunicação como garantia dos direitos das pessoas vulneráveis em tempo de crise : potencialidades e perigos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congresso internacional de direitos humanos XVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de Direitos Humanos de Mato Grosso do Sul – José do Nascimento – IDHMS-JN; Fundação Universidade Federal de Mato Grosso do Sul – UFMS; Universidade Católica Dom Bosco UCDB, Nov 2021, Campo Grande, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Rio de Janeiro, Brazil</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe d'Aristophane : des sexes entremêlés pour démêler les genres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit, mythes et légendes : croyances passées, espoirs futurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Pretoria, Afrique du Sud, South Africa</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le jouet, ami du droit et de l'enfant ? A little Toy Story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Droit et Disney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de Direitos Humanos de Mato Grosso do Sul – José do Nascimento – IDHMS-JN; Fundação Universidade Federal de Mato Grosso do Sul – UFMS; Universidade Católica Dom Bosco UCDB, Nov 2021, Campo Grande, Brazil</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consumer Law facing the advent of the child e-consumer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovation and the Transformation of Consumer Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Indianapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Brest, France</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O desafio e os vantagens de fazer uma tese em direito comparado francês e brasileiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direito francês e direito brasileiro – perspectivas nacionais e comparadas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Brest, France</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel consommateur est l’enfant au regard du droit français ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consumer Protection and Economic Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Porto Alegre, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Indianapolis, United States</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit commercial et le droit de la consommation, entre protection et promotion de l'activité économique des jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences de recherche Droit et Jeunesse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intersexualisme, l’admission d’un troisième genre au regard des exemples étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...219 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02495048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3240,100 +3378,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mineur consommateur, étude comparée du droit français et du droit brésilien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université Bretagne Occidentale; Universidade São Paulo, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04735702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3343,198 +3481,198 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mythe d'Aristophane : des sexes entremêlés pour démêler les genres - petite tragédie juridique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droits, mythes er légendes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p 207 à 217, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mineurs en droit des affaires et en droit de la consommation, entre protection et promotion de l'activité économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Guerin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dorothée Guérin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeunesse et Droit par le prisme de la vulnérabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, pp.67-80, 2021, 978-2-7110-3389-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03239703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3681,51 +3819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458466v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490597v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146478v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146479v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288508v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426767v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424282v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146480v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382881v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005856v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146481v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441846v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362202v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421142v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146477v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735004v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734991v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351243v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02914715v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibiana Graeff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495041v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Guerin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Assis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495052v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luiza Moura" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495040v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495043v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010677v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495042v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495039v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513860v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513890v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005858v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378020v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165558v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165631v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213561v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495051v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495050v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495047v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495049v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02089709v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495048v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04735702v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03651192v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03239703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552753v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458466v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490597v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146479v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005856v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146480v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382881v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424282v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288508v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426767v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146481v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441846v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362202v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146477v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421142v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005863v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735004v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351243v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02914715v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibiana Graeff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495041v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Guerin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Assis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495052v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luiza Moura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495040v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495043v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495042v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010677v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495039v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513860v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565620v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513890v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378020v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165558v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005858v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165631v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213561v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495051v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495047v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495045v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495049v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02089709v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495048v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04735702v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03651192v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03239703v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>