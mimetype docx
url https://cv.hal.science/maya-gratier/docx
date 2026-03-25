--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3408,277 +3408,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pregnancy, Somatic Complaints and Depression: A French Population-Based Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gisèle Apter</w:t>
+                <w:t xml:space="preserve">Les prémices de la communication précoce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Devouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejogrb.2013.08.013⟩</w:t>
+              <w:t xml:space="preserve">Métiers de la petite enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Apprendre à parler, une aventure culturelle et sociale, 19 (195), pp.12-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.melaen.2012.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480093v1</w:t>
+                <w:t xml:space="preserve">hal-01704543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les prémices de la communication précoce</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maya Gratier</w:t>
+                <w:t xml:space="preserve">Pregnancy, Somatic Complaints and Depression: A French Population-Based Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Apter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Devouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Garez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Camille Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métiers de la petite enfance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 171 (1), pp.35-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejogrb.2013.08.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.melaen.2012.12.008⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704543v1</w:t>
+                <w:t xml:space="preserve">hal-01480093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Live Maternal Speech and Singing Have Beneficial Effects on Hospitalized Preterm Infants</w:t>
               </w:r>
@@ -3935,51 +3935,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les premiers pas dans la langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Devouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5080,273 +5080,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01974915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of live and recorded parental voices on preterm infants' physiological and behavioral states</w:t>
+                <w:t xml:space="preserve">Effects of exposure to human voices in preterm infants in the NICU: a literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Esseily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Filippa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 Stockholm Conference on Ultra-Early Intervention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2017, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">, Mar 2017, stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682882v1</w:t>
+                <w:t xml:space="preserve">hal-01682866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of exposure to human voices in preterm infants in the NICU: a literature review</w:t>
+                <w:t xml:space="preserve">Impacts of live and recorded parental voices on preterm infants' physiological and behavioral states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Esseily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Filippa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 Stockholm Conference on Ultra-Early Intervention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2017, stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">, Mar 2017, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682866v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressive vs Neutral prosody in reading aloud</w:t>
               </w:r>
@@ -6063,415 +6063,415 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04559354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negotiations: sound and speech in the making of a studio recording</w:t>
+                <w:t xml:space="preserve">Vers une approche intégrative du développement précoce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bobin-Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Esseily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahia Guellaï</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distributed Creativity: Collaboration and Improvisation in Contemporary Music</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Traité de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704562v1</w:t>
+                <w:t xml:space="preserve">hal-01478735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cognition incarnée : corps, communication et culture</w:t>
+                <w:t xml:space="preserve">Negotiations: sound and speech in the making of a studio recording</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stevanovic Ksenija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traité de psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier Masson, 2017</w:t>
+              <w:t xml:space="preserve">Distributed Creativity: Collaboration and Improvisation in Contemporary Music</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01478736v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Development of Infant Participation in Communication</w:t>
+                <w:t xml:space="preserve">La cognition incarnée : corps, communication et culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Esseily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bobin-Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Early Vocal Contact and Preterm Infant Brain Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Traité de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704468v1</w:t>
+                <w:t xml:space="preserve">hal-01478736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une approche intégrative du développement précoce</w:t>
+                <w:t xml:space="preserve">The Development of Infant Participation in Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...40 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Devouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traité de psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier Masson, 2017</w:t>
+              <w:t xml:space="preserve">Early Vocal Contact and Preterm Infant Brain Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478735v1</w:t>
+                <w:t xml:space="preserve">hal-01704468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What words can’t tell: Emotion and connection between ‘borderline’ mothers and infants</w:t>
               </w:r>
@@ -6866,51 +6866,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="80345A6D"/>
+    <w:nsid w:val="018F6990"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7097,51 +7097,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maya-gratier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6193-8495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070147809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559341v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04500856v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne &#180; Jover" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.22041.jov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04307298v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Buil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Caeymaex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Apter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.790313" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559349v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boiteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theano Kokkinaki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/icd.2259" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03250354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Filippa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Saliba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Esseily" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Grandjean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.15961" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03817593v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita M ter Haar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahana A Fernandez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Kn&#246;rnschild" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claartje Levelt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352104v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Monaci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Trevarthen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kuhn" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8060513" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559338v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03115759v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.15238" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04307308v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Sankey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earlhumdev.2019.104939" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559278v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-020-00335-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559383v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450781v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Callin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pitti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00523" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559272v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eduarda S. Carvalho" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o M.R.M. Justo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Tom&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmeralda Pereira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2019.101332" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559335v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.14170" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559319v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Genet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11920-017-0820-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704484v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Martel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apter" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2017.03.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W70D4Q95-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01586927v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-Begue" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682389v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480089v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Garez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Valente" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi_2016_30_243" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480087v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dominguez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/icd.1976" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZMWSZLSF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478445v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480090v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Yilmaz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Parlato-Oliveira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01167" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04246761v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-B&#232;gue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morange-Majoux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2014.04.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M6C8C3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480091v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Osborne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcs.1276" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B494A1DA47AEB5F0273FA3247F8781E440F10C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480093v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2013.08.013" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H1D69NDW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704543v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.008" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480095v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Arioni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Imberty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.12356" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CD85B7858384EFDA9A7DF0F0BA391106418701C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delavenne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.10.004" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0Z9V0CP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704549v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.009" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480097v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.07.021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN253DVB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480098v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Le Nestour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi.2012.26.3.357" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480096v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012655ar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704455v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696497v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lerch" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rat-Fischer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nagle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340309v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aime" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cossu-Doye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494886v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aim&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Culioli" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Juliette Champeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494897v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974915v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-26" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682882v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Charafeddine" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682866v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00998057v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479341v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479336v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Streri" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559368v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03817617v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559371v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190636197.013.9" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559354v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704562v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevanovic Ksenija" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478736v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704468v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478735v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704518v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704526v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704538v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480092v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maya-gratier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6193-8495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070147809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559341v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04500856v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne &#180; Jover" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.22041.jov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04307298v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Buil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Caeymaex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Apter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.790313" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559349v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boiteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theano Kokkinaki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/icd.2259" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03250354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Filippa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Saliba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Esseily" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Grandjean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.15961" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03817593v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita M ter Haar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahana A Fernandez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Kn&#246;rnschild" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claartje Levelt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352104v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Monaci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Trevarthen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kuhn" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8060513" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559338v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03115759v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.15238" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04307308v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Sankey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earlhumdev.2019.104939" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559278v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-020-00335-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559383v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450781v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Callin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pitti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00523" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559272v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eduarda S. Carvalho" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o M.R.M. Justo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Tom&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmeralda Pereira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2019.101332" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559335v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.14170" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559319v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Genet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11920-017-0820-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704484v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Martel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apter" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2017.03.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W70D4Q95-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01586927v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-Begue" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682389v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480089v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Garez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Valente" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi_2016_30_243" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480087v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dominguez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/icd.1976" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZMWSZLSF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478445v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480090v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebru Yilmaz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Parlato-Oliveira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01167" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04246761v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-B&#232;gue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morange-Majoux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2014.04.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M6C8C3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480091v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Osborne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcs.1276" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B494A1DA47AEB5F0273FA3247F8781E440F10C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704543v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480093v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2013.08.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H1D69NDW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480095v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Arioni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Imberty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.12356" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CD85B7858384EFDA9A7DF0F0BA391106418701C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delavenne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.10.004" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0Z9V0CP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704549v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.009" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480097v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.07.021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN253DVB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480098v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Le Nestour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi.2012.26.3.357" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480096v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012655ar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704455v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696497v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lerch" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rat-Fischer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nagle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340309v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aime" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cossu-Doye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494886v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aim&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Culioli" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Juliette Champeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494897v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974915v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-26" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682866v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01682882v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Charafeddine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00998057v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479341v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479336v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Streri" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559368v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03817617v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559371v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190636197.013.9" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04559354v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478735v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704562v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevanovic Ksenija" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478736v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704468v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704518v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704526v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704538v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480092v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>