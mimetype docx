--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1845,278 +1845,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03271242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance benchmarks for a next generation numerical dynamo model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Core merging and stratification following giant impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Landeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Olson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiroaki Matsui</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benjamin H. Hirsh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015GC006159⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (10), pp.786+. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NGEO2808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01857606v1</w:t>
+                <w:t xml:space="preserve">hal-02331994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core merging and stratification following giant impact</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renaud Deguen</w:t>
+                <w:t xml:space="preserve">Performance benchmarks for a next generation numerical dynamo model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroaki Matsui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric M. Heien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Aurnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin H. Hirsh</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Margaret Avery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9 (10), pp.786+. </w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (5), pp.1586-1607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/NGEO2808⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2015GC006159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02331994v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01857606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiments on the fragmentation of a buoyant liquid volume in another liquid</w:t>
               </w:r>
@@ -2764,51 +2764,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990367v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Deguen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lherm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.227" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761012v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kriaa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Le Bars" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2024.107168" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R&#246;hlen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakajima" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE007823" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623383v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C&#233;bron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00264-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623435v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.111" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271232v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Phillips" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome A Neufeld" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818257v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110501" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03201588v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charnoz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo A Sossi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueh-Ning Lee" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Siebert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuki Hyodo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114451" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goument" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087109" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02930249v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Olson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Reynolds" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy349" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00140" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271246v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin H Hirsh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.10.015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.02.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2017.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857606v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Heien" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aurnou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Avery" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006159" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331994v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin H. Hirsh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO2808" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02351064v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Olson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.202" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346682v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.02.007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2012.12.001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735849v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.01.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01472508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990367v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Deguen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lherm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.227" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761012v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kriaa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Le Bars" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2024.107168" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. R&#246;hlen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakajima" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE007823" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623383v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C&#233;bron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00264-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623435v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.111" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271232v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Phillips" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome A Neufeld" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818257v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110501" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03201588v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charnoz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo A Sossi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueh-Ning Lee" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Siebert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuki Hyodo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114451" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goument" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087109" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02930249v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Olson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Reynolds" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy349" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00140" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271246v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin H Hirsh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.10.015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.02.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2017.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin H. Hirsh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO2808" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857606v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Heien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aurnou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Avery" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006159" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02351064v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Olson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.202" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346682v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.02.007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2012.12.001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735849v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.01.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01472508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>