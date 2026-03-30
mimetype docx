--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -180,244 +180,244 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating nano-biosensors into plants: A smart approach for plant disease management to enhance agricultural resilience</w:t>
+                <w:t xml:space="preserve">Imaging plant–microbe communication under environmental stress with next-generation fluorescent biosensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-Delivering Plant Biostimulants and Anti-Pathogenic Agents</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Journées du Groupe Organismes Photosynthétiques du GDR IMABIO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05455450v1</w:t>
+                <w:t xml:space="preserve">hal-05498730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging plant–microbe communication under environmental stress with next-generation fluorescent biosensors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Integrating nano-biosensors into plants: A smart approach for plant disease management to enhance agricultural resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Castro-Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Groupe Organismes Photosynthétiques du GDR IMABIO</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05498730v1</w:t>
+              <w:t xml:space="preserve">Nano-Delivering Plant Biostimulants and Anti-Pathogenic Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05455450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -595,51 +595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erdem Sunal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Castro-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 222, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -686,51 +686,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Monochromatically Excitable Green–Red Dual-Fluorophore Fusion Incorporating a New Large Stokes Shift Fluorescent Protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Obinna Ejike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -807,51 +807,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring nutrients in plants with genetically encoded sensors: achievements and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto de Michele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -859,51 +859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milan Župunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Grossmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Castro-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 193 (1), pp.195 - 216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -989,51 +989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigory Maksaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (6), pp.787. </w:t>
@@ -1071,51 +1071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affinity Series of Genetically Encoded Förster Resonance Energy-Transfer Sensors for Sucrose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mira Reger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1188,51 +1188,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designs, applications, and limitations of genetically encoded fluorescent sensors to explore plant biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuuma Ishikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1322,64 +1322,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affinity Purification of GO-Matryoshka Biosensors from E. coli for Quantitative Ratiometric Fluorescence Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Castro-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Poloczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1495,51 +1495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira Yoshinari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuuma Ishikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rüdiger Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1590,51 +1590,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of Cell-free Synthesized Proteins Selectively Double Labeled for Single-molecule FRET Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Cerminara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1707,51 +1707,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cotranslational Incorporation into Proteins of a Fluorophore Suitable for smFRET Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Cerminara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1837,51 +1837,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective Double-Labeling of Cell-Free Synthesized Proteins for More Accurate smFRET Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Cerminara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2029,51 +2029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bethel D. Tadesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Adaptation and Dynamics of Microbiome to Plant Health in the South and beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Sète (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2130,51 +2130,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective dual-labeling of cell-free synthesized proteins for single-molecule FRET studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayuri Sadoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. RWTH Aachen University, 2018. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2291,51 +2291,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AA853150"/>
+    <w:nsid w:val="D033C1EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2522,51 +2522,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mayuri-sadoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0217-6731" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455450v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Castro-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayuri Sadoine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498730v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464079v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Z&#246;llner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juying Long" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congfeng Song" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Sharkey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wudick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgaf412" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206336v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Sunal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Castro-Rodriguez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/68339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181218v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obinna Ejike" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Shen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuuma Ishikawa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.3c00451" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181010v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto de Michele" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan &#381;upunski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Grossmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad337" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kleist" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Winnie Lin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Xu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory Maksaev" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12060787" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181322v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Reger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka Man Wong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf B. Frommer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c02495" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Kleist" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M Wudick" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayoshi Nakamura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiab353" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349237v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Poloczek" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Javot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.3773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reika Isoda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Yoshinari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Simon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15096" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192550v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cerminara" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Fitter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Katranidis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.2881" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192578v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gerrits" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00433" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192962v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Kempf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Perche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethel D. Tadesse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05208026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mayuri-sadoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0217-6731" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498730v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayuri Sadoine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455450v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Castro-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464079v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Z&#246;llner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juying Long" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congfeng Song" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Sharkey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wudick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgaf412" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206336v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Sunal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Castro-Rodriguez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/68339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181218v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obinna Ejike" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Shen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuuma Ishikawa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.3c00451" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181010v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto de Michele" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan &#381;upunski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Grossmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad337" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kleist" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Winnie Lin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Xu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory Maksaev" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12060787" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181322v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Reger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka Man Wong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf B. Frommer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c02495" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Kleist" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M Wudick" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayoshi Nakamura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiab353" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349237v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Poloczek" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Javot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.3773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reika Isoda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Yoshinari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Simon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15096" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192550v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cerminara" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Fitter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Katranidis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.2881" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192578v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gerrits" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.7b00433" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192962v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Kempf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Perche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethel D. Tadesse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05208026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>