--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.71732522796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mazen Alamir </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Director at CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My complete personal homepage is </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">here</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.The current content enables a more detailed research in the set of my publications.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Events Detection During Anaesthesia via Sparse Piece-Wise Polynomial Normality Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Designing Soon-to-Fail Alarm System for Industrial Equipments via Sparse Identification of Ageing Indicators: Paradigms, Algorithms and Case-Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological insights on building and evaluating models for early warning of hypotension during surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How is remifentanil dosed without dedicated indicator?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418661v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On polynomial explicit partial estimator design for nonlinear systems with parametric uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">optipoly: A Python package for boxed-constrained multi-variable polynomial cost functions optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-Free Unsupervised Anomaly Detection Framework in Multivariate Time-Series of Industrial Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04577616v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of Data-Driven Cost Function Identification in Parametrized NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02569083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pNMPC - A Code Generation Software Tool for Implementation of Derivative Free Parameterized NMPC Scheme for Embedded Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing control invariant sets in high dimension is easy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing control invariant sets is easy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (87)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Continuous-time Sparse Identification of Nonlinear Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Journal of Systems and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.100365. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacsc.2026.100365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Hybrid Inverse Dynamic Modeling for Industrial Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Favre-Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 115 (April 2026), pp.103451. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2025.103451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05433203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derivation of certification-based admissibility dashboard of NMPC implementation settings: Framework and associated python package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (2), pp.815-822. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2024.3499835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm for sparse piece-wise polynomial residual generation for anomalies detection in industrial manipulator robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 165 (December 2025), pp.106545. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2025.106545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05210334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On relaxing the N-Reachability Implicit Requirement in NMPC Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9, pp.1628-1633. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2025.3582951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044552v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On reconstructing high derivatives of noisy time-series with confidence intervals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180 (October), pp.112469. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2025.112469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Use of Gradient-Based Solver and Deep Learning Approach in Hierarchical Control: Application to Grand Refrigerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01969722.2023.2247264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Dynamical Features generation, application to Parkinson's Disease diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Meghnoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Robu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 126 (Part B), pp.106882. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engappai.2023.106882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning-Based sensitivity analyis and feedback design for drug delivery of mixed therapy of cancer in the presence of high model uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 568 (July), pp.111508. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2023.111508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04077394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-based Extended Moving Horizon Estimation for MISO Anesthesia Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.3054-3059. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lcsys.2023.3291665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150872v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphic Virtual Synchronous Generator: An Advanced Controller for Smart Inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouredine Hadjsaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (20), pp.7075. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en16207075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and Dynamics of Continuum Robots Based on Cosserat Rods and Optimal Control Theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lebastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Candelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Renda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (2), pp.1544-1562. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2022.3226112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03899887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Against Uncertainty in Control Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.19-29. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2022.03.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Extended Observability Certification and Optimal Design of Moving Horizon Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 67 (7), pp.3663-3669. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2021.3108490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting a fixed-point hierarchical control design for cryogenic refrigerators under constraints, nonlinearities and real-time considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (January), pp.82-96. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2021.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistically Certified Region of Attraction of a Tumor Growth Model with Combined Chemo-and Immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (11), pp.6539-6555. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rnc.6158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Integrator-Extended State Observer With Applications to Grid-Connected Converters in the Presence of Disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.744-755. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2020.2981571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016035v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new formulation of Economic Model Predictive Control without terminal constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Pannochia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (March), pp.109420. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570364v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven fatigue-oriented MPC applied to wind turbines Individual Pitch Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 170, pp.1008-1019. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2021.02.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phase-locked loop using ESO-based loop filter for grid-connected converter: performance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pouget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Theory and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (1), pp.49-63. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11768-021-00036-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral cloning for fatigue-oriented wind turbine optimal predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (9), pp.590 - 595. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.06.121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Domain of Attraction Estimation for a Tumor Growth Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematics and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 410, pp.126482. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amc.2021.126482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fatigue-oriented cost function for optimal individual pitch control of wind turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (2), pp.12632-12637. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.1835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ockham's razor applied to COVID-19 model fitting French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.500-510. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2021.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014669v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non quadratic smooth model of fatigue for optimal fatigue-oriented individual pitch control.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1618, pp.022004. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1618/2/022004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-Based Current controller for virtual synchronous generator in presence of unknown and unpredictable loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (2), pp.1708-1716. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2020.3010085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced-scale models of variable speed hydro-electric plants for power hardware-in-the-loop real-time simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue Advancements in Real-Time Simulation of Power and Energy Systems, 13 (21), pp.5764. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13215764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic modeling and speed control approach of hydraulic power plants: Start-up operating mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.05.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of supervised clustering in stochastic NMPC design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (12), pp.5392-5398. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2020.2970424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardization tests for the industrialization of grid-friendly Virtual Synchronous Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Polish Academy of Sciences: Technical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 68 (4), pp.679--688. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24425/bpasts.2020.134181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative method for estimating the robust domains of attraction of non-linear systems: Application to cancer chemotherapy model with parametric uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47 (May), pp.64-73. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2018.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPU-Based Parameterized NMPC Scheme for Control of Half Car Vehicle With Semi-Active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (3), pp.631-636. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2019.2915002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LADRC applied to variable speed micro-hydro plants: Experimental validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 85 (April), pp.290-298. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback law with Probabilistic Certification for Propofol-Based Control of BIS During Anesthesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Queinnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mazerolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (18), pp.6254-6266. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rnc.4374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01335969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Energy Management Strategy for EV Charging Stations Using Randomized Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (3), pp.1099-1106. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2017.2695160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01765663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electricity Grid Connection of a Tidal Farm: an Active Power Control Framework Constrained to Grid Code Requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Ben Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (4), pp.1948-1956. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSTE.2018.2820029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability proof for nonlinear MPC design using monotonically increasing weighting profiles without terminal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 87, pp.455-459. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2017.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Useful redundancy in parameter and time delay estimation for continuous-time models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong S Ha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (sept.), pp.455-462. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2018.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01500012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring thermal conductivity and heat capacity of molten metallic alloys by electromagnetic levitation in DC field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (2), pp.289-298. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22364/mhd.53.2.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biomechanical model of the long finger extensor mechanism and its parametric identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Serviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Quaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58, pp.232-236. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.04.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Model-Based Control for Minimum-Time Start of Hydraulic Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (March), pp.24-30. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2016.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Higher Order Dynamics in the Fundamental Equation of Frequency in Islanded Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao - Xin Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50 (1), pp.6636--6641. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Investigation of Control Updating Period Monitoring InIndustrial PLC-based Fast MPC: Application to The Constrained Controlof a Cryogenic Refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Theory and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (2), pp.92-108. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11768-017-6109-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixed-Point based hierarchical MPC control design for a cryogenic refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58, pp.117-130. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battery sizing for PV power plants under regulations using randomized algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 113, pp.596-607. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2017.05.091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Warm Compression Stations Using Model Predictive Control: Simulation and Experimental Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 171, pp.012135. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/171/1/012135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraction-Based Nonlinear Model Predictive Control Formulation Without Stability-Related Terminal Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.288-292. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2016.09.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A state-dependent updating period for certified real-time Model predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (5), pp.2464-2469. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2016.2594480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01348559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Probabilistic Certification of Combined Cancer Therapies Using Strongly Uncertain Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 384, pp.59-69. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simulink Library of cryogenic components to automatically generate control schemes for large Cryorefrigerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bon-Mardion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 101, pp.012171. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/101/1/012171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Control Framework For A Stand-Alone Hybrid (Stirling Engine)/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 118 (1), pp.192-206. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2013.12.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Feedback Design For Combined Therapy Of Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.2057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic Model Identification Framework For Thermodynamic Engines For Use in Hybrid Power Stations Control and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (6), pp.966-974. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2014.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical control oriented model of large scale refrigerators to synthesize advanced control schemes. Design, validation, and first control results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1594-1601. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4860897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of Model-based Observer and Support Vector Machines for Fault Detection of Wind Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Laouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automation and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (3), pp.274 - 287. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11633-014-0790-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear observers of the thermal loads applied to the helium bath of a cryogenic Joule-Thompson Cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (3), pp.73-80. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2013.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Framework For a Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 87 (10), pp.2194-2207. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207179.2014.905708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model based multivariable controller for large scale compression stations. Design and experimental validation on the LHC 18KW cryorefrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bradu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1610-1617. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4860899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of energy saving thanks to a reduced-model-based approach: Example of bread baking by jet impingement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Josset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 53, pp.74 - 82. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2013.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis and Design Procedure of Multiloop Linear LDO Regulators via State Matrix Decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Coulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hasbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (11), pp.5352-5363. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2013.2241456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00821721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of partial explicit inversion maps in moving horizon observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (2), pp.167-181. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.46.167-181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Identification Framework for off-line computation of Moving-Horizon-observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 58 (7), pp.1877-1882. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2013.2256016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of temperature field during microwave tempering with unknown dielectric properties using CLPP: a generic user-friendly software sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Curet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.288-297. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2011.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00560904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Real-Time Implementable NMPC Output Feedback for a Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 66 (4), pp.613-625. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2011120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable Control Architecture For a Cryogenic Test Facility Under High Pulsed Loads: Model Derivation, Control Design and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (7), pp.1030-1039. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2011.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00600739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synaptic plasticity-based model for epileptic seizures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (6), pp.1183-1192. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2011.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable control of the polymer molecular weight in emulsion polymerization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (6), pp.861-873. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Real-Time Implementation of Low-Dimensional Parameterized NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 48 (1), pp.198-204. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2011.09.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode du point fixe pour la mise en oeuvre de la commande prédictive non linéaire sous contraintes sur des EDP: Application à la stabilisation sous contraintes de l'équation aux dérivées partielles non linéaires de Kuramoto-Shivasinsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45, pp.693-713. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/jesa.45.693-713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00560906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement Based Modeling and Control of Bimodal Particle Size Distribution in batch Emulsion Polymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIChE Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56 (8), pp.2122-2136. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aic.12148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-free feedback design for mixed cancer therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (3), pp.690-700. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/btpr.114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Immunotherapy and chemotherapy of tumors: Feedback design and models updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 45, pp.1052-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed immunotherapy and chemotherapy of tumors: Feedback design and model updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 258 (3), pp.444. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2008.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swing-up and stabilization of a Twin-Pendulum under state and control constraints by fast NMPC scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (5), pp.1319-1324, May. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2007.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of Nonlinear Receding Horizon Observers in Batch Terpolymerization Reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (1), pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundancy vs multiple starting points in nonlinear systems related inverse problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (4), pp.1052-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further results on the accessibility of a satellite with two reaction wheels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.611-619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained nonlinear predictive control for maximizing production in polymerization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (2), pp.315-323. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2006.883192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00086527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the reachability in any fixed time for positive continuous-time linear systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Commault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systems and Control Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (6), pp.272-276. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysconle.2006.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00108502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Stabilization via Communication Networks with a Distributed Control Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 52 (8), pp.1480-1486. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2007.902757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00201790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Constrained Optimal Control Applied to Cell-Cycle-Specific cancer Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (3), pp.175-190. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00348560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A flexible nonlinear model predictive control scheme for quality/performance handling in nonlinear SMB chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadi Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Corriou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.333-344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A benchmark for optimal control problem's solvers for hybrid nonlinear systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 42 (9), pp.1593-1598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage collapse avoidance in power Systems: A Receding-Horizon Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Automation and Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12 (1), pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid nonlinear state observer for concentration profiles reconstruction in nonlinear simulated moving bed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Corriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.345-353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-step limit cycle generation for Rabbit's walking based on nonlinear low dimensional predictive control scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chemori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (5), pp.259-277. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2005.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limit cycle generation for a class of non-linear systems with jumps using a low dimensional predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chemori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 78 (15), pp.1206-1217. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207170500268331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02502328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Control of Uncertain Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, XXIV, 625 p., 2026, Hardcover ISBN 978-3-031-93286-1 ; Softcover ISBN978-3-031-93289-2 ; eBook ISBN978-3-031-93287-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pragmatic Story of Model Predictive Control: Self Contained Algorithms and Case-studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CreateSpace Independent Publishing Platform, pp.308, 2013, 978-1489541345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of Nonlinear System by Receding Horizon Control SCheme: A Parametrized Approach for Fast Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.310, 2006, Lecture Notes in Control and Identification Sciences, n°339</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of Nonlinear Systems Using Receding-Horizon Control Schemes: A Parametrized Approach for Fast Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, 320 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (115)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operator Feedback-compatible Fault Detection Framework for Industrial Time-series Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINTI 2024 - IEEE 24th International Symposium on Computational Intelligence and Informatics (CINTI 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Óbuda University, Nov 2024, Budapest, Hungary. pp.000227-000232, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CINTI63048.2024.10830841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Heuristic for Dynamic Output Predictive Control Design for Uncertain Nonlinear Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2024 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2024, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04411186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit approximation of stochastic optimal feedback control for combined therapy of cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2024 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2024, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation, earliness, alarm cardinality: A new metric for industrial time-series anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Le Magueresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAFEPROCESS 2024 - 12th IFAC Symposium on Fault Detection, Supervision and Safety for Technical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jun 2024, Ferrara, Italy. pp.192-197, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2024.07.216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04577634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse control-inspired features generation for Schizophrenia diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Meghnoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Robu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2023 - 22nd IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jul 2023, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-based Extended Moving Horizon Estimation for MISO Anesthesia Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2023 - 62nd IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Horizon Estimation for Anesthesia dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Ajami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PGMO 2023 - Programme Gaspard Monge PGMO Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Palaiseau, France. pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regions of Attraction Estimation for Tumor Immune Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2023 - 21st European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bucarest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Tumor Immune Systems under Parametric Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PGMO 2022 - Programme Gaspard Monge PGMO Days 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Palaiseau, France. pp.86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load shedding optimization via data-driven modelling of HVAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replicability and portability of an advanced grid-forming VSG control for electrical grid with high rate of renewable energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRED 2021 - 26th International Conference &amp; Exhibition on Electricity Distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral cloning for fatigue-oriented wind turbine optimal predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTNS 2020 - 24th International Symposium on Mathematical Theory of Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Optimal Scheduling of Combined Chemo-and Immunotherapy: Considerations on Chemotherapy Detrimental Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2020 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Denver (online), United States. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC45564.2020.9147869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State observer to improve the VSG control stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2020 - 46th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2020, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON43393.2020.9254788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPU based Stochastic Parameterized NMPC scheme for Control of Semi-Active Suspension System for Half Car Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2020 - 21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin (virtual), Germany. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.1391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reachability based Model Predictive Control for Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2019 - Fifth Indian Control Conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, New Delhi, India. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INDIANCC.2019.8715601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven approach for fatigue-based individual blade pitch controller selection from wind conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2019 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC.2019.8815328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control under uncertainties: some tricks that really help!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCAC 2019 - 4th IEEE Colombian Conference on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Medelin, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Robust LESO-based DC-Link Voltage Controller for Variable Speed Hydro-Electric Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Imaneini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2019 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Melbourne, Australia. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2019.8754987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPC design under time shortage: Lessons from case-studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNCA 2019 - Congreso Nacional de Control Automático</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Puebla, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Implementation of Model Predictive Control Scheme for Control of Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAC 2019 - 9th IFAC International Symposium on Advances in Automotive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Management of Variable Speed Pumped-Storage Hydro-Electric Plant: Cases Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Ovalle Villamil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2019 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Melbourne, Australia. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2019.8754935⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning-Based Approach for Individual Blade Pitch Controller Selection From Wind Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2019 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust optimal control-based design of a combined chemo and immunotherapy delivery profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FOSBE 2019 - 8th IFAC Conference on Foundations of Systems Biology in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parameterized NMPC Scheme for Embedded Control of Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rattena Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2018 - 6th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Madison, Wisconsin, United States. pp.301-306, </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for the Energy Optimization of a Multisource Elevator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2016 - 13th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal. pp.3-29, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-55011-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02139036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of different NMPC schemes for control of semi-active suspension system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VSDIA 2018 - 16th Mini Conference on Vehicle System Dynamics, Identification and Anomalies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Contrôleur de Courant pour la Machine Synchrone Virtuelle avec Adaptation aux Charges Connectées aux Micro-Réseaux Electrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power generation system: Review and Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of modulated calorimetry to the Liquid metals using electromagnetic levitation and static magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Budenkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Milgravis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPM 2018 - 9th International Symposium on Electromagnetic Processing of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Hyogo, Japan. pp.012004, </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/424/1/012004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A machine learning approach for online IPC controller selection based on wind features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAWE 2018 - 14th EAWE PhD Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945079v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control and Parameter Estimation applied to Gene Expression in Yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jody Chochrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROCOND 2018 - 9th IFAC Symposium on Robust Control Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Florianopolis, Brazil. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power generation system: Review and Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation regarding an MPC scheme with non uniformly weighted stage cost without terminal constraints: Application to the control of a real-life cryogenic plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2018 - 6th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01811886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Output Feedback Controller For a Class of Nonlinear Systems with Actuator Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROCOND 2018 - 9th IFAC Symposium on Robust Control Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Florianópolis, Brazil. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power plant: modelling, loss analysis, and experiment validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2018 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Control of a Class of Uncertain Systems Under Control-derivative dependent disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parametrized Model of the Long Finger Extensor Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Serviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Quaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISB 2017 - XXVI Congress of the International Society of Biomechanics 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on ADRC based PMSM control designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2017 - 43rd Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2017.8216296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADRC based speed control applied to a micro-hydropower plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2017 - 14ème Conférence des Jeunes Chercheurs en Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification under Uncertainties of Control Methods for Multi-Source Elevators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA: Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.154-164, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01476039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On higher order dynamics in the fundamental equation of frequency in islanded microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao-Xin Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An anti-disturbance ADRC based MPPT for variable speed micro-hydropower plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Imaneini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2017 - 43rd Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2017.8216302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the stabilization of fixed-point iterations arising in hierarchical control design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained model based control for minimum-time start of hydraulic turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHR 2016 - 28th IAHR symposium on Hydraulic Machinery and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01325246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active power control under Grid Code constraints for a tidal farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Ben Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVER 2016 - 11th International Conference on Ecological Vehicles and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Monte Carlo, Monaco. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EVER.2016.7476415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01440808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Constrained Torque Control For Gasoline Engines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kang Mingxin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tielong Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.10.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Impact of Frequency Containment Control and Synthetic Inertia on Intermittent Energies Generators Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVER 2016 - 11th International Conference on Ecological Vehicles and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Monte Carlo, Monaco. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EVER.2016.7476361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Contraction-Based NMPC Formulation Without Stability-Related Terminal Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269755v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit Model Predictive Control via Nonlinear Piecewise Approximations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.10.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring thermal conductivity and heat capacity of molten metallic alloys by electromagnetic levitation in a DC field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAMIR 2016 - 10th PAMIR International Conference Fundamental and Applied MHD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cagliari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain of attraction estimation of cancer chemotherapy model affected by state proportional uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2016 - 15th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aalborg, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298958v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-Based Efficiency Enhancement in Cell-Cycle Specific Therapies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2016 - 55th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Las Vegas, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01348893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sourcing problem: energy optimization of a multisource elevator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2016 - 13th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oleg Gusikhin; Dimitri Peaucelle; Kurosh Madani, Jul 2016, Lisbonne, Portugal. pp.19-30, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005947600190030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01378569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalability study for a hierarchical NMPC scheme for resource sharing problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Model For 2D Tumor Growth and Tumor Induced Angiogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Stephanou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamic Model Identification and MPC control of an Organic Rankine Cycle (ORC) based Solar Thermal Power Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydraulic-turbine start-up with &amp;quot; S-shaped &amp;quot; characteristic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From certification of algorithms to certified MPC: The missing links</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2015 - 5th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01169632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invariance-based analysis of cancer chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSC 2015 - IEEE Multi-Conference on Systems and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-source elevator energy optimization and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dedouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed cooperative control framework of a cryogenic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2015 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Séville, Spain. pp.179-186, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icit.2015.7125096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device for measuring thermal conductivity and heat capacity of metallic alloys by electromagnetic levitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPM 2015 - 8th International Conference on Electromagnetic Processing of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01335544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multisource elevator energy optimization and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Validation of a Novel Control Strategy For An Off-Grid Hybrid Stirling Engine/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lechat Sanjuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed cooperative control scheme with optimal priority assignment and stability assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa. pp.11703-11708, </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a primal and a dual decomposition for distributed MPC in smart districts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SmartGridComm 2014 - 5th IEEE International Conference on Smart Grid Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Venise, Italy. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device for measuring thermal conductivity and heat capacity of metallic alloys by electromagnetic levitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire France-Japon sur l'EPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pornichet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Adaptive Measurement Inclusion Rate In Real-Time Moving-Horizon Observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-based control of a tethered wing wind power system: indoor real-time experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2013 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Washington, DC, United States. Paper TuB13.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further investigations on energy saving by jet impingement in bread baking process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao-Dong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Joint conference SSSC - 5th Symposium on System Structure and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.n/c, </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20130204-3-FR-2033.00017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Control Updating Period In Fast Gradient-Based NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2013 - 12th biannual European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3621-3626</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Observer of the thermal loads applied on the Helium Bath of a Cryogenic Refrigerator. Observer Design and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pawel Majecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Joint conference SSSC - 5th Symposium on System Structure and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Strategy For An Off-Grid Hybrid Stirling Engine/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2013 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Washington, DC, United States. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy production control of an experimental kite system in presence of wind gusts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2013 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2013.6696701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande Prédictive Contrainte d'un Incinérateur de Boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Lacou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Shi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012 - 7ème Conférence Internationale Francophone d'Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France. pp.437-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bootstrap Current Optimization in Tokamaks Using Sum-of-Squares Polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditya Gahlawat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew M. Peet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2012 - 51st IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Maui, Hawaii, United States. pp.4359-4365, </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2012.6426638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for energy management in buildings Part 2: Distributed Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2012 - 4th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Noordwijkerhout, Netherlands. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for energy management in buildings. Part 1: Zone Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2012 - 4th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Noordwijkerhout, Netherlands. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of a wind power system based on a tethered wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGNCA 2012 - IFAC Workshop on Embedded Guidance, Navigation and Control in Aerospace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified NMPC for Multi-Variable Control in Smart Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed constrained Model Predictive Control based on bundle method for building energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2011 - ECC 2011 - 50th IEEE Conference on Decision and Control and European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Orlando, Floride, United States. pp.8118-8124, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2011.6161076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing Computational Complexity in Moving-Horizon Observers Using Partial Explicit Map Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2011 - ECC 2011 - 50th IEEE Conference on Decision and Control and European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Orlando, Floride, United States. pp.s/n</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Distributed NMPC Control Structure for partially cooperative systems under limited information sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Control Architecture For Multi-Beam Fringe Tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Symposium on SPIE Astronomical Telescopes and Instrumentation: Optical and Infrared Interferometry II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, San Diego, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Solving Inverse Problems for Electric Fish Like Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Servagent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Girin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBIO 2010 - IEEE International Conference on Robotics and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tianjin, China. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLPP: A User-Friendly Platform for Nonlinear Robust Observer Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Queinnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Titica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DYCOPS 2010 - 9th International Symposium on Dynamics and Control of Process Systems (DYCOPS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Leuven / Louvain, Belgium. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00469478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative control of a warm compression system for a Helium refrigerator subject to high pulsed loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Cryogenic Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, -, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Learning Control of the Particle Size Distribution in Emulsion Polymerization Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PBM 2010 - 4th International Conference on Population Balance Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Estimation of temperature field during microwave tempering under unknown dielectric properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Curet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast NMPC Scheme For A Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2009 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00368999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of a hybrid MPC strategy for vehicle start-up with an Automated Manual Transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2009 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phenomenological model for torque transmissibility during dry clutch engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSC 2009 - CCA 2009 - 3rd IEEE Multi-conference on Systems and Control - 18th IEEE International Conference on Control Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Saint Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Mean Model for Controlling a Three-Dimensional Eel-like Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBIO 2008 - IEEE International Conference on Robotics and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Partially Cooperative Under Limited Communication and Destabilizing Interconnections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC TDS 2009 - 8th IFAC Workshop on Time Delay Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sinaia, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Validation of a parameterized NMPC for Diesel Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOSM 2009 - IFAC Workshop on Engine and Powertrain Control, Simulation and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for monitoring control updating period in real-time NMPC Scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2008 : International Workshop on assessment and future directions on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Pavia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00287813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-variable Constrained Control Approach for a Three-Dimensional Eel-like Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2008 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. http://iros2008.inria.fr/, </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00287819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified MPC strategy for idle-speed control, vehicle start-up and gearing applied to an Automated Manual Transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Useful Redundancy in Dynamic Inverse Problems Related Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion Control of a Three-Dimensional Eel-like Robot Without Pectoral Fins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On useful redundancy in experiment design for nonlinear system identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2008 - 47th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Cancun, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00297350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Design of a Twin Pendulum System in Presence of Sensor Bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2007 - 7th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Petroria, South Africa. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070822-3-ZA-2920.00193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00140324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On state-dependant sampling for nonlinear controlled systems sharing limited computational resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2007 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00092340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed immunotherapy and chemotherapy of tumors: Feedback design and model updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Computational Mathematical Populations Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, -, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00194681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback design for 3D movement of an Eel-like robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghizlane Hafidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2007 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Observer for Frequency Meter in Digital Phase Locked Loops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Houdebine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2007 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On The Use of Nonlinear Receding-Horizon Observers in Batch Terpolymerization Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2007 - 7th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Petroria, South Africa. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070822-3-ZA-2920.00123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00116962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A predictive switching strategy for a class of hybrid systems: wave suppression in fluid dynamic systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid-Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained nonlinear receding-horizon control for maximizing production in polymerization processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sampled spur free fractional frequency synthesizer and its noise analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Houdebine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00086709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained minimum time oriented stabilization of extended chained form systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joitn CDC-ECC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-optimal control of switched nonlinear system under location and switching constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Prague, Czech Republic. pp.s/n</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Stabilization via Time-Varying Communication Network Delays: Application to TCP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Control Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MATLAB/GUI case-study environment for nonlinear control learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayate Khennouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Orlando, United States. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2001.980320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Learning-Powered Model Predictive Control for Hybrid Electric Vehicles with Real-World Driving Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuguo Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tielong Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le, X., Zhang, Z. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Neural Networks (ISBB 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14827, </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.472-281, 2024, 978-981-97-4398-8, online ISBN 978-981-97-4399-5. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-4399-5_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable control strategy based on a parameterized NMPC for Diesel Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABCM Series in Mecatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABCM, pp.316-324, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed-in-time NMPC-Based Coordination Mechanism For Resource Sharing Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. M. Maestre and R. R. Negenborn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distributed MPC Made Easy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, pp.n/c, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Monitoring Control Updating Period in Real-Time NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Magni, D. Raimondo and F. Allgöwer (Ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assessement and Future Directions in Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 384, </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.433-445, 2009, Lecture Notes in Control and Information Sciences, 978-3-642-01094-1. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-01094-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of State Predictors in Networked Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications of Time-Delay Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.17-36, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Moving Horizon Observers: Theory & Real-Time Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear observers &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low dimensional contractive NMPC scheme for nonlinear systems stabilization: theoretical framework and numerical investigation on relatively fast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assesment and Future Directions of Nonlinear Model Predicitive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, 2006, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La commande prédictive non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sous la direction de Patrick Boucher et Didier Dumur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La commande prédicitve avancées et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès Science Publications, pp. 157-196, 2006, Série Systèmes Automatisées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re injecting the structure in NMPC schemes. Application to the constrained stabilization of a snake board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diehl M. ; Mombaur K. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fast Motions in Biomechanics and Robotics : Optimization and Feedback Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, 2006, Series: Lecture Notes in Control and Information Sciences LNCIS Vol. 340. ISBN: 978-3-540-36118-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot anguille sous-marin en 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition Techniques de l'Ingénieur, pp.S 7 856: 1-16, 2006, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-s7856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Constrained Optimal Control Applied to Cell-Cycle-Specific Cancer Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Commault, Nicolas Marchand (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positive Systems. Proceedings of the Second Multidisciplinary International Symposium on Positive Systems : Theory and Applications POSTA 06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, p. 271-278, 2006, Lecture Notes in Control and Information Sciences LNCIS 341. ISBN : 3-540-34771-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operator Feedback-compatible Fault Detection Framework for Industrial Time-series Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINTI 2024 - IEEE 24th International Symposium on Computational Intelligence and Informatics (CINTI 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation time reducing via non linearity isolating and constraint handling in fixed-point based hierarchical control framework.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCA 2022 - 17th IEEE International Conference on Control and Automation (ICCA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Naples, Italy. IEEE, 2022, 2022 IEEE 17th International Conference on Control &amp; Automation (ICCA), </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCA54724.2022.9831869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of fast-NMPC and deep learning approach in fixed-point-based hierarchical control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoDIT 2022 - 8th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Istanbul, Turkey. 2022, </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT55151.2022.9804100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Iterative residual-based method for modular privacy-preserving requirement in hierarchical control framwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoDIT 2022 - 8th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Istanbul, Turkey. 2022, </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT55151.2022.9804044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for helium compression station: simulation and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X.H. Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryogenic Engineering Conference (CEC) 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Connecticut, United States. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 755 (1), pp.012075, 2020, </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/755/1/012075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04811311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification des valeurs de paramètres de la loi de commande d'un générateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3101739, CN112600190, EP3800777, US2021104964. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control method of a generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 20200091720. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjustment of Parameter Values of a Control Rule of a Generatoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 10840708. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method of controlling an electrical production station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 10355486. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for controlling an electrical production station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">El Salvador, Patent n° : US 2018/0069401 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01765669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for controlling a microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : 17306616.8 - 1202. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control method of a generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao - Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 19196478.2. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for managing power in a charging station for electric vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 10040365. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for estimating the heat load imposed on a cryogenic refrigerator, associated program product, and method for controlling the refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : PCT/IB2011/053086. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00771545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'estimation de la charge thermique imposé à un réfrigérateur cryogénique, produit, programme associé et procédé de régulation du réfrigérateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: BD11968. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé pour contrôler la phase de fermeture d'un embrayage d'un système de transmission robotisée automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : IFP 09290470.5 - 2423. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method of controlling the closing phase of a clutch of an automated automobile transmission system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 12/495.885. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de commande pour gérer le confort d'une zone d'un bâtiment selon une approche multicritère et installation pour la mise en oeuvre du procédé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US2009/0112369. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Control of a Class of Uncertain Systems Under Control-derivative dependent disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] Gipsa-Lab; Cnrs. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LP-Based Identification of general nonlinear multivariable maps: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Controlling Unknown Scalar Systems with Low Gain Feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLP Solutions as Asymptotic Values of ODE Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of a general constrained MPC solver for the cheops project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00325425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundancy vs multiple starting points in nonlinear related inverse problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00288455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId568"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.71732522796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mazen Alamir </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Director at CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My complete personal homepage is </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">here</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.The current content enables a more detailed research in the set of my publications.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Designing Soon-to-Fail Alarm System for Industrial Equipments via Sparse Identification of Ageing Indicators: Paradigms, Algorithms and Case-Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A benchmark for context-dependent parametric anomaly detection in industrial time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Events Detection During Anaesthesia via Sparse Piece-Wise Polynomial Normality Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological insights on building and evaluating models for early warning of hypotension during surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How is remifentanil dosed without dedicated indicator?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418661v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On polynomial explicit partial estimator design for nonlinear systems with parametric uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">optipoly: A Python package for boxed-constrained multi-variable polynomial cost functions optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-Free Unsupervised Anomaly Detection Framework in Multivariate Time-Series of Industrial Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04577616v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pNMPC - A Code Generation Software Tool for Implementation of Derivative Free Parameterized NMPC Scheme for Embedded Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of Data-Driven Cost Function Identification in Parametrized NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02569083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing control invariant sets in high dimension is easy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing control invariant sets is easy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (87)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Continuous-time Sparse Identification of Nonlinear Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Journal of Systems and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.100365. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacsc.2026.100365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Hybrid Inverse Dynamic Modeling for Industrial Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Favre-Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 115 (April 2026), pp.103451. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2025.103451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05433203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On reconstructing high derivatives of noisy time-series with confidence intervals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180 (October), pp.112469. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2025.112469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm for sparse piece-wise polynomial residual generation for anomalies detection in industrial manipulator robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 165 (December 2025), pp.106545. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2025.106545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05210334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derivation of certification-based admissibility dashboard of NMPC implementation settings: Framework and associated python package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (2), pp.815-822. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2024.3499835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On relaxing the N-Reachability Implicit Requirement in NMPC Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9, pp.1628-1633. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2025.3582951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044552v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning-Based sensitivity analyis and feedback design for drug delivery of mixed therapy of cancer in the presence of high model uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 568 (July), pp.111508. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2023.111508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04077394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Dynamical Features generation, application to Parkinson's Disease diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Meghnoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Robu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 126 (Part B), pp.106882. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engappai.2023.106882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Use of Gradient-Based Solver and Deep Learning Approach in Hierarchical Control: Application to Grand Refrigerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01969722.2023.2247264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphic Virtual Synchronous Generator: An Advanced Controller for Smart Inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouredine Hadjsaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (20), pp.7075. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en16207075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-based Extended Moving Horizon Estimation for MISO Anesthesia Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.3054-3059. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lcsys.2023.3291665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150872v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and Dynamics of Continuum Robots Based on Cosserat Rods and Optimal Control Theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lebastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Candelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Renda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (2), pp.1544-1562. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2022.3226112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03899887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Extended Observability Certification and Optimal Design of Moving Horizon Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 67 (7), pp.3663-3669. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2021.3108490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Against Uncertainty in Control Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.19-29. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2022.03.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting a fixed-point hierarchical control design for cryogenic refrigerators under constraints, nonlinearities and real-time considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (January), pp.82-96. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2021.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistically Certified Region of Attraction of a Tumor Growth Model with Combined Chemo-and Immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (11), pp.6539-6555. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rnc.6158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral cloning for fatigue-oriented wind turbine optimal predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (9), pp.590 - 595. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.06.121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phase-locked loop using ESO-based loop filter for grid-connected converter: performance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pouget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Theory and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (1), pp.49-63. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11768-021-00036-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new formulation of Economic Model Predictive Control without terminal constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Pannochia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (March), pp.109420. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570364v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven fatigue-oriented MPC applied to wind turbines Individual Pitch Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 170, pp.1008-1019. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2021.02.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Integrator-Extended State Observer With Applications to Grid-Connected Converters in the Presence of Disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.744-755. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2020.2981571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016035v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fatigue-oriented cost function for optimal individual pitch control of wind turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (2), pp.12632-12637. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.1835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Domain of Attraction Estimation for a Tumor Growth Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematics and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 410, pp.126482. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amc.2021.126482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ockham's razor applied to COVID-19 model fitting French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.500-510. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2021.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014669v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardization tests for the industrialization of grid-friendly Virtual Synchronous Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Polish Academy of Sciences: Technical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 68 (4), pp.679--688. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24425/bpasts.2020.134181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-Based Current controller for virtual synchronous generator in presence of unknown and unpredictable loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (2), pp.1708-1716. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2020.3010085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non quadratic smooth model of fatigue for optimal fatigue-oriented individual pitch control.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1618, pp.022004. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1618/2/022004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced-scale models of variable speed hydro-electric plants for power hardware-in-the-loop real-time simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue Advancements in Real-Time Simulation of Power and Energy Systems, 13 (21), pp.5764. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13215764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic modeling and speed control approach of hydraulic power plants: Start-up operating mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.05.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of supervised clustering in stochastic NMPC design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (12), pp.5392-5398. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2020.2970424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative method for estimating the robust domains of attraction of non-linear systems: Application to cancer chemotherapy model with parametric uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47 (May), pp.64-73. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2018.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPU-Based Parameterized NMPC Scheme for Control of Half Car Vehicle With Semi-Active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (3), pp.631-636. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2019.2915002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LADRC applied to variable speed micro-hydro plants: Experimental validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Boudinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 85 (April), pp.290-298. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Useful redundancy in parameter and time delay estimation for continuous-time models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong S Ha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (sept.), pp.455-462. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2018.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01500012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability proof for nonlinear MPC design using monotonically increasing weighting profiles without terminal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 87, pp.455-459. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2017.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback law with Probabilistic Certification for Propofol-Based Control of BIS During Anesthesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Queinnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mazerolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (18), pp.6254-6266. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rnc.4374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01335969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Energy Management Strategy for EV Charging Stations Using Randomized Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (3), pp.1099-1106. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2017.2695160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01765663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electricity Grid Connection of a Tidal Farm: an Active Power Control Framework Constrained to Grid Code Requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Ben Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (4), pp.1948-1956. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSTE.2018.2820029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraction-Based Nonlinear Model Predictive Control Formulation Without Stability-Related Terminal Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.288-292. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2016.09.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A state-dependent updating period for certified real-time Model predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (5), pp.2464-2469. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2016.2594480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01348559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixed-Point based hierarchical MPC control design for a cryogenic refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58, pp.117-130. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Model-Based Control for Minimum-Time Start of Hydraulic Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (March), pp.24-30. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2016.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Higher Order Dynamics in the Fundamental Equation of Frequency in Islanded Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao - Xin Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50 (1), pp.6636--6641. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biomechanical model of the long finger extensor mechanism and its parametric identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Serviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Quaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58, pp.232-236. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.04.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Investigation of Control Updating Period Monitoring InIndustrial PLC-based Fast MPC: Application to The Constrained Controlof a Cryogenic Refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Theory and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (2), pp.92-108. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11768-017-6109-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring thermal conductivity and heat capacity of molten metallic alloys by electromagnetic levitation in DC field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (2), pp.289-298. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22364/mhd.53.2.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battery sizing for PV power plants under regulations using randomized algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 113, pp.596-607. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2017.05.091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Warm Compression Stations Using Model Predictive Control: Simulation and Experimental Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 171, pp.012135. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/171/1/012135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simulink Library of cryogenic components to automatically generate control schemes for large Cryorefrigerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bon-Mardion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 101, pp.012171. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/101/1/012171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Probabilistic Certification of Combined Cancer Therapies Using Strongly Uncertain Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 384, pp.59-69. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model based multivariable controller for large scale compression stations. Design and experimental validation on the LHC 18KW cryorefrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bradu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1610-1617. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4860899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Feedback Design For Combined Therapy Of Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.2057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Control Framework For A Stand-Alone Hybrid (Stirling Engine)/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 118 (1), pp.192-206. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2013.12.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic Model Identification Framework For Thermodynamic Engines For Use in Hybrid Power Stations Control and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (6), pp.966-974. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2014.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of Model-based Observer and Support Vector Machines for Fault Detection of Wind Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Laouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Automation and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (3), pp.274 - 287. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11633-014-0790-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear observers of the thermal loads applied to the helium bath of a cryogenic Joule-Thompson Cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (3), pp.73-80. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2013.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical control oriented model of large scale refrigerators to synthesize advanced control schemes. Design, validation, and first control results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1594-1601. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4860897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Framework For a Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 87 (10), pp.2194-2207. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207179.2014.905708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis and Design Procedure of Multiloop Linear LDO Regulators via State Matrix Decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Coulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hasbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (11), pp.5352-5363. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2013.2241456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00821721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of energy saving thanks to a reduced-model-based approach: Example of bread baking by jet impingement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Josset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 53, pp.74 - 82. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2013.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of partial explicit inversion maps in moving horizon observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (2), pp.167-181. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.46.167-181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Identification Framework for off-line computation of Moving-Horizon-observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 58 (7), pp.1877-1882. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2013.2256016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode du point fixe pour la mise en oeuvre de la commande prédictive non linéaire sous contraintes sur des EDP: Application à la stabilisation sous contraintes de l'équation aux dérivées partielles non linéaires de Kuramoto-Shivasinsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45, pp.693-713. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/jesa.45.693-713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00560906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable control of the polymer molecular weight in emulsion polymerization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (6), pp.861-873. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synaptic plasticity-based model for epileptic seizures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (6), pp.1183-1192. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2011.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Real-Time Implementable NMPC Output Feedback for a Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 66 (4), pp.613-625. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2011120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable Control Architecture For a Cryogenic Test Facility Under High Pulsed Loads: Model Derivation, Control Design and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (7), pp.1030-1039. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprocont.2011.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00600739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of temperature field during microwave tempering with unknown dielectric properties using CLPP: a generic user-friendly software sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Curet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.288-297. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2011.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00560904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Real-Time Implementation of Low-Dimensional Parameterized NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 48 (1), pp.198-204. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2011.09.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement Based Modeling and Control of Bimodal Particle Size Distribution in batch Emulsion Polymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIChE Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56 (8), pp.2122-2136. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aic.12148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Immunotherapy and chemotherapy of tumors: Feedback design and models updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 45, pp.1052-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-free feedback design for mixed cancer therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (3), pp.690-700. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/btpr.114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed immunotherapy and chemotherapy of tumors: Feedback design and model updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 258 (3), pp.444. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2008.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundancy vs multiple starting points in nonlinear systems related inverse problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (4), pp.1052-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of Nonlinear Receding Horizon Observers in Batch Terpolymerization Reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (1), pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swing-up and stabilization of a Twin-Pendulum under state and control constraints by fast NMPC scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (5), pp.1319-1324, May. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2007.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Constrained Optimal Control Applied to Cell-Cycle-Specific cancer Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (3), pp.175-190. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00348560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained nonlinear predictive control for maximizing production in polymerization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (2), pp.315-323. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2006.883192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00086527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further results on the accessibility of a satellite with two reaction wheels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.611-619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the reachability in any fixed time for positive continuous-time linear systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Commault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systems and Control Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (6), pp.272-276. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysconle.2006.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00108502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Stabilization via Communication Networks with a Distributed Control Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 52 (8), pp.1480-1486. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2007.902757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00201790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limit cycle generation for a class of non-linear systems with jumps using a low dimensional predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chemori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 78 (15), pp.1206-1217. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207170500268331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02502328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-step limit cycle generation for Rabbit's walking based on nonlinear low dimensional predictive control scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chemori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (5), pp.259-277. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechatronics.2005.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A flexible nonlinear model predictive control scheme for quality/performance handling in nonlinear SMB chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadi Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Corriou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.333-344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A benchmark for optimal control problem's solvers for hybrid nonlinear systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 42 (9), pp.1593-1598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage collapse avoidance in power Systems: A Receding-Horizon Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Automation and Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12 (1), pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid nonlinear state observer for concentration profiles reconstruction in nonlinear simulated moving bed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Corriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Process Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.345-353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Control of Uncertain Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, XXIV, 625 p., 2026, Hardcover ISBN 978-3-031-93286-1 ; Softcover ISBN978-3-031-93289-2 ; eBook ISBN978-3-031-93287-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pragmatic Story of Model Predictive Control: Self Contained Algorithms and Case-studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CreateSpace Independent Publishing Platform, pp.308, 2013, 978-1489541345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of Nonlinear System by Receding Horizon Control SCheme: A Parametrized Approach for Fast Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.310, 2006, Lecture Notes in Control and Identification Sciences, n°339</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of Nonlinear Systems Using Receding-Horizon Control Schemes: A Parametrized Approach for Fast Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, 320 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (115)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Heuristic for Dynamic Output Predictive Control Design for Uncertain Nonlinear Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2024 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2024, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04411186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operator Feedback-compatible Fault Detection Framework for Industrial Time-series Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINTI 2024 - IEEE 24th International Symposium on Computational Intelligence and Informatics (CINTI 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Óbuda University, Nov 2024, Budapest, Hungary. pp.000227-000232, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CINTI63048.2024.10830841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit approximation of stochastic optimal feedback control for combined therapy of cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2024 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2024, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation, earliness, alarm cardinality: A new metric for industrial time-series anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Le Magueresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAFEPROCESS 2024 - 12th IFAC Symposium on Fault Detection, Supervision and Safety for Technical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jun 2024, Ferrara, Italy. pp.192-197, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2024.07.216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04577634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Horizon Estimation for Anesthesia dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Ajami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PGMO 2023 - Programme Gaspard Monge PGMO Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Palaiseau, France. pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-based Extended Moving Horizon Estimation for MISO Anesthesia Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Aubouin--Pairault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2023 - 62nd IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse control-inspired features generation for Schizophrenia diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Meghnoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Robu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2023 - 22nd IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jul 2023, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regions of Attraction Estimation for Tumor Immune Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2023 - 21st European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bucarest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Tumor Immune Systems under Parametric Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PGMO 2022 - Programme Gaspard Monge PGMO Days 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Palaiseau, France. pp.86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load shedding optimization via data-driven modelling of HVAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioral cloning for fatigue-oriented wind turbine optimal predictive control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTNS 2020 - 24th International Symposium on Mathematical Theory of Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replicability and portability of an advanced grid-forming VSG control for electrical grid with high rate of renewable energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRED 2021 - 26th International Conference &amp; Exhibition on Electricity Distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPU based Stochastic Parameterized NMPC scheme for Control of Semi-Active Suspension System for Half Car Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2020 - 21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin (virtual), Germany. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.1391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Optimal Scheduling of Combined Chemo-and Immunotherapy: Considerations on Chemotherapy Detrimental Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2020 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Denver (online), United States. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC45564.2020.9147869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State observer to improve the VSG control stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2020 - 46th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2020, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON43393.2020.9254788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning-Based Approach for Individual Blade Pitch Controller Selection From Wind Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2019 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust optimal control-based design of a combined chemo and immunotherapy delivery profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FOSBE 2019 - 8th IFAC Conference on Foundations of Systems Biology in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven approach for fatigue-based individual blade pitch controller selection from wind conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2019 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC.2019.8815328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control under uncertainties: some tricks that really help!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCAC 2019 - 4th IEEE Colombian Conference on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Medelin, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reachability based Model Predictive Control for Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2019 - Fifth Indian Control Conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, New Delhi, India. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INDIANCC.2019.8715601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPC design under time shortage: Lessons from case-studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNCA 2019 - Congreso Nacional de Control Automático</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Puebla, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Robust LESO-based DC-Link Voltage Controller for Variable Speed Hydro-Electric Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Imaneini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2019 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Melbourne, Australia. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2019.8754987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Management of Variable Speed Pumped-Storage Hydro-Electric Plant: Cases Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Ovalle Villamil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2019 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Melbourne, Australia. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2019.8754935⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Implementation of Model Predictive Control Scheme for Control of Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAC 2019 - 9th IFAC International Symposium on Advances in Automotive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power plant: modelling, loss analysis, and experiment validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2018 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power generation system: Review and Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A machine learning approach for online IPC controller selection based on wind features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Di Domenico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sabiron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAWE 2018 - 14th EAWE PhD Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945079v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control and Parameter Estimation applied to Gene Expression in Yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jody Chochrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROCOND 2018 - 9th IFAC Symposium on Robust Control Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Florianopolis, Brazil. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Contrôleur de Courant pour la Machine Synchrone Virtuelle avec Adaptation aux Charges Connectées aux Micro-Réseaux Electrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable speed micro-hydro power generation system: Review and Experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of modulated calorimetry to the Liquid metals using electromagnetic levitation and static magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Budenkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Milgravis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPM 2018 - 9th International Symposium on Electromagnetic Processing of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Hyogo, Japan. pp.012004, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/424/1/012004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of different NMPC schemes for control of semi-active suspension system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VSDIA 2018 - 16th Mini Conference on Vehicle System Dynamics, Identification and Anomalies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for the Energy Optimization of a Multisource Elevator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2016 - 13th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal. pp.3-29, </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-55011-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02139036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parameterized NMPC Scheme for Embedded Control of Semi-active Suspension System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Murali Madhavan Rathai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rattena Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2018 - 6th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Madison, Wisconsin, United States. pp.301-306, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Output Feedback Controller For a Class of Nonlinear Systems with Actuator Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROCOND 2018 - 9th IFAC Symposium on Robust Control Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Florianópolis, Brazil. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation regarding an MPC scheme with non uniformly weighted stage cost without terminal constraints: Application to the control of a real-life cryogenic plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2018 - 6th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01811886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the stabilization of fixed-point iterations arising in hierarchical control design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification under Uncertainties of Control Methods for Multi-Source Elevators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA: Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.154-164, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01476039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADRC based speed control applied to a micro-hydropower plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2017 - 14ème Conférence des Jeunes Chercheurs en Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on ADRC based PMSM control designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2017 - 43rd Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2017.8216296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parametrized Model of the Long Finger Extensor Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Serviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Quaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISB 2017 - XXVI Congress of the International Society of Biomechanics 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Control of a Class of Uncertain Systems Under Control-derivative dependent disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amgad Tarek Mohamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On higher order dynamics in the fundamental equation of frequency in islanded microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao-Xin Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2017 - 20th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An anti-disturbance ADRC based MPPT for variable speed micro-hydropower plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baoling Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Imaneini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2017 - 43rd Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2017.8216302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained model based control for minimum-time start of hydraulic turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHR 2016 - 28th IAHR symposium on Hydraulic Machinery and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01325246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active power control under Grid Code constraints for a tidal farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Ben Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVER 2016 - 11th International Conference on Ecological Vehicles and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Monte Carlo, Monaco. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EVER.2016.7476415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01440808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the Impact of Frequency Containment Control and Synthetic Inertia on Intermittent Energies Generators Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Kovaltchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVER 2016 - 11th International Conference on Ecological Vehicles and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Monte Carlo, Monaco. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EVER.2016.7476361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Constrained Torque Control For Gasoline Engines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kang Mingxin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tielong Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.10.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring thermal conductivity and heat capacity of molten metallic alloys by electromagnetic levitation in a DC field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAMIR 2016 - 10th PAMIR International Conference Fundamental and Applied MHD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cagliari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain of attraction estimation of cancer chemotherapy model affected by state proportional uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2016 - 15th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aalborg, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298958v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit Model Predictive Control via Nonlinear Piecewise Approximations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Vuong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.10.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Contraction-Based NMPC Formulation Without Stability-Related Terminal Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2016 - 10th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Monterey, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269755v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sourcing problem: energy optimization of a multisource elevator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Giroudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2016 - 13th International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oleg Gusikhin; Dimitri Peaucelle; Kurosh Madani, Jul 2016, Lisbonne, Portugal. pp.19-30, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005947600190030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01378569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-Based Efficiency Enhancement in Cell-Cycle Specific Therapies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2016 - 55th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Las Vegas, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01348893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multisource elevator energy optimization and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Desdouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device for measuring thermal conductivity and heat capacity of metallic alloys by electromagnetic levitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimata Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPM 2015 - 8th International Conference on Electromagnetic Processing of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01335544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From certification of algorithms to certified MPC: The missing links</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2015 - 5th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01169632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invariance-based analysis of cancer chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Riah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSC 2015 - IEEE Multi-Conference on Systems and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Model For 2D Tumor Growth and Tumor Induced Angiogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirko Fiacchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Stephanou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamic Model Identification and MPC control of an Organic Rankine Cycle (ORC) based Solar Thermal Power Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydraulic-turbine start-up with &amp;quot; S-shaped &amp;quot; characteristic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Mesnage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perrissin-Fabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalability study for a hierarchical NMPC scheme for resource sharing problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-source elevator energy optimization and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dedouits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Le Pape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2015 - 14th European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Linz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed cooperative control framework of a cryogenic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIT 2015 - IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Séville, Spain. pp.179-186, </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icit.2015.7125096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed cooperative control scheme with optimal priority assignment and stability assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa. pp.11703-11708, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a primal and a dual decomposition for distributed MPC in smart districts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SmartGridComm 2014 - 5th IEEE International Conference on Smart Grid Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Venise, Italy. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new device for measuring thermal conductivity and heat capacity of metallic alloys by electromagnetic levitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Etay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gagnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Massucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire France-Japon sur l'EPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pornichet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Validation of a Novel Control Strategy For An Off-Grid Hybrid Stirling Engine/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lechat Sanjuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Adaptive Measurement Inclusion Rate In Real-Time Moving-Horizon Observers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2014 - 19th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Le Cap, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Observer of the thermal loads applied on the Helium Bath of a Cryogenic Refrigerator. Observer Design and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pawel Majecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Joint conference SSSC - 5th Symposium on System Structure and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Control Updating Period In Fast Gradient-Based NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2013 - 12th biannual European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3621-3626</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further investigations on energy saving by jet impingement in bread baking process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao-Dong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Joint conference SSSC - 5th Symposium on System Structure and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.n/c, </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20130204-3-FR-2033.00017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer-based control of a tethered wing wind power system: indoor real-time experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2013 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Washington, DC, United States. Paper TuB13.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control Strategy For An Off-Grid Hybrid Stirling Engine/Supercapacitor Power Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACC 2013 - American Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Washington, DC, United States. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy production control of an experimental kite system in presence of wind gusts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2013 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2013.6696701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande Prédictive Contrainte d'un Incinérateur de Boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Lacou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Shi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012 - 7ème Conférence Internationale Francophone d'Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France. pp.437-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for energy management in buildings Part 2: Distributed Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2012 - 4th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Noordwijkerhout, Netherlands. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bootstrap Current Optimization in Tokamaks Using Sum-of-Squares Polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditya Gahlawat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew M. Peet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2012 - 51st IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Maui, Hawaii, United States. pp.4359-4365, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2012.6426638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for energy management in buildings. Part 1: Zone Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2012 - 4th IFAC Conference on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Noordwijkerhout, Netherlands. pp.n/c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of a wind power system based on a tethered wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogelio Jr Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGNCA 2012 - IFAC Workshop on Embedded Guidance, Navigation and Control in Aerospace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00681823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified NMPC for Multi-Variable Control in Smart Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing Computational Complexity in Moving-Horizon Observers Using Partial Explicit Map Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2011 - ECC 2011 - 50th IEEE Conference on Decision and Control and European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Orlando, Floride, United States. pp.s/n</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed constrained Model Predictive Control based on bundle method for building energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2011 - ECC 2011 - 50th IEEE Conference on Decision and Control and European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Orlando, Floride, United States. pp.8118-8124, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2011.6161076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLPP: A User-Friendly Platform for Nonlinear Robust Observer Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Queinnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Titica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DYCOPS 2010 - 9th International Symposium on Dynamics and Control of Process Systems (DYCOPS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Leuven / Louvain, Belgium. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00469478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Solving Inverse Problems for Electric Fish Like Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Servagent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Girin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBIO 2010 - IEEE International Conference on Robotics and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tianjin, China. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Control Architecture For Multi-Beam Fringe Tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Symposium on SPIE Astronomical Telescopes and Instrumentation: Optical and Infrared Interferometry II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, San Diego, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Distributed NMPC Control Structure for partially cooperative systems under limited information sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Ding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Learning Control of the Particle Size Distribution in Emulsion Polymerization Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PBM 2010 - 4th International Conference on Population Balance Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Estimation of temperature field during microwave tempering under unknown dielectric properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Curet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bellemain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2011 - 18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative control of a warm compression system for a Helium refrigerator subject to high pulsed loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Cryogenic Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, -, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Validation of a parameterized NMPC for Diesel Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOSM 2009 - IFAC Workshop on Engine and Powertrain Control, Simulation and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phenomenological model for torque transmissibility during dry clutch engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSC 2009 - CCA 2009 - 3rd IEEE Multi-conference on Systems and Control - 18th IEEE International Conference on Control Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Saint Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of a hybrid MPC strategy for vehicle start-up with an Automated Manual Transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2009 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast NMPC Scheme For A Diesel Engine Air Path</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2009 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00368999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Mean Model for Controlling a Three-Dimensional Eel-like Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBIO 2008 - IEEE International Conference on Robotics and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Partially Cooperative Under Limited Communication and Destabilizing Interconnections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC TDS 2009 - 8th IFAC Workshop on Time Delay Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sinaia, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On useful redundancy in experiment design for nonlinear system identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CDC 2008 - 47th IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Cancun, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00297350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-variable Constrained Control Approach for a Three-Dimensional Eel-like Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2008 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Nice, France. http://iros2008.inria.fr/, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2008.4650695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00287819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified MPC strategy for idle-speed control, vehicle start-up and gearing applied to an Automated Manual Transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for monitoring control updating period in real-time NMPC Scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMPC 2008 : International Workshop on assessment and future directions on Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Pavia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00287813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Useful Redundancy in Dynamic Inverse Problems Related Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion Control of a Three-Dimensional Eel-like Robot Without Pectoral Fins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2008 - 17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On The Use of Nonlinear Receding-Horizon Observers in Batch Terpolymerization Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2007 - 7th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Petroria, South Africa. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070822-3-ZA-2920.00123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00116962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Design of a Twin Pendulum System in Presence of Sensor Bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOLCOS 2007 - 7th IFAC Symposium on Nonlinear Control Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Petroria, South Africa. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070822-3-ZA-2920.00193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00140324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On state-dependant sampling for nonlinear controlled systems sharing limited computational resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2007 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00092340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed immunotherapy and chemotherapy of tumors: Feedback design and model updating schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Computational Mathematical Populations Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, -, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00194681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback design for 3D movement of an Eel-like robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher El Rafei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghizlane Hafidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Porez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2007 - IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Observer for Frequency Meter in Digital Phase Locked Loops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Houdebine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECC 2007 - European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Kos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sampled spur free fractional frequency synthesizer and its noise analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Houdebine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sename</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00086709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A predictive switching strategy for a class of hybrid systems: wave suppression in fluid dynamic systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid-Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained nonlinear receding-horizon control for maximizing production in polymerization processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nida Sheibat-Othman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Othman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained minimum time oriented stabilization of extended chained form systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Hably</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joitn CDC-ECC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-optimal control of switched nonlinear system under location and switching constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2005 - 16th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Prague, Czech Republic. pp.s/n</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Stabilization via Time-Varying Communication Network Delays: Application to TCP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Control Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MATLAB/GUI case-study environment for nonlinear control learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayate Khennouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Orlando, United States. </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC.2001.980320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Learning-Powered Model Predictive Control for Hybrid Electric Vehicles with Real-World Driving Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuguo Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tielong Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le, X., Zhang, Z. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Neural Networks (ISBB 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14827, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.472-281, 2024, 978-981-97-4398-8, online ISBN 978-981-97-4399-5. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-4399-5_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed-in-time NMPC-Based Coordination Mechanism For Resource Sharing Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. M. Maestre and R. R. Negenborn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distributed MPC Made Easy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, pp.n/c, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariable control strategy based on a parameterized NMPC for Diesel Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Murilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ortner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABCM Series in Mecatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABCM, pp.316-324, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Monitoring Control Updating Period in Real-Time NMPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Magni, D. Raimondo and F. Allgöwer (Ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assessement and Future Directions in Nonlinear Model Predictive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 384, </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.433-445, 2009, Lecture Notes in Control and Information Sciences, 978-3-642-01094-1. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-01094-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of State Predictors in Networked Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Canudas de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications of Time-Delay Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.17-36, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Moving Horizon Observers: Theory & Real-Time Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear observers &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re injecting the structure in NMPC schemes. Application to the constrained stabilization of a snake board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diehl M. ; Mombaur K. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fast Motions in Biomechanics and Robotics : Optimization and Feedback Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, 2006, Series: Lecture Notes in Control and Information Sciences LNCIS Vol. 340. ISBN: 978-3-540-36118-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La commande prédictive non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sous la direction de Patrick Boucher et Didier Dumur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La commande prédicitve avancées et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès Science Publications, pp. 157-196, 2006, Série Systèmes Automatisées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low dimensional contractive NMPC scheme for nonlinear systems stabilization: theoretical framework and numerical investigation on relatively fast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assesment and Future Directions of Nonlinear Model Predicitive Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag, 2006, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Constrained Optimal Control Applied to Cell-Cycle-Specific Cancer Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chareyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Commault, Nicolas Marchand (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positive Systems. Proceedings of the Second Multidisciplinary International Symposium on Positive Systems : Theory and Applications POSTA 06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, p. 271-278, 2006, Lecture Notes in Control and Information Sciences LNCIS 341. ISBN : 3-540-34771-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot anguille sous-marin en 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chablat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wisama Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition Techniques de l'Ingénieur, pp.S 7 856: 1-16, 2006, </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-s7856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operator Feedback-compatible Fault Detection Framework for Industrial Time-series Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CINTI 2024 - IEEE 24th International Symposium on Computational Intelligence and Informatics (CINTI 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation time reducing via non linearity isolating and constraint handling in fixed-point based hierarchical control framework.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCA 2022 - 17th IEEE International Conference on Control and Automation (ICCA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Naples, Italy. IEEE, 2022, 2022 IEEE 17th International Conference on Control &amp; Automation (ICCA), </w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCA54724.2022.9831869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of fast-NMPC and deep learning approach in fixed-point-based hierarchical control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoDIT 2022 - 8th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Istanbul, Turkey. 2022, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT55151.2022.9804100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Iterative residual-based method for modular privacy-preserving requirement in hierarchical control framwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuan-Huy H Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoDIT 2022 - 8th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Istanbul, Turkey. 2022, </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT55151.2022.9804044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control for helium compression station: simulation and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X.H. Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryogenic Engineering Conference (CEC) 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Connecticut, United States. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 755 (1), pp.012075, 2020, </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/755/1/012075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04811311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification des valeurs de paramètres de la loi de commande d'un générateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3101739, CN112600190, EP3800777, US2021104964. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control method of a generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Debusschere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 20200091720. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjustment of Parameter Values of a Control Rule of a Generatoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 10840708. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method of controlling an electrical production station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 10355486. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control method of a generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Moulichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Amine Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Garbuio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao - Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 19196478.2. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for controlling an electrical production station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">El Salvador, Patent n° : US 2018/0069401 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01765669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for controlling a microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dobrowolski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gualino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Bacha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : 17306616.8 - 1202. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for managing power in a charging station for electric vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Pflaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 10040365. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for estimating the heat load imposed on a cryogenic refrigerator, associated program product, and method for controlling the refrigerator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : PCT/IB2011/053086. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00771545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'estimation de la charge thermique imposé à un réfrigérateur cryogénique, produit, programme associé et procédé de régulation du réfrigérateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bonnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: BD11968. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé pour contrôler la phase de fermeture d'un embrayage d'un système de transmission robotisée automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : IFP 09290470.5 - 2423. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method of controlling the closing phase of a clutch of an automated automobile transmission system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolino Tona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 12/495.885. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de commande pour gérer le confort d'une zone d'un bâtiment selon une approche multicritère et installation pour la mise en oeuvre du procédé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Lamoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Béguery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US2009/0112369. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output Feedback Control of a Class of Uncertain Systems Under Control-derivative dependent disturbances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] Gipsa-Lab; Cnrs. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LP-Based Identification of general nonlinear multivariable maps: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Controlling Unknown Scalar Systems with Low Gain Feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLP Solutions as Asymptotic Values of ODE Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] GIPSA-lab. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundancy vs multiple starting points in nonlinear related inverse problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James S. Welsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham C. Goodwin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00288455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of a general constrained MPC solver for the cheops project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Alamir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00325425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId569"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mazenalamir.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05520250v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Aubouin--Pairault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Moussa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Meyer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Wolf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05518495v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419169v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Wolf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418661v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347888v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776465v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577616v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dion" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569083v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882652v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Murali Madhavan Rathai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sename" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01904518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Fiacchini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01651736v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05279666v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacsc.2026.100365" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Clavel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favre-Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2025.103451" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757523v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3499835" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05210334v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106545" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044552v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2025.3582951" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984011v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2025.112469" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04180132v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Huy H Pham" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01969722.2023.2247264" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053625v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Meghnoudj" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Robu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077394v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2023.111508" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150872v3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Dang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lcsys.2023.3291665" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495354v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Moulichon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debusschere" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Garbuio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Hadjsaid" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16207075" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899887v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Candelier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Renda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2022.3226112" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621446v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2022.03.007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321077v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2021.3108490" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373451v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnay" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2021.09.009" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651829v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6158" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016035v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoling Guo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hably" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boudinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.2981571" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570364v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Pannochia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109420" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03169150v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Collet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Di Domenico" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sabiron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2021.02.052" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651642v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pouget" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11768-021-00036-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03389034v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.06.121" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359186v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2021.126482" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03218672v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1835" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014669v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2021.01.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03010303v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1618/2/022004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015963v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Amine Rahmani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2020.3010085" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016010v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amgad Tarek Mohamed" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13215764" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896615v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Alloin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.05.152" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935701v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2020.2970424" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260245v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulichon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Debusschere" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garbuio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Rahmani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/bpasts.2020.134181" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01945806v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Riah" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2018.12.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133503v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2915002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057891v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.02.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335969v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tarbouriech" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mazerolles" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.4374" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765663v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Pflaum" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yacine Lamoudi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2017.2695160" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01753070v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ben Chabane" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2018.2820029" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664493v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.10.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500012v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong S Ha" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S Welsh" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2018.06.023" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897987v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Etay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alimata Diarra" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gagnoud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massucci" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.53.2.8" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583110v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dogadov" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Serviere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.04.030" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410088v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mesnage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perrissin-Fabert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2016.12.002" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277816v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dobrowolski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gualino" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao - Xin Wang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1527" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426855v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11768-017-6109-y" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582322v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Vuong Trinh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2017.09.006" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528673v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.05.091" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873278v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/171/1/012135" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402122v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2016.09.045" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348559v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2594480" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184148v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.08.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873237v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hoa" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bon-Mardion" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/101/1/012171" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920613v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2013.12.044" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RSNVBWBW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747681v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2057" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3H31218R-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982676v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2014.04.019" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGX8982T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873216v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860897" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902690v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Laouti" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Othman" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat-Othman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11633-014-0790-9" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922066v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2013.12.015" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPNJ565P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796243v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Murilo" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ortner" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2014.905708" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873191v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bradu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860899" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645559v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.02.016" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B28L7S9T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821721v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coulot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hasbani" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2241456" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867888v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Omar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.46.167-181" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NWCQMRF7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743922v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2013.2256016" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560904v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bellemain" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2011.01.009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FN3GTZ1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937421v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ortner" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2011120" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600739v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Clavel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barraud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bornard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.06.002" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XR4RG932-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670267v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Welsh" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham C. Goodwin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2011.02.018" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6JLF0QR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584426v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.03.010" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPV1S2QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605472v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2011.09.046" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G51MD0B3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560906v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.45.693-713" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-9P9JJJ5H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533255v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.12148" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2HBLVJK5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392766v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chareyron" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.114" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49DJRPZ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344166v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554500v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2008.07.002" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160743v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2007.09.020" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F03W4ZRK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160744v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344160v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083866v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086527v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2006.883192" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108502v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Commault" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2006.10.021" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXNLF57R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201790v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Canudas de Wit" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Georges" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2007.902757" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348560v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.793" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021921v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Ibrahim" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Corriou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083861v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083893v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ahmed Attia" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021688v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083873v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chemori" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2005.12.001" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02502328v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207170500268331" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05100312v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031932861" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826189v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098648v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113043v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758507v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CINTI63048.2024.10830841" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411186v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428200v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577634v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Le Magueresse" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.07.216" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051822v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295820v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379146v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ajami" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150237v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150200v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595319v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana David" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368921v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610805v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871352v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC45564.2020.9147869" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016077v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON43393.2020.9254788" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134088v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1391" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882534v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INDIANCC.2019.8715601" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386184v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2019.8815328" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183282v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042602v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Imaneini" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2019.8754987" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183283v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160145v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042657v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ovalle Villamil" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2019.8754935" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378204v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378199v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955033v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rattena Tang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.029" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02139036v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Desdouits" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Giroudeau" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55011-4_1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994573v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983368v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Rahmani" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832082v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922570v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Budenkova" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Milgravis" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Garnier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagnoud" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delannoy" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012004" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945079v2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378209v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jody Chochrane" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.123" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981922v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811886v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915438v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.118" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720387v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352328" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478826v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618344v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634595v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2017.8216296" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533679v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476039v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_16" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478818v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao-Xin Wang" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634616v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2017.8216302" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478822v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325246v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440808v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2016.7476415" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303995v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Mingxin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tielong Shen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.261" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321296v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2016.7476361" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269755v2" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303993v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.173" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127507v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298958v2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348893v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01378569v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005947600190030" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235357v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235354v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Stephanou" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119032v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gualino" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250201v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169632v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208074v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119029v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dedouits" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Boutin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134613v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyang Ding" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonne" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2015.7125096" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335544v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235361v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boutin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947180v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lechat Sanjuan" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949668v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.00093" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022355v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149368v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Etay" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diarra" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massucci" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863940v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784150v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Jr Lozano" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dumon" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746651v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Dong Li" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-2033.00017" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795193v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746619v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Majecki" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782992v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873096v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2013.6696701" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982645v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadet" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lacou" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Shi" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053418v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Gahlawat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Peet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426638" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699938v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick B&#233;guery" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699937v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681823v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567515v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867897v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6161076" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608816v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523679v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460000v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vincent" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Perraut" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522917v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Girin" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469478v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Titica" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523442v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472085v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567518v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368999v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369003v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amari" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolino Tona" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374853v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327533v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher El Rafei" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Porez" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392768v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408023v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287813v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287819v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650695" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199439v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199451v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199433v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297350v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140324v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070822-3-ZA-2920.00193" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092340v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194681v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124331v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghizlane Hafidi" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126190v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Houdebine" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dedieu" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116962v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070822-3-ZA-2920.00123" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083917v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid-Ahmed Attia" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083908v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086709v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396342v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397475v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196872v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01935189v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayate Khennouf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2001.980320" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758647v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuguo Xu" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-97-4399-5_45" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4399-5_45" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796242v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734455v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344172v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007%2F978-3-642-01094-1_34" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01094-1_34" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3G0LC1WD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196856v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176047v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083355v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083362v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083371v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186672v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Leroyer" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7856" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115682v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813819v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633513v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA54724.2022.9831869" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633559v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT55151.2022.9804100" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633555v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT55151.2022.9804044" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04811311v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.H. Pham" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonne" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnay" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attard" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/755/1/012075" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024316v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916756v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916740v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916766v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765669v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686935v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379976v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367745v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771545v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734452v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734453v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734454v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734451v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384474v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131522v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215808v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104686v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325425v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288455v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mazenalamir.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05518495v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05533907v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05520250v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Aubouin--Pairault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Moussa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Meyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Wolf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419169v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Wolf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418661v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347888v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776465v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577616v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882652v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Murali Madhavan Rathai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sename" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569083v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01904518v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Fiacchini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01651736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05279666v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacsc.2026.100365" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433203v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Clavel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favre-Faure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2025.103451" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984011v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2025.112469" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05210334v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106545" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757523v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3499835" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044552v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2025.3582951" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077394v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2023.111508" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053625v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Meghnoudj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Robu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106882" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04180132v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Huy H Pham" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01969722.2023.2247264" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Moulichon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debusschere" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Garbuio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Hadjsaid" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16207075" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150872v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Dang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lcsys.2023.3291665" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899887v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Candelier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Renda" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2022.3226112" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321077v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2021.3108490" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621446v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2022.03.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373451v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2021.09.009" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651829v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6158" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03389034v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Collet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Di Domenico" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sabiron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.06.121" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651642v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baoling Guo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pouget" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11768-021-00036-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570364v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Pannochia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109420" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03169150v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2021.02.052" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016035v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hably" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boudinet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.2981571" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03218672v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1835" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359186v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2021.126482" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014669v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2021.01.002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260245v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulichon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Debusschere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garbuio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Rahmani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/bpasts.2020.134181" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015963v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Amine Rahmani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2020.3010085" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03010303v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1618/2/022004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016010v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amgad Tarek Mohamed" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13215764" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896615v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Alloin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.05.152" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935701v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2020.2970424" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01945806v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Riah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2018.12.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133503v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2915002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057891v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.02.008" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500012v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong S Ha" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S Welsh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2018.06.023" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664493v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.10.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335969v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tarbouriech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mazerolles" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.4374" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765663v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Pflaum" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yacine Lamoudi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2017.2695160" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01753070v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ben Chabane" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2018.2820029" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402122v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2016.09.045" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348559v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2594480" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582322v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Vuong Trinh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2017.09.006" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410088v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mesnage" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perrissin-Fabert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2016.12.002" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277816v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dobrowolski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gualino" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao - Xin Wang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1527" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583110v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dogadov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Serviere" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.04.030" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426855v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11768-017-6109-y" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897987v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Etay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alimata Diarra" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gagnoud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massucci" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.53.2.8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528673v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.05.091" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873278v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/171/1/012135" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873237v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hoa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bon-Mardion" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/101/1/012171" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184148v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.08.008" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873191v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bradu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860899" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747681v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2057" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3H31218R-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920613v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2013.12.044" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RSNVBWBW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982676v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2014.04.019" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGX8982T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902690v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Laouti" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Othman" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat-Othman" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11633-014-0790-9" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922066v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2013.12.015" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPNJ565P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873216v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860897" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796243v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Murilo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ortner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2014.905708" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821721v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coulot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hasbani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2241456" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645559v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.02.016" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B28L7S9T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867888v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Omar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.46.167-181" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NWCQMRF7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743922v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2013.2256016" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560906v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.45.693-713" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-9P9JJJ5H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584426v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.03.010" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPV1S2QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670267v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Welsh" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham C. Goodwin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2011.02.018" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6JLF0QR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937421v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ortner" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2011120" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600739v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Clavel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barraud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bornard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.06.002" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XR4RG932-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560904v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bellemain" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2011.01.009" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FN3GTZ1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605472v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2011.09.046" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G51MD0B3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533255v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.12148" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2HBLVJK5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344166v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chareyron" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392766v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.114" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49DJRPZ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554500v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2008.07.002" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344160v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160744v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160743v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2007.09.020" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F03W4ZRK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348560v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.793" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086527v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2006.883192" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083866v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108502v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Commault" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2006.10.021" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXNLF57R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201790v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Canudas de Wit" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Georges" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2007.902757" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02502328v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chemori" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207170500268331" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083873v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2005.12.001" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021921v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Ibrahim" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Corriou" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083861v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083893v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ahmed Attia" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021688v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05100312v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031932861" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826189v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098648v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113043v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411186v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758507v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CINTI63048.2024.10830841" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428200v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577634v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Le Magueresse" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.07.216" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379146v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ajami" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295820v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051822v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150237v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150200v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595319v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana David" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610805v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368921v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134088v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1391" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871352v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC45564.2020.9147869" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016077v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON43393.2020.9254788" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378204v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378199v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386184v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2019.8815328" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183282v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882534v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INDIANCC.2019.8715601" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183283v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042602v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Imaneini" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2019.8754987" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042657v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ovalle Villamil" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2019.8754935" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160145v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720387v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352328" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981922v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945079v2" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378209v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jody Chochrane" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.123" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983368v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Rahmani" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832082v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922570v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Budenkova" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Milgravis" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Garnier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagnoud" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delannoy" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012004" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994573v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02139036v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Desdouits" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Giroudeau" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55011-4_1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955033v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rattena Tang" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.029" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915438v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.118" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811886v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478822v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476039v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_16" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533679v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634595v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2017.8216296" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618344v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478826v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478818v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao-Xin Wang" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634616v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2017.8216302" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325246v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440808v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2016.7476415" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321296v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2016.7476361" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303995v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Mingxin" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tielong Shen" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.261" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127507v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298958v2" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303993v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.173" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269755v2" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01378569v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005947600190030" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348893v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235361v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boutin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335544v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169632v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208074v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235354v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Stephanou" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119032v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gualino" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250201v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235357v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119029v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dedouits" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Boutin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134613v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyang Ding" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonne" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2015.7125096" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949668v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.00093" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022355v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149368v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Etay" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diarra" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massucci" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947180v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lechat Sanjuan" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863940v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746619v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Majecki" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795193v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746651v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Dong Li" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-2033.00017" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784150v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Jr Lozano" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dumon" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782992v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873096v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2013.6696701" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982645v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadet" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lacou" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Shi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699938v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick B&#233;guery" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053418v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Gahlawat" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Peet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426638" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699937v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681823v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567515v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608816v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867897v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6161076" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469478v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Titica" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522917v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Girin" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460000v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vincent" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Perraut" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523679v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472085v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567518v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523442v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408023v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374853v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amari" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolino Tona" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369003v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368999v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327533v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher El Rafei" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Porez" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392768v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297350v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287819v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650695" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199439v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287813v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199451v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199433v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116962v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070822-3-ZA-2920.00123" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140324v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070822-3-ZA-2920.00193" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092340v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194681v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124331v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghizlane Hafidi" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126190v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Houdebine" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dedieu" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086709v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083917v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid-Ahmed Attia" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083908v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396342v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397475v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196872v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01935189v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayate Khennouf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2001.980320" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758647v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuguo Xu" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-97-4399-5_45" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4399-5_45" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734455v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796242v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344172v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007%2F978-3-642-01094-1_34" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01094-1_34" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3G0LC1WD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196856v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176047v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083371v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083362v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083355v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115682v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186672v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Leroyer" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7856" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813819v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633513v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA54724.2022.9831869" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633559v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT55151.2022.9804100" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633555v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT55151.2022.9804044" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04811311v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.H. Pham" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonne" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnay" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/755/1/012075" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024316v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916756v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916740v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916766v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379976v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765669v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686935v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367745v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771545v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734452v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734453v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734454v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734451v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384474v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131522v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215808v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104686v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288455v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325425v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>