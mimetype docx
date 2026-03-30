--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -181,392 +181,392 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Control of Microswimmers for Trajectory Tracking Using Bayesian Optimization</w:t>
+                <w:t xml:space="preserve">Adaptive Replication Strategies in Trust-Region-Based Bayesian Optimization of Stochastic Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Binois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
+                <w:t xml:space="preserve">Jeffrey Larson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05504613v1</w:t>
+                <w:t xml:space="preserve">hal-05049210v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Replication Strategies in Trust-Region-Based Bayesian Optimization of Stochastic Functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Control of Microswimmers for Trajectory Tracking Using Bayesian Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Binois</w:t>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Larson</w:t>
+                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05049210v2</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Locally Controllable but Trackable Magnetic Head Flagellated Swimmer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modular Jump Gaussian Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Flowers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Franck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiwoo Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Gramacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348147v1</w:t>
+                <w:t xml:space="preserve">hal-05176011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular Jump Gaussian Processes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Non-Locally Controllable but Trackable Magnetic Head Flagellated Swimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Gramacy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05176011v1</w:t>
+                <w:t xml:space="preserve">hal-05348147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Grid-Based Thompson Sampling for Efficient Trajectory Discovery</w:t>
               </w:r>
@@ -578,51 +578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arindam Fadikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abby Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholson Collier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -666,51 +666,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gearing Gaussian process modeling and sequential design towards stochastic simulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arindam Fadikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -754,51 +754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining additivity and active subspaces for high-dimensional Gaussian process modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Picheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -842,51 +842,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shared active subspace for multivariate vector-valued functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Musayeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -917,51 +917,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shapes enhancing the propulsion of multiflagellated helical microswimmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Berti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alouges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1067,51 +1067,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traffic prediction by combining macroscopic models and Gaussian processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Würth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Goatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1152,291 +1152,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hetGPy: Heteroskedastic Gaussian Process Modeling in Python</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ross Hammond</w:t>
+                <w:t xml:space="preserve">Parametric Shape Optimization of Flagellated Micro-Swimmers Using Bayesian Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Berti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.07518⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.034101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05372470v1</w:t>
+                <w:t xml:space="preserve">hal-04699705v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric Shape Optimization of Flagellated Micro-Swimmers Using Bayesian Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+                <w:t xml:space="preserve">hetGPy: Heteroskedastic Gaussian Process Modeling in Python</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David O’gara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Binois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Garnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Hammond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (106), pp.7518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.034101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21105/joss.07518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04699705v2</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A portfolio approach to massively parallel Bayesian optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholson Collier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1496,103 +1496,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Policy-Oriented Agent-Based Modeling with History Matching: A Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David O’gara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cliff Kerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Garnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidemics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 52, pp.100845. </w:t>
@@ -1669,51 +1669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Thulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dumonteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1777,64 +1777,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity Prewarping for Local Surrogate Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Wycoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Gramacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technometrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 64 (4), pp.535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1881,51 +1881,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data driven uncertainty quantification in macroscopic traffic flow models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Würth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Goatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2002,51 +2002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Pezzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Duvigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2071,51 +2071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A survey on high-dimensional Gaussian process modeling with application to Bayesian optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Wycoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2151,291 +2151,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419959v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Gaussian Process Metamodels and Sequential Designs for Noisy Level Set Estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A population data-driven workflow for COVID-19 modeling and learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Ozik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiong Lyu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Justin Wozniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholson Collier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Macal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Ludkovski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics and Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (43), </w:t>
+              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (5), pp.483-499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11222-021-10014-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/10943420211035164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124928v1</w:t>
+                <w:t xml:space="preserve">hal-03473359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A population data-driven workflow for COVID-19 modeling and learning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating Gaussian Process Metamodels and Sequential Designs for Noisy Level Set Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justin Wozniak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicholson Collier</w:t>
+                <w:t xml:space="preserve">Xiong Lyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Macal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickael Binois</w:t>
+                <w:t xml:space="preserve">Michael Ludkovski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35 (5), pp.483-499. </w:t>
+              <w:t xml:space="preserve">Statistics and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (43), </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/10943420211035164⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11222-021-10014-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473359v1</w:t>
+                <w:t xml:space="preserve">hal-03124928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hetGP: Heteroskedastic Gaussian Process Modeling and Sequential Design in R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert B. Gramacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2508,51 +2508,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud M R Elsawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Gourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Duvigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2629,51 +2629,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential Learning of Active Subspaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Wycoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan M. Wild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2733,51 +2733,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of metasurfaces under geometrical uncertainty using statistical learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Elsawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Duvigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2844,273 +2844,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03356986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the choice of the low-dimensional domain for global optimization via random embeddings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The Kalai-Smorodinski solution for many-objective Bayesian optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Picheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ginsbourger</w:t>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Roustant</w:t>
+                <w:t xml:space="preserve">Abderrahmane Habbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (150), pp.1-42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01508196v2</w:t>
+                <w:t xml:space="preserve">hal-01656393v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Kalai-Smorodinski solution for many-objective Bayesian optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the choice of the low-dimensional domain for global optimization via random embeddings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victor Picheny</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ginsbourger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Taillandier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abderrahmane Habbal</w:t>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 76, pp.69-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10898-019-00839-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01656393v3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508196v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GPareto: An R Package for Gaussian-Process-Based Multi-Objective Optimization and Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Picheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3170,64 +3170,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bayesian optimization approach to find Nash equilibria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Picheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Habbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Global Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 73 (1), pp.171 - 192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3261,77 +3261,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying uncertainty on Pareto fronts with Gaussian Process conditional simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ginsbourger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Operational Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 243 (2), pp.386-394. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3365,77 +3365,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the estimation of Pareto fronts from the point of view of copula theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roustant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 324, pp.270 - 285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3501,51 +3501,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchronous vs Asynchronous Active Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3634,51 +3634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Antoine Désidéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3746,64 +3746,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A game theoretic perspective on Bayesian multi-objective optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Habbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Picheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3821,341 +3821,2162 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-25263-1_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03206174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decoupled Design of Experiments for Expensive Multi-objective Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Branke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fieldsend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Purshouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LION 2024 - Learning and Intelligent Optimization Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Ischia, Italy. pp.37-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-75623-8_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Fidelity Bayesian Optimization of Metasurface Designs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Bellouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Elsawy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMTS 2025 - 25th URSI International Symposium on Electromagnetic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, URSI Commission B, Jun 2025, Bologna, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Training of physics-informed neural networks: a multi-criterion viewpoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DTE - AICOMAS 2025 - 3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectory-Oriented Optimization of Stochastic Epidemiological Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arindam Fadikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholson Collier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abby Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Ozik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 Winter Simulation Conference (WSC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, San Antonio, France. pp.1244-1255, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WSC60868.2023.10408258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prioritized multi-objective optimization of an aircraft flight performance based on Nash games from preponderant Pareto-optimal points</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Antoine Desideri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CM3 2023 - Computational Multi Physics, Multi Scales and Multi Big Data Transport Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Jyvaskyla, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation of calibration strategies for macroscopic traffic flow models on synthetic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Würth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Goatin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Conference on Models and Technologies for Intelligent Transportation Systems (MT-ITS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Saint-Laurent-Du-Var, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved Multi-Label Propagation for Small Data with Multi-Objective Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Musayeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECML PKDD 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Turin (Italie), Italy. pp.284-300, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-43421-1_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914733v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CAD-Consistent Aerodynamic Design via the Isogeometric Paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Pezzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advanced numerical modeling methods for the characterization and optimization of metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud M. R. Elsawy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Genevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Kadhir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 3rd URSI Atlantic and Asia Pacific Radio Science Meeting (AT-AP-RASC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Gran Canaria, Spain. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/AT-AP-RASC54737.2022.9814395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03925477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fully Integrated Geometry-Simulation-Optimization Framework via NURBS Representations with Application to Airfoil Morphing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Pezzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCOMAS CM3 : Methods, Tools and Technologies for Design in Aviation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling geometry and simulation for aerodynamic shape optimisation: an isogeometric approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Pezzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Coupled Problems in Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Cagliari, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statistical learning multiobjective optimization for large-scale achromatic metalens at visible regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud M R Elsawy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Genevet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLEO, Laser Science to Photonic Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, San Jose, California (web conference format), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/CLEO_QELS.2021.FTh2M.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heteroskedastic Gaussian processes for simulation experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UQSay #01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Saclay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solving Kalai-Smorodinski Equilibria Using Gaussian Process Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Picheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Habbal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ENBIS 2017 - 17th Annual Conference of the European Network for Business and Industrial Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01656366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A warped kernel improving robustness in Bayesian optimization via random embeddings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ginsbourger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning and Intelligent Optimization: 9th International Conference, LION 9. Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-19084-6_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078003v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application des copules à l'estimation de fronts de Pareto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roustant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47èmes Journées de Statistique de la SFdS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2015, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01152513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inverse modeling to estimate methane surface emission with optimization and reduced models: application of waste landfill plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espéran Padonou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th Annual Conference of the European Network for Business and Industrial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Ankara, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00849417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric shape optimization of flagellated microswimmers using Bayesian techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Palazzolo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Berti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMO 2025 - International Conference on Sensitivity Analysis of Model Output</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05010013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-informed neural networks for multidisciplinary analysis and design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Duvigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMO 2025 : International Conference on Sensitivity Analysis of Model Output</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced optimization technique for robust and multiobjective metasurface designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Elsawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Duvigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4174,1878 +5995,57 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICMAT2023 - International Conference on Materials for Advanced Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Singapore (SG), Singapore. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355037v1</w:t>
-              </w:r>
-[...1819 lines deleted...]
-                <w:t xml:space="preserve">emse-00849417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6063,51 +6063,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty quantification on pareto fronts and high-dimensional strategies in bayesian optimization, with applications in multi-objective automotive design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Binois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">General Mathematics [math.GM]. Ecole Nationale Supérieure des Mines de Saint-Etienne, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015EMSE0805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6224,51 +6224,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6592A398"/>
+    <w:nsid w:val="141A990A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6455,51 +6455,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mbinois" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7225-1680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192953540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504613v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Palazzolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Binois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Giraldi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049210v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Binois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Larson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05348147v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176011v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Flowers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Franck" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiwoo Park" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gramacy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Fadikar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abby Stevens" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholson Collier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ozik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04824305v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434927v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372410v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Musayeva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Berti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alouges" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aussal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345140v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra W&#252;rth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Goatin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116397" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372470v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David O&#8217;gara" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Garnett" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Hammond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.07518" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699705v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.034101" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03383097v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.16868" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868131v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Kerr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2025.100845" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393039v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borana Mom" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Thulliez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dumonteil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JNR-220027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03473366v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Wycoff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2022.2046170" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202124v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone G&#246;ttlich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03670109v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pezzano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03419959v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124928v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Lyu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ludkovski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-021-10014-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03473359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Wozniak" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Macal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211035164" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02414688v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. Gramacy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v098.i13" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212349v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud M R Elsawy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gourdin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c00753" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02367750v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan M. Wild" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2021.1874962" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03356986v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Elsawy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Genevet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.430409" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508196v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-019-00839-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01656393v3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Habbal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623482v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v089.i08" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01944524v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0688-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904811v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.07.032" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097403v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2015.06.037" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04826712v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine D&#233;sid&#233;ri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wintz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-98675-8_4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03206174v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25263-1_11" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010013v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05361355v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Ricard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355037v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Isnard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Branke" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fieldsend" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Purshouse" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75623-8_4" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05288409v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leroy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05306445v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05390582v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WSC60868.2023.10408258" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine Desideri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197769v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03914733v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43421-1_17" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03867219v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03925477v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud M. R. Elsawy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Kadhir" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/AT-AP-RASC54737.2022.9814395" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03428714v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03428773v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03357023v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2021.FTh2M.3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109919v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01656366v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078003v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19084-6_28" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01152513v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00849417v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esp&#233;ran Padonou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01310521v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EMSE0805" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mbinois" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7225-1680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192953540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049210v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Binois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Larson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504613v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Palazzolo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Binois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Giraldi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176011v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Flowers" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Franck" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiwoo Park" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gramacy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05348147v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Fadikar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abby Stevens" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholson Collier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ozik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04824305v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434927v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372410v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Musayeva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Berti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alouges" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aussal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345140v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra W&#252;rth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Goatin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116397" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699705v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.034101" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372470v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David O&#8217;gara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Garnett" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Hammond" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.07518" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03383097v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.16868" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868131v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Kerr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2025.100845" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393039v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borana Mom" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Thulliez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dumonteil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JNR-220027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03473366v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Wycoff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2022.2046170" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202124v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone G&#246;ttlich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03670109v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pezzano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03419959v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03473359v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Wozniak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Macal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211035164" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03124928v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Lyu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ludkovski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-021-10014-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02414688v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. Gramacy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v098.i13" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212349v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud M R Elsawy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gourdin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c00753" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02367750v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan M. Wild" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2021.1874962" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03356986v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Elsawy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Genevet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.430409" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01656393v3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Habbal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508196v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-019-00839-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623482v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v089.i08" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01944524v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0688-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904811v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.07.032" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097403v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2015.06.037" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04826712v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine D&#233;sid&#233;ri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wintz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-98675-8_4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03206174v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25263-1_11" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959599v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Branke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fieldsend" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Purshouse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75623-8_4" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05288409v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05306445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Ricard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05390582v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WSC60868.2023.10408258" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495485v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine Desideri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197769v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03914733v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43421-1_17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03867219v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03925477v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud M. R. Elsawy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Kadhir" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/AT-AP-RASC54737.2022.9814395" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03428773v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03428714v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03357023v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2021.FTh2M.3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109919v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01656366v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078003v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19084-6_28" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01152513v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00849417v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esp&#233;ran Padonou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010013v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05361355v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355037v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Isnard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01310521v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EMSE0805" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>