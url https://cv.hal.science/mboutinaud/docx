--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3073,295 +3073,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cabergoline inhibits prolactin secretion and accelerates involution in dairy cows after dry-off</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dietary cation-anion difference and day length have an effect on milk calcium content and bone accretion of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Johan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eva Gandemer</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 99 (7), pp.5707-5718. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-10782⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 99 (2), pp.1527-1538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-9664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455906v1</w:t>
+                <w:t xml:space="preserve">hal-01455887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary cation-anion difference and day length have an effect on milk calcium content and bone accretion of dairy cows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Boudon</w:t>
+                <w:t xml:space="preserve">Cabergoline inhibits prolactin secretion and accelerates involution in dairy cows after dry-off</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Johan</w:t>
+                <w:t xml:space="preserve">N. Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Narcy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Gandemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 99 (2), pp.1527-1538. </w:t>
+              <w:t xml:space="preserve">, 2016, 99 (7), pp.5707-5718. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-9664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-10782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455887v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences during the first lactation between cows cloned by somatic cell nuclear transfer and noncloned cows</w:t>
               </w:r>
@@ -4726,298 +4726,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in mammary secretory tissue during lactation in ovariectomized dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Steroids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 78 (10), pp.973-981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.steroids.2013.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210606v1</w:t>
+                <w:t xml:space="preserve">hal-01129764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in mammary secretory tissue during lactation in ovariectomized dairy cows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Steroids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Revue francaise d'histo technologie 2013 Vol 26, 26 (1), pp.31-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.steroids.2013.06.003⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01129764v1</w:t>
+                <w:t xml:space="preserve">hal-05158522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The decrease in milk yield during once daily milking is due to regulation of synthetic activity rather than apoptosis of mammary epithelial cells in goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5205,303 +5205,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New developments on the galactopoietic role of prolactin in dairy ruminants.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of polyunsaturated fatty acids from plant oils and algae on milk fat yield and composition are associated with mammary lipogenic and SREBF1 gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
+                <w:t xml:space="preserve">Joaquin Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ollier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Liliana Mahecha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Nuernberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerd Nuernberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Dannenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.domaniend.2011.12.007⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (12), pp.1961-1972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731112000845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729376v1</w:t>
+                <w:t xml:space="preserve">hal-02652522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of polyunsaturated fatty acids from plant oils and algae on milk fat yield and composition are associated with mammary lipogenic and SREBF1 gene expression</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Liliana Mahecha</w:t>
+                <w:t xml:space="preserve">New developments on the galactopoietic role of prolactin in dairy ruminants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Nuernberg</w:t>
+                <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerd Nuernberg</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Ollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 43 (2), pp.154-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.domaniend.2011.12.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731112000845⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652522v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammary cell activity and turnover in dairy cows treated with the prolactin-release inhibitor quinagolide and milked once daily O</w:t>
               </w:r>
@@ -5526,51 +5526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5617,51 +5617,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of nutrient restriction on mammary cell turnover and mammary gland remodeling in lactating dairy cows.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5751,51 +5751,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of milk epithelial cells to study regulation of cell activity and apoptosis during once-daily milking in goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5911,51 +5911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.R. Boisclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6019,51 +6019,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of nutrient restriction on mammary cell activity and hormonal statement in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6144,51 +6144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disruption of cell junctions induces apoptosis and reduces synthetic activity in lactating goat mammary gland.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6274,51 +6274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell junction disruption after 36h milk accumulation was associated with changes in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6399,51 +6399,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell junction disruption after 36h milk accumulation was associated with changes in mammary secretory tissue activity ans dynamics in lactating dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6550,51 +6550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Komara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6667,51 +6667,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milking and feed restriction regulate transcripts of mammary epithelial cells purified from milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delamaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7175,252 +7175,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth hormone increases Stat5 and Stat1 expression in lactating goat mammary gland: a specific effect compared to milking frequency</w:t>
+                <w:t xml:space="preserve">A quantitative RT-PCR study of the mRNA expression profile of the IGF axis during mammary gland development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Shand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Phillips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Beattie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.domaniend.2004.04.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 33, pp.195-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1677/jme.0.0330195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670073v1</w:t>
+                <w:t xml:space="preserve">hal-02673715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quantitative RT-PCR study of the mRNA expression profile of the IGF axis during mammary gland development</w:t>
+                <w:t xml:space="preserve">Growth hormone increases Stat5 and Stat1 expression in lactating goat mammary gland: a specific effect compared to milking frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 33, pp.195-207. </w:t>
+              <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 27, pp.363-378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1677/jme.0.0330195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.domaniend.2004.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673715v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GH and milking frequency act differently on mammary cells</w:t>
               </w:r>
@@ -7614,64 +7614,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hormonal control of IGF-binding protein (IGFBP)-5 and IGFBP-2 secretion during differentiation of the HC11 mouse mammary epithelial cell line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.H. Quarrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8133,51 +8133,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02669742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (90)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (91)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -8544,51 +8544,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La supplémentation nutritionnelle en vitamine E ou extraits de plantes permet-elle de réguler l’immunité des vaches laitières en début de lactation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Corset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8872,51 +8872,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La supplémentation en vitamine E ou en extraits de plantes en peripartum contribue à réguler la réponse immunitaire des vaches laitières suite à des stimulations ex vivo du système immunitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Corset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Remot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8978,418 +8978,388 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04918424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of supplementation with vitamin E or plant extracts on redox and immune status in early lactating dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maryline Lemarchand</w:t>
+                <w:t xml:space="preserve">Régulations nutritionnelles de la persistance de la lactation chez les ruminants laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.999</w:t>
+              <w:t xml:space="preserve">Réunion "Glande mammaire, lait" Galactinnov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Op+lait, Oct 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04714203v1</w:t>
+                <w:t xml:space="preserve">hal-05559391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts au niveau microbien, immunitaire et physiologique de l’application post-traite d'une souche de bactérie lactique sur la peau du trayon pour la prévention des mammites bovines</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Perrine Poton</w:t>
+                <w:t xml:space="preserve">Effects of supplementation with vitamin E or plant extracts on redox and immune status in early lactating dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Remot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Philau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes 2023 - 18e congrès national de la SFM « Un monde à explorer »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233142v1</w:t>
+                <w:t xml:space="preserve">hal-04714203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk microbiota: potential allies for mammary gland health</w:t>
+                <w:t xml:space="preserve">Application post-traite d'une souche de Lacticaseibacillus paracasei sur la peau du trayon pour la prévention des mammites bovines : impacts au niveau microbien, immunitaire et physiologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Dairy Science Association, Jun 2023, Ottawa, Canada. pp.146</w:t>
+              <w:t xml:space="preserve">5e Webinaire GALACTINNOV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Op+lait - INRAE, Jun 2023, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04164763v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hormonal and nutritional regulations of lactation persistency in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9398,2480 +9368,2510 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American dairy science Association, Jun 2023, Ottawa, Canada. pp.145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04202902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application post-traite d'une souche de Lacticaseibacillus paracasei sur la peau du trayon pour la prévention des mammites bovines : impacts au niveau microbien, immunitaire et physiologique</w:t>
+                <w:t xml:space="preserve">Impacts au niveau microbien, immunitaire et physiologique de l’application post-traite d'une souche de bactérie lactique sur la peau du trayon pour la prévention des mammites bovines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Cuffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Philau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e Webinaire GALACTINNOV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Op+lait - INRAE, Jun 2023, Webinaire, France</w:t>
+              <w:t xml:space="preserve">Microbes 2023 - 18e congrès national de la SFM « Un monde à explorer »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126115v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation factors of milk calcium content in dairy cows and cellular mechanisms of milk calcium secretion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Boudon</w:t>
+                <w:t xml:space="preserve">Milk microbiota: potential allies for mammary gland health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, American dairy science Association, Jun 2023, Ottawa, Canada. pp.146</w:t>
+              <w:t xml:space="preserve">, American Dairy Science Association, Jun 2023, Ottawa, Canada. pp.146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04419923v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of HappyMoo MIR energy balance models on external datasets with feeding restriction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variation factors of milk calcium content in dairy cows and cellular mechanisms of milk calcium secretion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.1029</w:t>
+              <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American dairy science Association, Jun 2023, Ottawa, Canada. pp.146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195776v1</w:t>
+                <w:t xml:space="preserve">hal-04419923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of parity on metabolism, redox status and cytokines in early lactating dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Perrine Poton</w:t>
+                <w:t xml:space="preserve">Validation of HappyMoo MIR energy balance models on external datasets with feeding restriction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Calmels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.995</w:t>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.1029</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04218414v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations in milk lactose content and the mechanisms underlying in dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+                <w:t xml:space="preserve">Effects of parity on metabolism, redox status and cytokines in early lactating dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Remot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Philau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American dairy science Association, Jun 2023, Ottawa, Canada. pp.147</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419956v1</w:t>
+                <w:t xml:space="preserve">hal-04218414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early prediction of lactation persistency of multiparous dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variations in milk lactose content and the mechanisms underlying in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auxane Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (Isep)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American dairy science Association, Jun 2023, Ottawa, Canada. pp.147</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877734v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of lactose in milk and in blood during the first 36 weeks of lactation of dairy cows</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">LIPOMEC: towards a better understanding of ruminant milk lipolysis through an integrative biology approach in milk and mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Trossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Meurisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.211</w:t>
+              <w:t xml:space="preserve">FAO-CIHEAM 2022 Joint seminar of networks on pasture and forage crops and on sheep and goat nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Catania, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03933586v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03796220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIPOMEC: towards a better understanding of ruminant milk lipolysis through an integrative biology approach in milk and mammary gland</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variability of lactose in milk and in blood during the first 36 weeks of lactation of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sehested</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FAO-CIHEAM 2022 Joint seminar of networks on pasture and forage crops and on sheep and goat nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Catania, Italy</w:t>
+              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.211</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796220v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la supplémentation en antioxydants sur les fonctions des cellules mammaires et immunitaires chez les vaches laitières</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early prediction of lactation persistency of multiparous dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sehested</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Glande mammaire lait" / Galactinnov</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (Isep)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.476-477, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04712580v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of stem-like cells in colostrum and milk of farm animals</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effets de la supplémentation en antioxydants sur les fonctions des cellules mammaires et immunitaires chez les vaches laitières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Remot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International scientific meeting on colostrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Las Palmas, Spain</w:t>
+              <w:t xml:space="preserve">"Glande mammaire lait" / Galactinnov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; Op+Lait, Nov 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875307v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scutellaria baicalensis plant upregulated antioxidant response genes of mammary cells in dairy cows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comparative study of stem-like cells in colostrum and milk of farm animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.636</w:t>
+              <w:t xml:space="preserve">International scientific meeting on colostrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Las Palmas, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938483v1</w:t>
+                <w:t xml:space="preserve">hal-03875307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of antioxidant supplementation on functions of mammary and immune cells in dairy cows</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Scutellaria baicalensis plant upregulated antioxidant response genes of mammary cells in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Steen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.635</w:t>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.636</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938464v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feed restriction affects protein and microRNA levels in dairy cows' milk</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of antioxidant supplementation on functions of mammary and immune cells in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland. pp.620</w:t>
+              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.635</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03318595v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d’une restriction alimentaire sur les miRNome et protéome du lait chez la vache laitière</w:t>
+                <w:t xml:space="preserve">Feed restriction affects protein and microRNA levels in dairy cows' milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andrea Rau</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glande mammaire lait / Galactinnov</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland. pp.620</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03747713v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scutellaria baicalensis extract reduced the apoptosis of mammary epithelial cells in milk of dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Le-Mouel</w:t>
+                <w:t xml:space="preserve">Impact d’une restriction alimentaire sur les miRNome et protéome du lait chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Oliveira Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2021, Davos, Switzerland. pp.552</w:t>
+              <w:t xml:space="preserve">Glande mammaire lait / Galactinnov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03318590v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03747713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk metabolites: A novel noninvasive approach to assess energy balance in dairy cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+                <w:t xml:space="preserve">Scutellaria baicalensis extract reduced the apoptosis of mammary epithelial cells in milk of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Resmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le-Mouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 American Dairy Science Association (ADSA) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Virtual, United States. pp.171</w:t>
+              <w:t xml:space="preserve">72. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2021, Davos, Switzerland. pp.552</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03318564v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methionine balanced diet improves performances and biosynthetic traffic in mammary epithelial cell</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
+                <w:t xml:space="preserve">Milk metabolites: A novel noninvasive approach to assess energy balance in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Souchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Le Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Fisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t>
+              <w:t xml:space="preserve">2021 American Dairy Science Association (ADSA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtual, United States. pp.171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051421v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methionine balanced diet improves performances and biosynthetic traffic in mammary epithelial cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bahloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t>
+              <w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02969329v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary restriction of dairy cows: a lever to study the lipolytic system in milk and mammary gland</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t>
+              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03131056v1</w:t>
+                <w:t xml:space="preserve">hal-02969329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cytométrie en flux : une approche pertinente pour l’étude des cellules épithéliales mammaires bovines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Chanat</w:t>
+                <w:t xml:space="preserve">Dietary restriction of dairy cows: a lever to study the lipolytic system in milk and mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cebo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375171v1</w:t>
+                <w:t xml:space="preserve">hal-03131056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répercussions d’un stress alimentaire sur la lactation chez les ruminants laitiers</w:t>
               </w:r>
@@ -11972,1565 +11972,1582 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cabergoline treatment at dry-off accelerated mammary involution as indicated by mammary secretion composition changes in dairy cows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">a I de Prado Taranilla</w:t>
+                <w:t xml:space="preserve">La cytométrie en flux : une approche pertinente pour l’étude des cellules épithéliales mammaires bovines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L M Sordillo</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. World Buiatrics Congress (WBC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Sapporo, Japan</w:t>
+              <w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081876v1</w:t>
+                <w:t xml:space="preserve">hal-02375171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How mammary glucose metabolism is altered by energy and protein supply</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cléo Omphalius</w:t>
+                <w:t xml:space="preserve">Cabergoline treatment at dry-off accelerated mammary involution as indicated by mammary secretion composition changes in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">a I de Prado Taranilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Gandemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L M Sordillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. ADSA Discover conference - Reexamining amino acid and energy interactions in the dairy cow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Itasca, United States</w:t>
+              <w:t xml:space="preserve">29. World Buiatrics Congress (WBC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737214v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations of global DNA methylation in peripheral blood mononuclear cells, in milk leukocytes and in milk epithelial cells in dairy cows: effects of micro-nutrient supplemented diet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+                <w:t xml:space="preserve">How mammary glucose metabolism is altered by energy and protein supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Abdou Arbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléo Omphalius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. pp.500</w:t>
+              <w:t xml:space="preserve">34. ADSA Discover conference - Reexamining amino acid and energy interactions in the dairy cow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Itasca, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734140v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variations of global DNA methylation in peripheral blood mononuclear cells, in milk leukocytes and in milk epithelial cells in dairy cows: effects of micro-nutrient supplemented diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurence Finot</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on the Biology of Lactation in Farm Animals (Bolfa)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. pp.500</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948627v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional regulations of milk protein and lactose synthesis by the diet in dairy cows</w:t>
+                <w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnick, Croatia. pp.178</w:t>
+              <w:t xml:space="preserve">International Workshop on the Biology of Lactation in Farm Animals (Bolfa)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01904400v1</w:t>
+                <w:t xml:space="preserve">hal-01948627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulaciones fisiológicas de la producción de leche en glándula mamaria de rumiantes lecheros con énfasis en un método de muestreo no invasivo</w:t>
+                <w:t xml:space="preserve">Transcriptional regulations of milk protein and lactose synthesis by the diet in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De país en país</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad de Antioquia. COL., Oct 2017, Medellín, Colombie</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnick, Croatia. pp.178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787751v1</w:t>
+                <w:t xml:space="preserve">hal-01904400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feed restriction increases mammary epithelial cell exfoliation rate in dairy cows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regulaciones fisiológicas de la producción de leche en glándula mamaria de rumiantes lecheros con énfasis en un método de muestreo no invasivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">De país en país</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad de Antioquia. COL., Oct 2017, Medellín, Colombie</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607817v1</w:t>
+                <w:t xml:space="preserve">hal-02787751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures épigénétiques associées à l’état physiologique, nutritionnel et pathologique chez la vache laitière en postpartum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Feed restriction increases mammary epithelial cell exfoliation rate in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Baltimore, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/asasann.2017.345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605492v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthylation de l’ADN de la glande mammaire bovine, marque épigénétique en lien avec la production laitière ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures épigénétiques associées à l’état physiologique, nutritionnel et pathologique chez la vache laitière en postpartum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Notebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journée de l'animation transversale glande mammaire, lait (GML)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734468v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cabergoline accélère et amplifie l’involution mammaire au cours du tarissement chez la vache laitière</w:t>
+                <w:t xml:space="preserve">Méthylation de l’ADN de la glande mammaire bovine, marque épigénétique en lien avec la production laitière ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales des GTV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">16. Journée de l'animation transversale glande mammaire, lait (GML)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455915v1</w:t>
+                <w:t xml:space="preserve">hal-02734468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myoepithelial cell contraction participates in mammary epithelial cell exfoliation in cow milk</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La cabergoline accélère et amplifie l’involution mammaire au cours du tarissement chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Deflandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">Journées nationales des GTV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455916v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of somatic cell count and trace element supplementation on lactation performance and DNA methylation in PBMC and MEC during early lactation in Holstein dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Fargetton</w:t>
+                <w:t xml:space="preserve">Myoepithelial cell contraction participates in mammary epithelial cell exfoliation in cow milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Mustiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Sep 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740296v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cellules épithéliales mammaires dans le lait comme indicateur du turnover cellulaire dans la mamelle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of somatic cell count and trace element supplementation on lactation performance and DNA methylation in PBMC and MEC during early lactation in Holstein dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zawadzki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pount</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fargetton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journée de l'animation transversale glande mammaire, lait (GML)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Saint Genès-Champanelle, France</w:t>
+              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Sep 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743429v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of cell number in the mammary gland via the control of the exfoliation process in milk in ruminants</w:t>
+                <w:t xml:space="preserve">Les cellules épithéliales mammaires dans le lait comme indicateur du turnover cellulaire dans la mamelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
@@ -13548,2478 +13565,2465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Orlando, United States. pp.219</w:t>
+              <w:t xml:space="preserve">15. Journée de l'animation transversale glande mammaire, lait (GML)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Saint Genès-Champanelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01211053v1</w:t>
+                <w:t xml:space="preserve">hal-02743429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+                <w:t xml:space="preserve">Regulation of cell number in the mammary gland via the control of the exfoliation process in milk in ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Orlando, United States. pp.219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743511v1</w:t>
+                <w:t xml:space="preserve">hal-01211053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs de variation de la teneur en calcium du lait de vache</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muriel Johan</w:t>
+                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 13 diapositives</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210690v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs de variation de la teneur en calcium du lait de vache</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Facteurs de variation de la teneur en calcium du lait de vache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Johan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Séminaire annuel de nutrition animale : le calcium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe Pilardière. FRA., Oct 2013, Lorient, France</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 13 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210724v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monotraite induit la méthylation d'une région régulatrice distale en amont du gène de la caséine- S1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Nguyen</w:t>
+                <w:t xml:space="preserve">Les facteurs de variation de la teneur en calcium du lait de vache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France. pp.79-81</w:t>
+              <w:t xml:space="preserve">2. Séminaire annuel de nutrition animale : le calcium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe Pilardière. FRA., Oct 2013, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019187v1</w:t>
+                <w:t xml:space="preserve">hal-01210724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêts et faisabilité d'un vêlage très précoce chez la génisse Holstein (premier résultats)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+                <w:t xml:space="preserve">La monotraite induit la méthylation d'une région régulatrice distale en amont du gène de la caséine- S1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Petridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 2 p</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France. pp.79-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210727v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aptitude des brebis laitières de race Lacaune à la conduite en monotraite : Premiers éléments zootechniques et physiologiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
+                <w:t xml:space="preserve">Intérêts et faisabilité d'un vêlage très précoce chez la génisse Holstein (premier résultats)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Beillevert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). Paris, FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210499v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aptitude des brebis laitières de race Lacaune à la conduite en monotraite : Premiers éléments zootechniques et physiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Vanbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Barillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Autran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Rose Aurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIème Congrès de l'Association Française d'Histotechnologie (AFH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). Paris, FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210607v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, indicateur de la production de lait</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIeme Congrès de l'association francaise d'histotechnologie (AFH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Francaise Histotechnologie, Jun 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">XXVIème Congrès de l'Association Française d'Histotechnologie (AFH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158541v1</w:t>
+                <w:t xml:space="preserve">hal-01210607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of five different cellular fractions to examine the cow mammay gland transcriptome using RNA-sequencing</w:t>
+                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Canovas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alma Islas-Trejo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Brenaut</w:t>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. International Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Conférences Jacques Monod "DNA methylation and demethylation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193993v1</w:t>
+                <w:t xml:space="preserve">hal-01001076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
+                <w:t xml:space="preserve">Comparison of five different cellular fractions to examine the cow mammay gland transcriptome using RNA-sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Angela Canovas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Rincon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madia Charlier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Galio</w:t>
+                <w:t xml:space="preserve">Alma Islas-Trejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Brenaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences Jacques Monod "DNA methylation and demethylation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
+              <w:t xml:space="preserve">21. International Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001076v1</w:t>
+                <w:t xml:space="preserve">hal-01193993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
+                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, indicateur de la production de lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant and Animal Genome XXI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Scherago International Inc. Jersey City, NJ, USA., Jan 2013, San Diego, United States</w:t>
+              <w:t xml:space="preserve">XXVIeme Congrès de l'association francaise d'histotechnologie (AFH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francaise Histotechnologie, Jun 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000385v1</w:t>
+                <w:t xml:space="preserve">hal-05158541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de l'épigénétique dans l'expression phénotypique de caractères d'intérêt agromonique relevant de régulations polygéniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rocha</w:t>
+                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque Génomique animale et microbienne AGENAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, La Rochelle, France. pp.79-81</w:t>
+              <w:t xml:space="preserve">International Plant and Animal Genome XXI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scherago International Inc. Jersey City, NJ, USA., Jan 2013, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01003253v1</w:t>
+                <w:t xml:space="preserve">hal-01000385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation and ncRNA transcription at aCSN1S1 regulatory region in the bovine mammary gland</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+                <w:t xml:space="preserve">Contribution de l'épigénétique dans l'expression phénotypique de caractères d'intérêt agromonique relevant de régulations polygéniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9.International Symposium on Milk Genomics and Human Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Milk Genomics Consortium (IMGC). Davis, USA., Oct 2012, Wageningen, Netherlands. pp.1</w:t>
+              <w:t xml:space="preserve">9. Colloque Génomique animale et microbienne AGENAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, La Rochelle, France. pp.79-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455867v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01003253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une restriction alimentaire modifie la dynamique cellulaire et le remodelage tissulaire de la glande mammaire chez la vache laitière</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">DNA methylation and ncRNA transcription at aCSN1S1 regulatory region in the bovine mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Petridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées d'Animation Scientifique du département Phase (JAS Phase 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Jan 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">9.International Symposium on Milk Genomics and Human Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Milk Genomics Consortium (IMGC). Davis, USA., Oct 2012, Wageningen, Netherlands. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210726v1</w:t>
+                <w:t xml:space="preserve">hal-01455867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milking frequency modifies the DNA methylation at the global level and the CSN1 regulatory region in the bovine mammary gland</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Gabory</w:t>
+                <w:t xml:space="preserve">Une restriction alimentaire modifie la dynamique cellulaire et le remodelage tissulaire de la glande mammaire chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Cutullic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Portanguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
+              <w:t xml:space="preserve">4. Journées d'Animation Scientifique du département Phase (JAS Phase 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Jan 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000489v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New developments on the galactopoietic role of prolactin in dairy ruminants</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Ollier</w:t>
+                <w:t xml:space="preserve">Milking frequency modifies the DNA methylation at the global level and the CSN1 regulatory region in the bovine mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan S. Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Congress on Farm Animal Endocrinology (ICFAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808996v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic modifications during normal mammary gland development</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New developments on the galactopoietic role of prolactin in dairy ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroEpiStem 2011 Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
+              <w:t xml:space="preserve">7. International Congress on Farm Animal Endocrinology (ICFAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000542v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02808996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The present situation and perspectives on milking and milk production of dairy sheep in Europe, the Middle East and North America</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Helene H. Larroque</w:t>
+                <w:t xml:space="preserve">Epigenetic modifications during normal mammary gland development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Ballester Davis Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminar on Milking and Milk Production on Dairy Sheep</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Saint Affrique, France</w:t>
+              <w:t xml:space="preserve">EuroEpiStem 2011 Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753682v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation de microARN et organisation nucléaire dans le tissu mammaire de vache et notamment les cellules progénitrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie S. Droineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hania H. Boudiaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milking-induced prolactin release has proliferative and survival roles on mammary epithelial celles in dairy cows</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The present situation and perspectives on milking and milk production of dairy sheep in Europe, the Middle East and North America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t>
+              <w:t xml:space="preserve">International Seminar on Milking and Milk Production on Dairy Sheep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Saint Affrique, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755973v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une représentation conceptuelle minimale du fonctionnement intégratif verticale de la glande mammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16028,163 +16032,163 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes physiologiques de l'involution de la mamelle chez la vache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bernier Dodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16199,2428 +16203,2549 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des GTV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milking-induced prolactin release has proliferative and survival roles on mammary epithelial cells in dairy cows</w:t>
+                <w:t xml:space="preserve">Milking-induced prolactin release has proliferative and survival roles on mammary epithelial celles in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Angulo Arizala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Lacasse</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupert M Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 10th International Workshop on Biology of Lactation in Farm Animals (BOLFA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Heraklion (CR), Greece</w:t>
+              <w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729580v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolactin-release inhibition and once daily milking affect mammary cell activity at a transcriptional level</w:t>
+                <w:t xml:space="preserve">Milking-induced prolactin release has proliferative and survival roles on mammary epithelial cells in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Angulo Arizala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium on Milk Genomics &amp; Human Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Paris (FR), France</w:t>
+              <w:t xml:space="preserve">The 10th International Workshop on Biology of Lactation in Farm Animals (BOLFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Heraklion (CR), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730140v1</w:t>
+                <w:t xml:space="preserve">hal-00729580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the milking-induced prolactin release on galactopoiesis in dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prolactin-release inhibition and once daily milking affect mammary cell activity at a transcriptional level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lacasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 Joint Annual Meeting ADSA-CSAS-ASAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">6th International Symposium on Milk Genomics &amp; Human Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Paris (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755947v1</w:t>
+                <w:t xml:space="preserve">hal-00730140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcripts in milk purified mammary epithelial cells can reveal the effect of once daily milking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the milking-induced prolactin release on galactopoiesis in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International symposium on milk genomics and human health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">2009 Joint Annual Meeting ADSA-CSAS-ASAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02818686v1</w:t>
+                <w:t xml:space="preserve">hal-02755947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tight junction opening after 36h milk accumulation was associated to a change in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcripts in milk purified mammary epithelial cells can reveal the effect of once daily milking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS)"Human and Animal Development: regulatory mechanisms"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
+              <w:t xml:space="preserve">6th International symposium on milk genomics and human health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758399v1</w:t>
+                <w:t xml:space="preserve">hal-02818686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of experimental tight junction opening on milk production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Tight junction opening after 36h milk accumulation was associated to a change in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 Joint ADSA-ASAS Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Indianapolis, United States</w:t>
+              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS)"Human and Animal Development: regulatory mechanisms"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754461v1</w:t>
+                <w:t xml:space="preserve">hal-02758399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du pic de prolactine circulante induit par la traite sur la galactopoïese chez le bovin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+                <w:t xml:space="preserve">Effect of experimental tight junction opening on milk production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bounhamous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">2008 Joint ADSA-ASAS Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Indianapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758502v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic inhibition of prolactin discharge at milking affects mammary cell activity and turnover in dairy cows</w:t>
+                <w:t xml:space="preserve">Rôle du pic de prolactine circulante induit par la traite sur la galactopoïese chez le bovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rupert Bruckmaier</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS) "Human and Animal Development: Regulatory Mechanisms"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
+              <w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755950v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monotraite modifie l'expression d'environ 500 gènes</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chronic inhibition of prolactin discharge at milking affects mammary cell activity and turnover in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupert Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS) "Human and Animal Development: Regulatory Mechanisms"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751816v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of two approaches to study the mammary use of glucose for lactose synthesis in dairy cows: net mammary balance and RNA levels</w:t>
+                <w:t xml:space="preserve">La monotraite modifie l'expression d'environ 500 gènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Symposium on Energy and Protein Metabolism and Nutrition (ISEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Vichy, France</w:t>
+              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750788v1</w:t>
+                <w:t xml:space="preserve">hal-02751816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative biology of the mammary function and plasticity of milk fat</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combination of two approaches to study the mammary use of glucose for lactose synthesis in dairy cows: net mammary balance and RNA levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise E. Delamaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">du séminaire AgenaeGenanimal, 15-16 octobre 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Dourdan, France</w:t>
+              <w:t xml:space="preserve">2. International Symposium on Energy and Protein Metabolism and Nutrition (ISEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751021v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of milk cells to examine the effect of breeding practises on lactose synthesis at the RNA level in dairy cows.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Hedi Ben Chedly</w:t>
+                <w:t xml:space="preserve">Integrative biology of the mammary function and plasticity of milk fat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Leonil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Symposium on Milk Genomics and Human Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">du séminaire AgenaeGenanimal, 15-16 octobre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819115v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hormone and growth factor regulation of tissue remodeling in the mammary gland</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of milk cells to examine the effect of breeding practises on lactose synthesis at the RNA level in dairy cows.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Delamaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2005 Joint Annual Meeting ADSA-CSAS-ASAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, Cincinnati, United States</w:t>
+              <w:t xml:space="preserve">3rd Symposium on Milk Genomics and Human Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762974v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insulin-like growth factor binding proteins initiate cell death and extracellular matrix remodeling in the mammary gland</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">W. Hurley</w:t>
+                <w:t xml:space="preserve">Hormone and growth factor regulation of tissue remodeling in the mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Flint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Allan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Beattie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference on Farm Animal Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">2005 Joint Annual Meeting ADSA-CSAS-ASAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Cincinnati, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763115v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'une seule traite par jour (monotraite) sur les performances zootechniques et les caractéristiques physico-chimiques du lait chez les chèvres alpines à haut potentiel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+                <w:t xml:space="preserve">Insulin-like growth factor binding proteins initiate cell death and extracellular matrix remodeling in the mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Flint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tonner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.J. Wilde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Hurley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
+              <w:t xml:space="preserve">5. International Conference on Farm Animal Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764430v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of genes encoding proteolytic enzymes during mammary involution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Szymanowska M.</w:t>
+                <w:t xml:space="preserve">Effet d'une seule traite par jour (monotraite) sur les performances zootechniques et les caractéristiques physico-chimiques du lait chez les chèvres alpines à haut potentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gomis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST B20 meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02830739v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GH and milking frequency effect the expression of genes involved in mammary cell death</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of genes encoding proteolytic enzymes during mammary involution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kolb A.F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Szymanowska M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorrell D.A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robinson C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST B20 meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02830741v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l'expression de gènes indicateurs de la mort cellulaire dans la glande mammaire, un indice du potentiel de production de la glande mammaire</w:t>
+                <w:t xml:space="preserve">GH and milking frequency effect the expression of genes involved in mammary cell death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Paris, France. pp.49-52</w:t>
+              <w:t xml:space="preserve">COST B20 meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02764008v1</w:t>
+                <w:t xml:space="preserve">hal-02830741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth hormone increases Stat5, bcl-2 and bcl-x gene expression in lactating goats under a differential milking frequency</w:t>
+                <w:t xml:space="preserve">Analyse de l'expression de gènes indicateurs de la mort cellulaire dans la glande mammaire, un indice du potentiel de production de la glande mammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Djiane</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European COST Action, Mammary Biology Function and cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2001, Ayr, United Kingdom</w:t>
+              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France. pp.49-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02830742v1</w:t>
+                <w:t xml:space="preserve">hal-02764008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of GH on mammary gene expression as assessed from epithelial cells RNA isolated from milk</w:t>
+                <w:t xml:space="preserve">Growth hormone increases Stat5, bcl-2 and bcl-x gene expression in lactating goats under a differential milking frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Djiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Djiane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Polish-French Symposium, Physiological regulatory mechanism of animal and development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2001, Paris, France</w:t>
+              <w:t xml:space="preserve">European COST Action, Mammary Biology Function and cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2001, Ayr, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02830740v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréquences de traite associées à un apport d’hormone de croissance : quelles conséquences sur la quantité et la qualité du lait</w:t>
+                <w:t xml:space="preserve">Effect of GH on mammary gene expression as assessed from epithelial cells RNA isolated from milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Djiane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2001, Paris, France. pp.100</w:t>
+              <w:t xml:space="preserve">4th Polish-French Symposium, Physiological regulatory mechanism of animal and development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762197v1</w:t>
+                <w:t xml:space="preserve">hal-02830740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fréquences de traite associées à un apport d’hormone de croissance : quelles conséquences sur la quantité et la qualité du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Djiane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2001, Paris, France. pp.100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Potential use of somatic cells from goat milk for dynamic study of gene expression in mammary gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -18642,51 +18767,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Goats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02840401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18696,301 +18821,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of supplementation with vitamin E or plant extracts on immune and mammary epithelium integrity after a LPS challenge in lactating dairy cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamila Reis Santos</w:t>
+                <w:t xml:space="preserve">Safety assessment of post-milking application of a Lacticaseibacillus paracasei strain on the bovine teat skin regarding downstream dairy processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Harel-Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, ​​Annual Meeting of the European Association for Animal Production, 34, pp.603, 2024, Book of abstracts of the 75th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">IDF Cheese Science &amp; Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bergen, Norway. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713970v1</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety assessment of post-milking application of a Lacticaseibacillus paracasei strain on the bovine teat skin regarding downstream dairy processes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Garric</w:t>
+                <w:t xml:space="preserve">Effects of supplementation with vitamin E or plant extracts on immune and mammary epithelium integrity after a LPS challenge in lactating dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Remot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Philau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Reis Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF Cheese Science &amp; Technology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Bergen, Norway. , 2024</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, ​​Annual Meeting of the European Association for Animal Production, 34, pp.603, 2024, Book of abstracts of the 75th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607887v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the molecular mechanisms involved in the induction of milk lipolysis in dairy cows subjected to feed restriction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18999,279 +19124,279 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Lecardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Josef J. Gross; Rupert M. Bruckmaier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Lactation in Farm Animals (BOLFA) &amp; International Congress on Farm Animal Endocrinology (ICFAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Bern, Switzerland. , pp.44, 2024, Proceedings of the joint conference BOLFA &amp; ICFAE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heritability of cumulative mastitis events across productive life in Austrian Fleckvieh cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henk Bovenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Egger-Danner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birgit Fuerst-Waltl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, ​​Annual Meeting of the European Association for Animal Production, 34, pp.921, 2024, Book of abstracts of the 75th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04778039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-milking application of a Lacticaseibacillus paracasei strain on the teat skin as a new microbial strategy to prevent bovine mastitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cuffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19303,113 +19428,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du Club des Bactéries Lactiques (CBL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-milking application of a Lacticaseibacillus paracasei strain on the bovine teat skin: impact at the microbial, immune, and physiological levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cuffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19428,333 +19553,333 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA Annual Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Ottawa, Canada. , Journal of Dairy Science, 106 (supplement 1), pp.309-310, 2023, Abstracts of the 2023 American Dairy Science Association® Annual Meeting</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early prediction of lactation persistency of multiparous cows managed for extended lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sehested</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.793, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An educational kit for effective prevention and management of energy deficit in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouqueau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marguerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jurquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.1000, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-milking application of a Lacticaseibacillus paracasei strain on the teat skin as a new microbial strategy to prevent bovine mastitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cuffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19790,319 +19915,319 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">https://www.beneficialmicrobes2023.org/. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 10th Beneficial Microbes Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Amsterdam, Netherlands. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d’une supplémentation en extrait de plante sur le métabolisme mammaire de la vache laitière observés sur cellules isolées du lait par cytométrie en flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e congrès de l’Association Française de Cytométrie (AFC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Toulouse, France. pp.88, 2023, Livre des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of metabolic and immune biomarkers between primiparous and multiparous dairy cows during the peripartum period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Corset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Philau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophelie Dhumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Remot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Ottawa, Canada. , Journal of Dairy Science, 106 (supplement 1), pp.231-232, 2023, Abstracts of the 2023 American Dairy Science Association® Annual Meeting</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des éléments cellulaires des sécrétions lactées transférables de la mère à la progéniture chez la vache, la chèvre et la truie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20111,123 +20236,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Burtey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Poitiers, France. pp.68, Résumés des crédits incitatifs - JAS 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les métabolites du lait, nouvelle piste non invasive pour détecter le déficit énergétique de la vache laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20236,365 +20361,365 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Souchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fisher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, En ligne, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 25, pp.356, 2020, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La restriction alimentaire des vaches laitières : un levier pour étudier le système lipolytique dans le lait et la glande mammaire</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of methionine in membrane traffic for milk secretion in the goat’s mammary epithelial cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Cebo</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Balhoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 25, 2020, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
+              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. , Journal of Dairy Science, 103 (Suppl. 1), pp.190, 2020, Abstracts of the 2020 American Dairy Science Association® Annual Meeting</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03131066v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02969349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of methionine in membrane traffic for milk secretion in the goat’s mammary epithelial cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La restriction alimentaire des vaches laitières : un levier pour étudier le système lipolytique dans le lait et la glande mammaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L Balhoul</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cebo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. , Journal of Dairy Science, 103 (Suppl. 1), pp.190, 2020, Abstracts of the 2020 American Dairy Science Association® Annual Meeting</w:t>
+              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, En ligne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 25, 2020, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02969349v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methionine supplementation at low and adequate net energy supply in lactating dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20603,248 +20728,248 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Binggeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. , Journal of Dairy Science, 103 (Suppl. 1), pp.303-304, 2020, Abstracts of the 2020 American Dairy Science Association® Annual Meeting</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02917126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of initial udder’s health status on inflammatory response to once-daily milking in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergine Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Gand, Belgium. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 25, 2019, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exfoliation des cellules épithéliales mammaires chez la vache laitière comme biomarqueur de l'adaptation à la restriction alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20866,110 +20991,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Souchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défis scientifiques Phase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of day length and inhibition of prolactin on the mammary epithelial cell exfoliation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21028,488 +21153,488 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Gand, Belgium. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 25, 2019, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underfeeding increases ex-vivo blood cell responsiveness to bacterial challenges in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Resmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Gand, Belgium. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 25, 2019, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les microARNs de la glande mammaire et du lait. Convergence vers la définition d'une signature multi-espèces spécifique de la fonction de lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenha Mobuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Dienné, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cabergoline treatment at dry-off facilitated the remodelling and the lactoferrin immunoprotection of the mammary tissue in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a I de Prado Taranilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Isaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Gandemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L M Sordillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. World Buiatrics Congress (WBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Sapporo, Japan. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02081875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet BioMarq’Lait : Identification dans le lait de biomarqueurs pour le monitoring du statut nutritionnel de la vache laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21518,96 +21643,96 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 2018, 24èmes Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La régulation hormonale de l’exfoliation des cellules épithéliales mammaires au cours de la traite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21629,235 +21754,235 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Portanguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bruckmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle: potential biomarkers of health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Romainville, France. , pp.48, 2018, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of feed restriction and nature of forage on the mammary exfoliation rate in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21906,847 +22031,847 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Baltimore, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 95 (Suppl. 4), pp.171, 2017, Journal of Animal Science. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/asasann.2017.348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId522" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of once daily milking on mammary transcriptome and cell turnover in dairy goat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Dris-Kerdreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Baltimore, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 95 (Suppl. 4), 2017, Journal of Animal Science. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/asasann.2017.343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration des signatures épigénétiques et des polymorphismes de séquences pour évaluer l'impact environnemental sur la réalisation du potentiel génétique chez le bovin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Caractérisation du processus d’exfoliation des cellules épithéliales mammaires au cours de la traite chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Mustiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage, Rencontres autour des Recherches sur les Ruminants, 369 p., 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742703v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du processus d’exfoliation des cellules épithéliales mammaires au cours de la traite chez la vache laitière</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+                <w:t xml:space="preserve">Cabergoline hastened lactoferrin immunoprotection in the mammary tissue during drying-off in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomie Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Deflandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamberton</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Colette Mustiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage, Rencontres autour des Recherches sur les Ruminants, 369 p., 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nantes, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455917v1</w:t>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cabergoline hastened lactoferrin immunoprotection in the mammary tissue during drying-off in dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of milk composition in cow's milk during the time course of milking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Vanbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Nantes, France. 2016</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795397v1</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of milk composition in cow's milk during the time course of milking</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intégration des signatures épigénétiques et des polymorphismes de séquences pour évaluer l'impact environnemental sur la réalisation du potentiel génétique chez le bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455939v1</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing the mammary epithelial cell exfoliation process during milking in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22805,825 +22930,825 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulations épigénétiques et activation de la transcription lors d’une restriction alimentaire chez la vache laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Singh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cabergoline accelerated and enhanced the mammary involution during drying-off in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomie Isaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Isabel de Prado Taranilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. M. Sordillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Nantes, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk mammary epithelial cells as a non-invasive indicator of lactation persistency in dairy cows?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution de la lipolyse spontanée du lait de vache au cours de la traite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vanbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of Abstracts of the 66th Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 2015, 22èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739822v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in the importance of prolactin in dairy ruminants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Séverine Ollier</w:t>
+                <w:t xml:space="preserve">Global DNA methylation levels in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Orlando, United States. ADSA - ASAS, Journal of Dairy Science, 98. Suppl. 2, 2015, Journal of dairy science</w:t>
+              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Edition</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211052v1</w:t>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de la lipolyse spontanée du lait de vache au cours de la traite</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Milk mammary epithelial cells as a non-invasive indicator of lactation persistency in dairy cows?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Angulo Arizala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 2015, 22èmes Rencontres Recherches Ruminants</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of Abstracts of the 66th Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744124v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global DNA methylation levels in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">New insights in the importance of prolactin in dairy ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Orlando, United States. ADSA - ASAS, Journal of Dairy Science, 98. Suppl. 2, 2015, Journal of dairy science</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COST Edition</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01210954v1</w:t>
+                <w:t xml:space="preserve">hal-01211052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global DNA methylation in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23668,87 +23793,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global DNA methylation in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23793,113 +23918,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of Abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dry-off facilitator cabergoline hastened the GLUT-1 decrease and lactoferrin increase in the mammary tissue during drying-off in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomie Isaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23918,73 +24043,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Orlando, United States. ADSA - ASAS, Journal of Dairy Science, 98. Suppl. 2, 2015, Journal of dairy science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01211051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cellules épithéliales du lait, une alternative aux biopsies mammaires chez les ruminants laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -24039,323 +24164,323 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Opal et Francopa : place des méthodes de remplacement en expérimentation biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Paris, France. , 2015, Place des méthodes de remplacement en expérimentation biologique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse inflammatoire dans le cas d'une pratique à risque, la monotraite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Comparaison de différentes sources d'ARN pour analyser le transcriptome mammaire bovin par RNAseq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Canovas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Rincon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Islas-Trejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Brenaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de l'Animation transversale "Glande mammaire, lait"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Rennes, France. , 2014, XIIIes Journées de l’animation transversale “Glande mammaire, lait”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194007v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de différentes sources d'ARN pour analyser le transcriptome mammaire bovin par RNAseq</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pauline Brenaut</w:t>
+                <w:t xml:space="preserve">Réponse inflammatoire dans le cas d'une pratique à risque, la monotraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de l'Animation transversale "Glande mammaire, lait"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Rennes, France. , 2014, XIIIes Journées de l’animation transversale “Glande mammaire, lait”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455873v1</w:t>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow cytometry approach to simultaneously differentiate bovine milk somatic cells and to quantify their viability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Na Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -24377,344 +24502,344 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Perruchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- François Mayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Annuels conjoints de la Société Française d’immunologie (SFI) et de l’Association Française de Cytométrie (AFC):</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Lille, France. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daylength affects simultaneously mammary epithelium integrity and mammary epithelial cell exfoliation in milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Couedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Johan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Kansas City, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 92 (Suppl. 2), 2014, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cellules épithéliales du lait comme source non invasive de transcrits mammaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de l'Animation transversale "Glande mammaire, lait"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Rennes, France. , 2014, XIIIes Journées de l’animation transversale “Glande mammaire, lait”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un potentiel indicateur phénotypique de la persistance de la lactation des vaches laitières : le nombre de cellules épithéliales exfoliées dans le lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Angulo Arizala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24723,369 +24848,369 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Paris, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 21, 2014, Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId560" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary anion-cation difference and day length differently affect milk calcium secretion pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Johan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Kansas City, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 92 (Suppl. 2), 2014, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project of animal biology, the opportunity to sensitize master's students to research approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 19, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolactin-inhibitor cabergoline enhanced the mammary remodeling during drying-off in dairy cows</w:t>
+                <w:t xml:space="preserve">Prolactin-inhibitor cabergoline hastened the mammary involution during drying-off in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Isaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Gandemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25104,596 +25229,596 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Indianapolis, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 91 E-Suppl.2, 2013, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210482v1</w:t>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Puberty attainment is affected by growth performance before 4 mo of age in dairy heifers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+                <w:t xml:space="preserve">Le bilan alimentaire cations-anions (BACA), la durée du jour et le moment de la traite ont un impact sur la structure du globule gras et sur le profil en acides gras des laits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+                <w:t xml:space="preserve">Muriel Johan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Indianapolis, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 91 E-Suppl.2, 2013, Journal of Animal Science</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210480v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bilan alimentaire cations-anions (BACA), la durée du jour et le moment de la traite ont un impact sur la structure du globule gras et sur le profil en acides gras des laits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+                <w:t xml:space="preserve">Prolactin-inhibitor cabergoline enhanced the mammary remodeling during drying-off in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Johan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">N. Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Deflandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Gandemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Indianapolis, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 91 E-Suppl.2, 2013, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210550v1</w:t>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolactin-inhibitor cabergoline hastened the mammary involution during drying-off in dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Puberty attainment is affected by growth performance before 4 mo of age in dairy heifers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Indianapolis, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 91 E-Suppl.2, 2013, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210481v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of five different cellular fractions to examine the lactating bovine mammary gland transcriptome using RNA-sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Canovas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonzalo Rincon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Islas-Trejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Brenaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on Milk Genomics and Human Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Davis, United States. 2013, Proceedings of the 10th International Symposium on Milk Genomics and Human Health</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exfoliation of mammary epithelial cells in milk is linked with lactation persistency in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25725,579 +25850,579 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milking frequency modifies DNA methylation at a CSN1 regulatory region in the bovine mammary gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madia Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63. Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, pp.476, 2012, 63rd annual meeting of the European Federation of Animal Science. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-761-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId573" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of rearing intensity on growth performance and on mammary tissue in Holstein yearling heifers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA/ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Phoenix, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 90 (Suppl. 3), 2012, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of nutrient restriction on mammary cell activity and hormonal statement in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Cutullic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Portanguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Barbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Annual Meeting ADSA, PSA, AMPA, CSAS, WSASAS, ASAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Denver, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 88 (E-supplement 2), 2010, Proceedings of the 2010 Joint Annual Meeting ADSA®, PSA, AMPA, CSAS, WSASAS, ASAS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of nutrient restriction on mammary cell turnover in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Cutullic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Barbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. EAAP International Symposium on Energy and Protein Metabolism and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Parme, Italy. Wageningen Academic Publishers, Publication - European Association for Animal Production (EAAP), 127, 2010, Energy and protein metabolism and nutrition</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulations of mammary transcripts during once daily milking in goats and cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Hedi Ben Chedly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26342,51 +26467,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium Milk Genomics &amp; Human Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Napa, United States. 2 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26396,150 +26521,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La reproduction animale et humaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 751 p., 2014, Collection Synthèses, 978-2-7592-2208-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId580" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26549,105 +26674,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants du potentiel de production de la glande mammaire chez les ruminants laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. AGROCAMPUS OUEST, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02790111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId582"/>
+      <w:footerReference w:type="default" r:id="rId583"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -26715,51 +26840,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A311730"/>
+    <w:nsid w:val="5D91A107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26946,51 +27071,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mboutinaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0820-0966" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088997553" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05527184v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Anger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bidaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dieho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029925101222" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04757159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bovenhuis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egger-Danner" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fuerst-Waltl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25467" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109774v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4mo00190g" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628706v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Corset" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Remot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Philau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24706" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04802821v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol94-art20-GB" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557071v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Omphalius" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-23826" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581102v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Goetz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cuffel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284310v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09769-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04000680v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100035" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133576v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Auclair-Ronzaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2023.104868" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03860146v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Guillou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bianchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oliveira Correia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gel&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21804-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318555v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Souchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gel&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skab130" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963013v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasselin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fargetton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731120001159" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131023v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutreuil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Vanbergue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jdsc.2020-18473" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054474v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux V&#233;ron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Portanguen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Gross" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15398" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119000624" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacasse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhao" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vanacker" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118003312" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869882v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-018-9400-8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M Bruckmaier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13166" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613619v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Isaka" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Gandemer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12783" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455906v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Isaka" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10782" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455887v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Johan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9664" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10532" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638130v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455878v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9964" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638419v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ollier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10035" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635957v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Angulo Arizala" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9853" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630985v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2015.00323" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454569v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richoux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mayol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146071" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454593v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0221-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189982v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-014-0176-3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193988v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nguyen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Petridou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111556" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193860v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canovas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Rincon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Islas- Trejo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brenaut" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05297" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210606v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129764v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2013.06.003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6CS3W3H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297613v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001176" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004555v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort Wiart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00059.2013" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729376v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Bruckmaier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2011.12.007" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPQ2W5TC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652522v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angulo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Mahecha" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Nuernberg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Nuernberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Dannenberger" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000845" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926557v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4461" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729290v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ponchon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruckmaier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-4012" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651594v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Komara" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Marion" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110002284" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729289v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.R. Boisclair" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Wagner" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3649" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729492v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cutullic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Portanguen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729480v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernier-Dodier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2678" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660783v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730137v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wiart-Letort" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730133v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Komara" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2179" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729824v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delamaire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0587" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659039v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Flint" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B.A. Whitelaw" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. Allan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Kolb" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01873" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900634v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Delamaire" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande David" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006030" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677629v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sorell" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Szymanowska" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Robinson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W.E. Clarkson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029905001202" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4WDXP6FQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670073v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2004.04.002" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673715v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Shand" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Park" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phillips" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beattie" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.0.0330195" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677500v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22358/jafs/73967/2004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900498v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2004054" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671777v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Quarrie" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Lochrie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673609v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rousseau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Keisler" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900346v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2002013" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670276v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Rulquin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Djiane" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669742v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403254v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie E. Duclos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Falabr&#232;gue" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chauvin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734759v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712608v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808435v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885399v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Boullet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918424v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Lemarchand" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714203v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233142v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cuffel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164763v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04202902v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126115v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419923v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195776v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Calmels" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pires" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boutinaud" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leroux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218414v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419956v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Hamon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03877734v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sehested" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.194" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933586v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sehested" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03796220v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trossat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meurisse" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712580v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Baldi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875307v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03938483v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nicolas" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steen" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03938464v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baldi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318595v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bianchi" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747713v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318590v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le-Mouel" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318564v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leduc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fisher" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051421v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bahloul" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131056v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375171v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375172v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081876v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a I de Prado Taranilla" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L M Sordillo" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737214v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdou Arbi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Daniel" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734140v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948627v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904400v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787751v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607817v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.345" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734468v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455915v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deflandre" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455916v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mustiere" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740296v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zawadzki" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pount" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fargetton" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743429v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211053v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210690v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210724v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019187v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bouet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210727v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beillevert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210499v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Autran" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Aurel" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210607v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158541v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193993v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Canovas" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Islas-Trejo" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001076v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh M. Nguyen" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000385v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455867v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210726v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cutullic" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000489v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan S. Bouet" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808996v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacasse" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000542v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester Davis Ballester" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753682v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823065v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania H. Boudiaf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755973v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert M Bruckmaier" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173652v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753552v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bernier Dodier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729580v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730140v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755947v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818686v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758399v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754461v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounhamous" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758502v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angelo" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755950v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Bruckmaier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751816v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750788v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise E. Delamaire" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751021v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leonil" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819115v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762974v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flint" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allan" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Travers" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barber" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763115v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tonner" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Wilde" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hurley" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764430v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gomis" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830739v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolb A.F." TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymanowska M." TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorrell D.A." TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson C." TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830741v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764008v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830742v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau C." TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830740v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762197v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840401v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713970v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Reis Santos" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607887v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Harel-Oger" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696082v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lecardonnel" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778039v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Bovenhuis" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Fuerst-Waltl" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885296v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164436v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286683v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286884v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouqueau" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marguerit" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jurquet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317906v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05237694v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nicolas" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Robert" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Roussel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172030v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Dhumez" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716605v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Burtey" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046534v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journees3r.fr/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131066v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969349v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Balhoul" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917126v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Binggeli" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306133v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Leveque" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Charton" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738430v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306112v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306128v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Arnaud" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790505v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenha Mobuchon" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081875v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734454v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4598" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737188v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607547v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.348" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602584v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dris-Kerdreux" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.343" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455917v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795397v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Isaka" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455939v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cirot" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455914v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743310v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Singh" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801045v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Isabel de Prado Taranilla" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Sordillo" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739822v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angulo Arizala" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211052v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ollier" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744124v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210954v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295262.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801617v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738559v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211051v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742083v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194007v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455873v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454647v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Fran&#231;ois Mayol" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210681v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Couedon" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210791v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210783v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3786" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210680v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210502v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210482v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deflandre" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210480v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210550v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3689" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210481v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193992v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210534v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745102v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210628v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753609v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barbey" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754233v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817840v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210732v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3899-la-reproduction-animale-et-humaine.html" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790111v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mboutinaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0820-0966" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088997553" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05527184v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Anger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bidaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dieho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029925101222" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04757159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bovenhuis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egger-Danner" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fuerst-Waltl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25467" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109774v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4mo00190g" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628706v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Corset" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Remot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Philau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24706" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04802821v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol94-art20-GB" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557071v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Omphalius" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-23826" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581102v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Goetz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cuffel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284310v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09769-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04000680v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100035" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133576v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Auclair-Ronzaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2023.104868" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03860146v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Guillou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bianchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oliveira Correia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gel&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21804-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318555v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Souchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gel&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skab130" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963013v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasselin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fargetton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731120001159" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131023v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutreuil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Vanbergue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jdsc.2020-18473" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054474v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux V&#233;ron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Portanguen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Gross" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15398" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119000624" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacasse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhao" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vanacker" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118003312" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869882v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-018-9400-8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M Bruckmaier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13166" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613619v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Isaka" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Gandemer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12783" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455887v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Johan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9664" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455906v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Isaka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10782" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10532" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638130v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455878v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9964" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638419v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ollier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10035" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635957v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Angulo Arizala" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9853" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630985v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2015.00323" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454569v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richoux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mayol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146071" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454593v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0221-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189982v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-014-0176-3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193988v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nguyen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Petridou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111556" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193860v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canovas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Rincon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Islas- Trejo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brenaut" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05297" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129764v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2013.06.003" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6CS3W3H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158522v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297613v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001176" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004555v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort Wiart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00059.2013" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652522v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angulo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Mahecha" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Nuernberg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Nuernberg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Dannenberger" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000845" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729376v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Bruckmaier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2011.12.007" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPQ2W5TC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926557v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4461" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729290v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ponchon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruckmaier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-4012" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651594v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Komara" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Marion" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110002284" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729289v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.R. Boisclair" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Wagner" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3649" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729492v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cutullic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Portanguen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729480v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernier-Dodier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2678" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660783v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730137v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wiart-Letort" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730133v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Komara" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2179" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729824v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delamaire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0587" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659039v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Flint" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B.A. Whitelaw" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. Allan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Kolb" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01873" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900634v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Delamaire" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande David" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006030" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677629v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sorell" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Szymanowska" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Robinson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W.E. Clarkson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029905001202" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4WDXP6FQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673715v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Shand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Park" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phillips" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beattie" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.0.0330195" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670073v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2004.04.002" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677500v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22358/jafs/73967/2004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900498v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2004054" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671777v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Quarrie" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Lochrie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673609v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rousseau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Keisler" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900346v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2002013" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670276v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Rulquin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Djiane" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669742v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403254v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie E. Duclos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Falabr&#232;gue" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chauvin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734759v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712608v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808435v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885399v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Boullet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918424v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Lemarchand" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559391v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714203v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126115v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04202902v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233142v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cuffel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164763v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419923v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195776v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Calmels" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pires" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boutinaud" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leroux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218414v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419956v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Hamon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03796220v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trossat" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meurisse" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933586v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sehested" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03877734v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sehested" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.194" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712580v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Baldi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875307v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03938483v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nicolas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steen" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03938464v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baldi" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318595v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bianchi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747713v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318590v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le-Mouel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318564v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leduc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fisher" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051421v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bahloul" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131056v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375172v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375171v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081876v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a I de Prado Taranilla" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L M Sordillo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737214v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdou Arbi" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Daniel" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734140v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948627v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904400v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787751v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607817v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.345" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734468v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455915v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deflandre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455916v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mustiere" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740296v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zawadzki" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pount" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fargetton" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743429v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211053v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210690v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210724v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019187v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bouet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210727v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beillevert" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210499v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Autran" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Aurel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210607v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001076v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh M. Nguyen" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193993v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Canovas" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Islas-Trejo" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158541v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000385v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455867v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210726v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cutullic" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000489v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan S. Bouet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808996v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacasse" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000542v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester Davis Ballester" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823065v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania H. Boudiaf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753682v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173652v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753552v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bernier Dodier" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755973v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert M Bruckmaier" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729580v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730140v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755947v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818686v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758399v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754461v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounhamous" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758502v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angelo" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755950v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Bruckmaier" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751816v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750788v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise E. Delamaire" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751021v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leonil" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819115v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762974v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flint" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allan" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Travers" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barber" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763115v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tonner" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Wilde" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hurley" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764430v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gomis" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830739v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolb A.F." TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymanowska M." TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorrell D.A." TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson C." TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830741v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764008v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830742v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau C." TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830740v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762197v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840401v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607887v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Harel-Oger" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713970v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Reis Santos" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696082v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lecardonnel" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778039v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Bovenhuis" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Fuerst-Waltl" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885296v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164436v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286683v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286884v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouqueau" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marguerit" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jurquet" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317906v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05237694v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nicolas" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Robert" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Roussel" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172030v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Dhumez" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716605v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Burtey" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046534v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journees3r.fr/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969349v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Balhoul" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131066v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917126v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Binggeli" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306133v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Leveque" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Charton" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738430v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306112v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306128v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Arnaud" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790505v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenha Mobuchon" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081875v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734454v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4598" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737188v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607547v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.348" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602584v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dris-Kerdreux" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.343" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455917v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795397v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Isaka" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455939v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cirot" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455914v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743310v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Singh" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801045v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Isabel de Prado Taranilla" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Sordillo" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744124v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210954v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295262.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739822v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angulo Arizala" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211052v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ollier" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801617v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738559v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211051v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742083v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455873v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194007v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454647v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Fran&#231;ois Mayol" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210681v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Couedon" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210791v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210783v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3786" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210680v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210502v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210481v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deflandre" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210550v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3689" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210482v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210480v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193992v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210534v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745102v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210628v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753609v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barbey" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754233v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817840v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210732v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3899-la-reproduction-animale-et-humaine.html" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790111v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>