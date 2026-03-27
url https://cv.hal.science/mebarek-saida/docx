--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -373,295 +373,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05461295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium Changes Lipid Profile, Release, and Function of Matrix Vesicles Produced by Mineralization-Competent Cells</w:t>
+                <w:t xml:space="preserve">Modulation of TNAP activity and apatite formation in biomimetic matrix vesicles studied by 31P solid-state NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larwsk Null Hayann</w:t>
+                <w:t xml:space="preserve">B.Z. Favarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mairobys Null Socorro</w:t>
+                <w:t xml:space="preserve">N. Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Ferreira Lopes Null Vilela</w:t>
+                <w:t xml:space="preserve">T. Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juçara Gastaldi Null Cominal</w:t>
+                <w:t xml:space="preserve">J. Guignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Henrique da Silva Null Andrilli</w:t>
+                <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioscience-Landmark</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 30 (12), pp.47664. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1867 (8), pp.184446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.31083/FBL47664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2025.184446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05445251v1</w:t>
+                <w:t xml:space="preserve">hal-05296725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of TNAP activity and apatite formation in biomimetic matrix vesicles studied by 31P solid-state NMR</w:t>
+                <w:t xml:space="preserve">Strontium Changes Lipid Profile, Release, and Function of Matrix Vesicles Produced by Mineralization-Competent Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.Z. Favarin</w:t>
+                <w:t xml:space="preserve">Larwsk Null Hayann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Nassif</w:t>
+                <w:t xml:space="preserve">Mairobys Null Socorro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Azaïs</w:t>
+                <w:t xml:space="preserve">Adriana Ferreira Lopes Null Vilela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Guignier</w:t>
+                <w:t xml:space="preserve">Juçara Gastaldi Null Cominal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mebarek</w:t>
+                <w:t xml:space="preserve">Luiz Henrique da Silva Null Andrilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1867 (8), pp.184446. </w:t>
+              <w:t xml:space="preserve">Frontiers in Bioscience-Landmark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (12), pp.47664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2025.184446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.31083/FBL47664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296725v1</w:t>
+                <w:t xml:space="preserve">hal-05445251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathepsin K Inhibitors as Potential Drugs for the Treatment of Osteoarthritis</w:t>
               </w:r>
@@ -1473,51 +1473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Devoogt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Seinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2600,295 +2600,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03489320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phospholipase D: A new mediator during high phosphate-induced vascular calcification associated with chronic kidney disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of phospholipase D during cultured osteoblast mineralization and bone formation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Skafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Reibel</w:t>
+                <w:t xml:space="preserve">Eva Hamade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vitale</w:t>
+                <w:t xml:space="preserve">Sophie Reibel Foisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 234 (4), pp.4825--4839. </w:t>
+              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 120 (4), pp.5923-5935. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcp.27281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcb.27881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195193v1</w:t>
+                <w:t xml:space="preserve">hal-02975745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of phospholipase D during cultured osteoblast mineralization and bone formation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phospholipase D: A new mediator during high phosphate-induced vascular calcification associated with chronic kidney disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Skafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Najwa Skafi</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Soulage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Hamade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Borel</w:t>
+                <w:t xml:space="preserve">Sophie Reibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Reibel Foisset</w:t>
+                <w:t xml:space="preserve">Nicolas Vitale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 120 (4), pp.5923-5935. </w:t>
+              <w:t xml:space="preserve">Journal of Cellular Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 234 (4), pp.4825--4839. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcb.27881⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcp.27281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02975745v1</w:t>
+                <w:t xml:space="preserve">hal-02195193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of phospholipase D in mineralization process in cultured osteoblasts.</w:t>
               </w:r>
@@ -3025,51 +3025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ouenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3163,51 +3163,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Ouenzerfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Brizuela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3578,51 +3578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Popowycz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 24 (5), pp.1457-1459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3686,51 +3686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Do Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bechkoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ahamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4316,51 +4316,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankylosing spondylitis, late osteoarthritis, vascular calcification, chondrocalcinosis and pseudo gout: toward a possible drug therapy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hamade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4467,51 +4467,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zanella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Watrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4901,51 +4901,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469143v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Skafi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Pelletier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soulage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz da Cruz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.70137" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461295v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Mebarek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Jacob" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Ilaria Pierro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.202500530" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445251v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwsk Null Hayann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairobys Null Socorro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Ferreira Lopes Null Vilela" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju&#231;ara Gastaldi Null Cominal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Henrique da Silva Null Andrilli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31083/FBL47664" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296725v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.Z. Favarin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nassif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aza&#239;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guignier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mebarek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2025.184446" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Buchet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bougault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26072896" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju&#231;ara Gastaldi Cominal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gobbi Sebinelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwsk Hayann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fabr&#237;cio Bahia Nogueira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Antonio Eufr&#225;sio Cruz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jbmrpl/ziae168" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445261v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Corti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Magrini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Ciancaglini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2023.100734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733370v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imbert de Gaudemaris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hannoun" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiosc.2024.09.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626278v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tyson Mcdonald" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jangkeun Kim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Farmerie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan Johnson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidia Trovao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48920-y" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942776v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Oliveira da Cruz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pereira Almeida" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Silva-Costa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lima Brito" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Alexandre Nunes Degani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2024.112482" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445276v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anghileri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Devoogt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Seinen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vader" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcyt.2024.03.133" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948262v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15102732" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948247v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Pikula" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka-Kiliszek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14010042" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942792v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Chieffo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Altamura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300189" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659792v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Ben Braham" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Essefi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.b.34910" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942795v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Henrique Silva Andrilli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zoccaratto Favarin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Aantonio Eufrasio Cruz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayt&#234; Bolean" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232315072" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925416v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.165919" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03019019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-020-03827-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489320v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaeddine El Jamal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.115087" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195193v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Abdallah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reibel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitale" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.27281" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975745v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hamade" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reibel Foisset" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.27881" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132504v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abdallah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Skafi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hamade" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reibel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vitale" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132650v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hannoun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ouenzer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bougault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hassler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133470v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hannoun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ouenzerfi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bougault" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22203/eCM.v037a01" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01670760v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A El El Jamal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Boutet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2017.07.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312906v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marques" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buchet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Popowycz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414271v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ren" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Do Le" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bechkoff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahamada" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0120087" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414415v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongyuan Ren" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Machuca-Gayet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Domenget" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Wu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132513" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485048v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Yuan Ren" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917256v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Abousalham" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Do" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bandorowicz-Pikula" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms14035036" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917259v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2012.07.017" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JFGWZJL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599331v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thouverey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bandorowicz-Pikula" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pikula" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437048v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zanella" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Watrin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marly" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roussel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.4334-07.2008" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346002v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;rine Labadi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ruzek" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Deschamps" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469143v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Skafi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Pelletier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soulage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz da Cruz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.70137" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461295v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Mebarek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Jacob" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Ilaria Pierro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.202500530" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296725v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.Z. Favarin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nassif" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aza&#239;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guignier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mebarek" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2025.184446" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445251v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwsk Null Hayann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairobys Null Socorro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Ferreira Lopes Null Vilela" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju&#231;ara Gastaldi Null Cominal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Henrique da Silva Null Andrilli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31083/FBL47664" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Buchet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bougault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26072896" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju&#231;ara Gastaldi Cominal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gobbi Sebinelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwsk Hayann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fabr&#237;cio Bahia Nogueira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Antonio Eufr&#225;sio Cruz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jbmrpl/ziae168" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445261v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Corti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Magrini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Ciancaglini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2023.100734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733370v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imbert de Gaudemaris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hannoun" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiosc.2024.09.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626278v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tyson Mcdonald" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jangkeun Kim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Farmerie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan Johnson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidia Trovao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48920-y" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942776v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Oliveira da Cruz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pereira Almeida" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Silva-Costa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lima Brito" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Alexandre Nunes Degani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2024.112482" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445276v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anghileri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Devoogt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Seinen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vader" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcyt.2024.03.133" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948262v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15102732" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948247v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Pikula" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka-Kiliszek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14010042" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942792v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Chieffo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Altamura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300189" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659792v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Ben Braham" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Essefi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.b.34910" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942795v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Henrique Silva Andrilli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zoccaratto Favarin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Aantonio Eufrasio Cruz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayt&#234; Bolean" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232315072" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925416v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.165919" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03019019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-020-03827-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489320v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaeddine El Jamal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.115087" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Abdallah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hamade" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reibel Foisset" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.27881" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195193v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reibel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitale" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.27281" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132504v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abdallah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Skafi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hamade" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reibel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vitale" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132650v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hannoun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ouenzer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bougault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hassler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133470v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hannoun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ouenzerfi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bougault" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22203/eCM.v037a01" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01670760v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A El El Jamal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Boutet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2017.07.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312906v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marques" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buchet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Popowycz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414271v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ren" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Do Le" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bechkoff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahamada" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0120087" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414415v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongyuan Ren" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Machuca-Gayet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Domenget" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Wu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132513" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485048v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Yuan Ren" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917256v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Abousalham" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Do" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bandorowicz-Pikula" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms14035036" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917259v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2012.07.017" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JFGWZJL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599331v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thouverey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bandorowicz-Pikula" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pikula" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437048v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zanella" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Watrin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marly" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roussel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.4334-07.2008" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346002v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;rine Labadi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ruzek" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Deschamps" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>