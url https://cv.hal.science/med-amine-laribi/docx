--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -898,177 +898,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05459491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry, Kinematics, Workspace, and Singularities of a Novel 3-PRRS Parallel Manipulator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+                <w:t xml:space="preserve">A novel Integrated Motion Tracking Device (IMTD) for Objective Laparoscopic Training Assessment: Development and Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics15010010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4069906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491605v1</w:t>
+                <w:t xml:space="preserve">hal-05290077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and analysis of a redundant actuated humanoid wrist joint parallel mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buqin Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1077,5284 +1073,5288 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haibo Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kunpeng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhizhen Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanism and Machine Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 215, pp.106175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2025.106175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cartesian Parallel Mechanism for Initial Sonography Training</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mónica Urizar</w:t>
+                <w:t xml:space="preserve">Geometry, Kinematics, Workspace, and Singularities of a Novel 3-PRRS Parallel Manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rustem Kaiyrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Qian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 14, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics14070095⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics15010010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240871v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a 6-Degrees-of-Freedom Hybrid Interface Intended for Teleoperated Robotic Cervical Spine Surgery</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Arsicault</w:t>
+                <w:t xml:space="preserve">A Cartesian Parallel Mechanism for Initial Sonography Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Petuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Urizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4065917⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics14070095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717595v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Evaluation of a Joint Path Planning Algorithm for the Quasi-Spherical Parallel Manipulator, a Master Device for Telesurgery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing dexterity: Soft pneumatic actuation utilizing granular jamming for a human finger flexo-extension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J German Cortes-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiano F Ruiz-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Pacheco Quiñones</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniela Maffiodo</w:t>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/machines13090858⟩</w:t>
+              <w:t xml:space="preserve">Wearable Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/wtc.2024.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05270383v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing dexterity: Soft pneumatic actuation utilizing granular jamming for a human finger flexo-extension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis and Evaluation of a Joint Path Planning Algorithm for the Quasi-Spherical Parallel Manipulator, a Master Device for Telesurgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pacheco Quiñones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+                <w:t xml:space="preserve">Daniela Maffiodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wearable Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/wtc.2024.29⟩</w:t>
+              <w:t xml:space="preserve">Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (9), pp.858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/machines13090858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240872v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05270383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Soft Variable Stiffness Actuator with a Chain Mail Structure as a Particle Jamming Interface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of a 6-Degrees-of-Freedom Hybrid Interface Intended for Teleoperated Robotic Cervical Spine Surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+                <w:t xml:space="preserve">Alizée Koszulinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actuators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/act14050247⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (2), pp.021007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4065917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05068152v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective optimization for dimensional synthesis of tendon placement and structural design for energy-efficient and feasible static workspace in continuum robots</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Quaglia</w:t>
+                <w:t xml:space="preserve">A Soft Variable Stiffness Actuator with a Chain Mail Structure as a Particle Jamming Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John E. Bermeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.robot.2025.105300⟩</w:t>
+              <w:t xml:space="preserve"> Actuators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/act14050247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414955v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactive Mechatronic System for Improving Upper Limb Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simone Leone</w:t>
+                <w:t xml:space="preserve">Multi-objective optimization for dimensional synthesis of tendon placement and structural design for energy-efficient and feasible static workspace in continuum robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Jabari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Visconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Quaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 197, pp.105300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.robot.2025.105300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321705v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel Integrated Motion Tracking Device (IMTD) for Objective Laparoscopic Training Assessment: Development and Validation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sami Bennour</w:t>
+                <w:t xml:space="preserve">Interactive Mechatronic System for Improving Upper Limb Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290077v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel IMU-Based System for Work-Related Musculoskeletal Disorders Risk Assessment</w:t>
+                <w:t xml:space="preserve">Instrumented bio-inspired cable-driven compliant continuum robot: static modeling and experimental evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souha Baklouti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taysir Rezgui</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s24113419⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (9), pp.2924-2948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574724001188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623252v1</w:t>
+                <w:t xml:space="preserve">hal-04819124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assistive Control through a Hapto-Visual Digital Twin for a Master Device Used for Didactic Telesurgery</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Novel IMU-Based System for Work-Related Musculoskeletal Disorders Risk Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souha Baklouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taysir Rezgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Sahbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics13090138⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (11), pp.3419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24113419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04914653v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal design of a new redundant spherical parallel manipulator with an unlimited self-rotation capability</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+                <w:t xml:space="preserve">Assistive Control through a Hapto-Visual Digital Twin for a Master Device Used for Didactic Telesurgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pacheco Quiñones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Maffiodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s0263574724001851⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (9), pp.138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics13090138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04915052v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computer-aided design tool for typical flexible mechanisms synthesis by means of evolutionary algorithms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal design of a new redundant spherical parallel manipulator with an unlimited self-rotation capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Lahdiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Amine Ben Abdallah</w:t>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imed Khemili</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nizar Aifaoui</w:t>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 42 (4), pp.1172-1211. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s0263574724000171⟩</w:t>
+              <w:t xml:space="preserve">, 2024, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0263574724001851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717134v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural–Parametric Synthesis of Path-Generating Mechanisms and Manipulators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+                <w:t xml:space="preserve">Computer-aided design tool for typical flexible mechanisms synthesis by means of evolutionary algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Ben Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Khemili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Aifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (10), pp.149. </w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (4), pp.1172-1211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/robotics13100149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/s0263574724000171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05494565v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robot base placement and tool mounting optimization based on capability map for robot-assistant camera holder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural–Parametric Synthesis of Path-Generating Mechanisms and Manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Trabelsi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+                <w:t xml:space="preserve">Xuelin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Lahouar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Said Zeghloul</w:t>
+                <w:t xml:space="preserve">Qian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574724000870⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (10), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics13100149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04745397v1</w:t>
+                <w:t xml:space="preserve">hal-05494565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a Rectangular-Cut Kirigami Pattern for Soft Material Tuning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robot base placement and tool mounting optimization based on capability map for robot-assistant camera holder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benigno Muñoz-Barron</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Samir Lahouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app14083223⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (8), pp.2489-2510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574724000870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791503v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Development of a Smart Electronic Cervical Headgear to Record Time of Dental Patients Log</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of a Rectangular-Cut Kirigami Pattern for Soft Material Tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masoomeh Ashoorirad</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benigno Muñoz-Barron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2024.3446714⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (8), pp.3223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app14083223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717587v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural-Parametric Synthesis of the Planar Four-Bar and Six-Bar Function Generators with Revolute Joints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+                <w:t xml:space="preserve">Design and Analysis of VARONE a Novel Passive Upper-Limb Exercising Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Daniel Filomeno Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4064253⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (2), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics13020029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05007478v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Analysis of VARONE a Novel Passive Upper-Limb Exercising Device</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Castillo Castañeda</w:t>
+                <w:t xml:space="preserve">Structural-Parametric Synthesis of the Planar Four-Bar and Six-Bar Function Generators with Revolute Joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rustem Kaiyrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serik Tolenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics13020029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (9), pp.091001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4064253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04464274v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05007478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Use Validation of the Master Hybrid Haptic Device Dedicated to Remote Center-of-Motion Tasks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Development of a Smart Electronic Cervical Headgear to Record Time of Dental Patients Log</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasool Baghbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoomeh Ashoorirad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Akbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Majdi Meskini</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc Arsicault</w:t>
+                <w:t xml:space="preserve">Behnam Jamalpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amirfarhang Miresmaeili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/machines12010080⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2024.3446714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04464276v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumented bio-inspired cable-driven compliant continuum robot: static modeling and experimental evaluation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Use Validation of the Master Hybrid Haptic Device Dedicated to Remote Center-of-Motion Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Bonnet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Majdi Meskini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 42 (9), pp.2924-2948. </w:t>
+              <w:t xml:space="preserve">Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0263574724001188⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/machines12010080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04819124v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid cable-driven parallel robot as a solution to the limited rotational workspace issue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Design and Experimental Validation of a Cable-Driven Parallel Robot for Movement Training of the Head–Neck Joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Koszulinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelbadiaa Chaker</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574722000923⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics12010018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016496v1</w:t>
+                <w:t xml:space="preserve">hal-04675186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Robot for Inspection Tasks Inspired on Annelids to Obtain Peristaltic Locomotion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maximiano F Ruiz-Torres</w:t>
+                <w:t xml:space="preserve">Development of a novel hybrid haptic (nHH) device with a remote center of rotation dedicated to laparoscopic surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdi Meskini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/machines11080779⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (10), pp.3175-3194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574723000942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694780v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Trends on Innovative Robot Designs and Approaches</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A hybrid cable-driven parallel robot as a solution to the limited rotational workspace issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiaa Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13031388⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (3), pp.850-868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574722000923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492516v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metaheuristics-based approach for multiple dynamic responses optimization of flexible mechanisms</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Soft Robot for Inspection Tasks Inspired on Annelids to Obtain Peristaltic Locomotion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego E Martinez-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cruz-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiano F Ruiz-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27 (16), pp.11767-11787. </w:t>
+              <w:t xml:space="preserve">Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (8), pp.779. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00500-023-07858-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/machines11080779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717603v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advancements in multimodal human–robot interaction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent Trends on Innovative Robot Designs and Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurorobotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbot.2023.1084000⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (3), pp.1388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13031388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439174v1</w:t>
+                <w:t xml:space="preserve">hal-04492516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuum Robots: From Conventional to Customized Performance Indicators</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+                <w:t xml:space="preserve">Metaheuristics-based approach for multiple dynamic responses optimization of flexible mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amine Ben Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Khemili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Aifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomimetics8020147⟩</w:t>
+              <w:t xml:space="preserve">Soft Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (16), pp.11767-11787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00500-023-07858-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311223v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal synthesis of a planar mechanism using Matlab: Example of slider crank in a rowing motion</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recent advancements in multimodal human–robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiahao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenguang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STEM Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/steme.2023001⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurorobotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.1084000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbot.2023.1084000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05494583v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Design and Experimental Validation of a Cable-Driven Parallel Robot for Movement Training of the Head–Neck Joint</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
+                <w:t xml:space="preserve">Continuum Robots: From Conventional to Customized Performance Indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics12010018⟩</w:t>
+              <w:t xml:space="preserve">Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (2), pp.147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomimetics8020147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675186v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a novel hybrid haptic (nHH) device with a remote center of rotation dedicated to laparoscopic surgery</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal synthesis of a planar mechanism using Matlab: Example of slider crank in a rowing motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingfeng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 41 (10), pp.3175-3194. </w:t>
+              <w:t xml:space="preserve">STEM Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.1 - 14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0263574723000942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/steme.2023001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520442v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05494583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cable-Driven Parallel Robot Workspace Identification and Optimal Design Based on the Upper Limb Functional Rehabilitation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Requirements and Solutions for Motion Limb Assistance of COVID-19 Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Rosati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42235-022-00162-8⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics11020045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483194v2</w:t>
+                <w:t xml:space="preserve">hal-03830827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, analysis, and simulation of a new variable stiffness joint based on antagonist principle</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cable-Driven Parallel Robot Workspace Identification and Optimal Design Based on the Upper Limb Functional Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.390-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42235-022-00162-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/09544062221088714⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03830005v1</w:t>
+                <w:t xml:space="preserve">hal-05483194v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of variable stiffness actuators in a five-bar device to assist in active rehabilitation of the arm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Castillo-Castañeda</w:t>
+                <w:t xml:space="preserve">Design, analysis, and simulation of a new variable stiffness joint based on antagonist principle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Guadalupe Contreras-Calderón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meccanica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11012-021-01462-9⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 236 (18), pp.9991-10000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09544062221088714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668038v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comanipulation Robotic Platform for Spine Surgery with Exteroceptive Visual Coupling: Development and Experimentation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integration of variable stiffness actuators in a five-bar device to assist in active rehabilitation of the arm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+                <w:t xml:space="preserve">M. G. Contreras-Caldero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4054550⟩</w:t>
+              <w:t xml:space="preserve">Meccanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (3), pp.697-706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11012-021-01462-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668039v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redundancy Exploitation of an 8-DoF Robotic Assistant for Doppler Sonography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design and construction of a wireless robot that simulates head movements in cone beam computed tomography imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Baghbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ashoorirad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Salemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mostafapoor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actuators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/act11020033⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (3), pp.912-925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574722001072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04016773v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Validation of Light Cable-Driven Elbow-Assisting Device L-CADEL Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulio Rosati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (2), pp.416-428. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42235-021-00133-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03865399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and construction of a wireless robot that simulates head movements in cone beam computed tomography imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Baghbani</w:t>
+                <w:t xml:space="preserve">Redundancy Exploitation of an 8-DoF Robotic Assistant for Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ashoorirad</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélien Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574722001072⟩</w:t>
+              <w:t xml:space="preserve"> Actuators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/act11020033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818199v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary Methods to Acquire the Kinematics of Swimming Snakes: A Basis to Design Bio-inspired Robots</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comanipulation Robotic Platform for Spine Surgery with Exteroceptive Visual Coupling: Development and Experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Koszulinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Vendeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42235-022-00291-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (4), pp.041002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4054550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311317v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Performance of a LARMbot PK Arm Prototype</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Complementary Methods to Acquire the Kinematics of Swimming Snakes: A Basis to Design Bio-inspired Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fosseries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Humanoid Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0219843622500098⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (2), pp.668-682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42235-022-00291-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05021980v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Optimal Learning of the Gesture in Laparoscopic Surgery: Methodology and Performance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design and Performance of a LARMbot PK Arm Prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm11051398⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Humanoid Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (02), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219843622500098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596835v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Biomimetic Method to Replicate the Natural Fluid Movements of Swimming Snakes to Design Aquatic Robots</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anthony Herrel</w:t>
+                <w:t xml:space="preserve">Toward Optimal Learning of the Gesture in Laparoscopic Surgery: Methodology and Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaël Arguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Breque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomimetics7040223⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm11051398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311299v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A five-bar mechanism to assist finger flexion-extension movement: system implementation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Biomimetic Method to Replicate the Natural Fluid Movements of Swimming Snakes to Design Aquatic Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fosseries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Herrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574722001217⟩</w:t>
+              <w:t xml:space="preserve">Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, This article belongs to the Special Issue Biorobotics, 7 (4), pp.223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomimetics7040223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810674v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requirements and Solutions for Motion Limb Assistance of COVID-19 Patients</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Giulio Rosati</w:t>
+                <w:t xml:space="preserve">A five-bar mechanism to assist finger flexion-extension movement: system implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Araceli Zapatero-Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (2), pp.45. </w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (3), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/robotics11020045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0263574722001217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03830827v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Optimal Synthesis of a Finger Rehabilitation Slider-Crank-Based Device with a Prescribed Real Trajectory: Motion Specifications and Design Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Araceli Zapatero-Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6557,77 +6557,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Ben Hamida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanism and Machine Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 156, pp.104141 -. </w:t>
@@ -6665,51 +6665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic Synthesis and Analysis of the RoboMech Class Parallel Manipulator with Two Grippers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6776,468 +6776,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04086598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural-Parametric Synthesis of the RoboMech Class Parallel Mechanism with Two Sliders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+                <w:t xml:space="preserve">Towards an Autonomous Robot-Assistant for Laparoscopy Using Exteroceptive Sensors: Feasibility Study and Implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bekzat Amanov</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Brèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app11219831⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (4), pp.6473-6480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2021.3094644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952626v1</w:t>
+                <w:t xml:space="preserve">hal-04079542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an Autonomous Robot-Assistant for Laparoscopy Using Exteroceptive Sensors: Feasibility Study and Implementation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design and Experimental Characterization of a Cable-Driven Elbow Assisting Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LRA.2021.3094644⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4049529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079542v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Experimental Characterization of a Cable-Driven Elbow Assisting Device</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural-Parametric Synthesis of the RoboMech Class Parallel Mechanism with Two Sliders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhumadil Baigunchekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azamat Mustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bekzat Amanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (1), </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (21), pp.9831. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4049529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app11219831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04210306v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03952626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torque Reduction of a Reconfigurable Spherical Parallel Mechanism Based on Craniotomy Experimental Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Brèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Robotics and Vibration Mechanics, 11 (14), pp.6534. </w:t>
@@ -7288,77 +7288,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-Based Design Approach: Development of a Planar Cable-Driven Parallel Robot for Upper Limb Rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7487,90 +7487,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Experimental Characterization of L-CADEL v2, an Assistive Device for Elbow Motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7615,512 +7615,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04133773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Based Selection of an Optimal Cable-Driven Parallel Robot Design for Rehabilitation Purposes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juan Sebastián Sandoval Arévalo</w:t>
+                <w:t xml:space="preserve">Cobot with Prismatic Compliant Joint Intended for Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.7. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics10010007⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics9010014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571179v1</w:t>
+                <w:t xml:space="preserve">hal-03794224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe pHRI via the Variable Stiffness Safety-Oriented Mechanism (V2SOM): Simulation and Experimental Validations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younsse Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (11), pp.3810. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app10113810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward Kinematic Model Resolution of a Special Spherical Parallel Manipulator: Comparison and Real-Time Validation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houssem Saafi</w:t>
+                <w:t xml:space="preserve">Sensitivity Based Selection of an Optimal Cable-Driven Parallel Robot Design for Rehabilitation Purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sebastián Sandoval Arévalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 9 (3), pp.62. </w:t>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/robotics9030062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/robotics10010007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176751v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cobot with Prismatic Compliant Joint Intended for Doppler Sonography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Sandoval</w:t>
+                <w:t xml:space="preserve">Forward Kinematic Model Resolution of a Special Spherical Parallel Manipulator: Comparison and Real-Time Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 9 (1), pp.14. </w:t>
+              <w:t xml:space="preserve">, 2020, 9 (3), pp.62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/robotics9010014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/robotics9030062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03794224v1</w:t>
+                <w:t xml:space="preserve">hal-03176751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Section: Mechanisms and Robots for Safe Human–Robot Physical Interaction</w:t>
               </w:r>
@@ -8223,77 +8223,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal design and evaluation of a dexterous 4 DoFs haptic device based on delta architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célestin Préault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 37 (7), pp.1267-1288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8353,51 +8353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 16 (3), pp.503-513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8425,317 +8425,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02285155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo and in vitro comparative assessment of the log-linearized Hunt–Crossley model for impact-contact modeling in physical human–robot interactions</w:t>
+                <w:t xml:space="preserve">Multi-robot system optimization based on redundant serial spherical mechanism for robotic minimally invasive surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Courrèges</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Said Zeghloul</w:t>
+                <w:t xml:space="preserve">C. Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part I: Journal of Systems and Control Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0959651819834750⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (7), pp.1202-1213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574718000681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360917v1</w:t>
+                <w:t xml:space="preserve">hal-02285790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-robot system optimization based on redundant serial spherical mechanism for robotic minimally invasive surgery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vivo and in vitro comparative assessment of the log-linearized Hunt–Crossley model for impact-contact modeling in physical human–robot interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Courrèges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Nelson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Zeghloul</w:t>
+                <w:t xml:space="preserve">Joseph Absi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 37 (7), pp.1202-1213. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part I: Journal of Systems and Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 233 (10), pp.1376-1391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0263574718000681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0959651819834750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285790v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V2SOM: A Novel Safety Mechanism Dedicated to a Cobot’s Rotary Joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younsse Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8776,356 +8776,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic Optimization of a Reconfigurable Spherical Parallel Mechanism for Robotic-Assisted Craniotomy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Design of a Safe Human-Friendly Teleoperated System for Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terence Essomba</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4044411⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (2), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics8020029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02462213v1</w:t>
+                <w:t xml:space="preserve">hal-02332377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Design of a Safe Human-Friendly Teleoperated System for Doppler Sonography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Kinematic Optimization of a Reconfigurable Spherical Parallel Mechanism for Robotic-Assisted Craniotomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (2), pp.29. </w:t>
+              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/robotics8020029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4044411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332377v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete design methodology of biomimetic safety device for cobots’ prismatic joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younsse Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Courrèges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 102, pp.44-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9171,77 +9171,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Development of a New Master Device Used for Medical Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9327,51 +9327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl A. Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9412,477 +9412,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02047702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new serial approach of the forward kinematic model of spherical parallel manipulators for real-time applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Said Zeghloul</w:t>
+                <w:t xml:space="preserve">Design process for robotic medical tool guidance manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl A. Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 232 (4), pp.677-684. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0954406216688027⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 230 (2), pp.259-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0954406215590639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02294131v1</w:t>
+                <w:t xml:space="preserve">hal-01974938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal synthesis of a spherical parallel mechanism for medical application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Terence Essomba</w:t>
+                <w:t xml:space="preserve">A new serial approach of the forward kinematic model of spherical parallel manipulators for real-time applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Vulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 34 (3), p. 671-686. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 232 (4), pp.677-684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0263574714001805⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0954406216688027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01069213v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design process for robotic medical tool guidance manipulators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+                <w:t xml:space="preserve">Optimal synthesis of a spherical parallel mechanism for medical application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Terence Essomba</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 230 (2), pp.259-275. </w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34 (3), p. 671-686. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0954406215590639⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0263574714001805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01974938v1</w:t>
+                <w:t xml:space="preserve">hal-01069213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accuracy analysis of non-overconstrained spherical parallel manipulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47, pp.362-372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9954,51 +9954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10058,51 +10058,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spherical wrist dimensional synthesis adapted for tool-guidance medical robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10110,51 +10110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl A. Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 15 (3), pp.217-223. </w:t>
@@ -10192,77 +10192,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redundantly actuated 3-RRR spherical parallel manipulator used as a haptic device: improving dexterity and eliminating singularity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Special Issue 5: Robotics in the Alpe-Adria-Danube Region (RAAD 2013), 33 (5), pp.1113-1130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10309,90 +10309,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clearance and manufacturing errors' effects on the accuracy of the 3-RCC Spherical Parallel Manipulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 37, pp.86-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10438,103 +10438,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of spherical parallel manipulator for dexterous medical task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers of Mechanical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (2), pp.150-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10580,90 +10580,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Process of a Robotized Tele-Echography System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10723,90 +10723,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Position Error of Four Non-Overconstrained Spherical Parallel Manipulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Ben Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mechanics and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 162, pp.194-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10989,64 +10989,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifeddine Sellemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Vendeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11087,706 +11087,706 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 6 DOF Parallel Mechanism for Initial Echography Training</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mónica Urizar</w:t>
+                <w:t xml:space="preserve">Validation of a new motion tracking device for laparoscopy surgery training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_2⟩</w:t>
+              <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.92-100, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483457v1</w:t>
+                <w:t xml:space="preserve">hal-05483472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facade Inspection: Design, Prototyping, and Testing of a Hybrid Cable-Driven Parallel Robot</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manuel Tripodi</w:t>
+                <w:t xml:space="preserve">A 6 DOF Parallel Mechanism for Initial Echography Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Petuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Urizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_42⟩</w:t>
+              <w:t xml:space="preserve">The 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.13-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05483745v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasible Static Workspace Optimization of Tendon Driven Continuum Robot based on Euclidean norm</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Facade Inspection: Design, Prototyping, and Testing of a Hybrid Cable-Driven Parallel Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginna Marcela García Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Paglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Tripodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_49⟩</w:t>
+              <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.414-424, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05483758v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of an Augmented R-CUBE mechanism for Cervical Surgery</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+                <w:t xml:space="preserve">Feasible Static Workspace Optimization of Tendon Driven Continuum Robot based on Euclidean norm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Jabari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Visconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Quaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.82-91, </w:t>
+              <w:t xml:space="preserve">The 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.489-501, </w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_49⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05483463v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a new motion tracking device for laparoscopy surgery training</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Siwar Bouzid</w:t>
+                <w:t xml:space="preserve">Optimization of an Augmented R-CUBE mechanism for Cervical Surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Wen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.92-100, </w:t>
+              <w:t xml:space="preserve">The 9th International Workshop on Medical and Service Robots (MESROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France. pp.82-91, </w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483472v1</w:t>
+                <w:t xml:space="preserve">hal-05483463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Modelling of a Geometrically Non-uniform Elastic Beam to Mimic Snake Swimming Undulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11872,77 +11872,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanen El Golli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Bâle, Switzerland. pp.27-37, </w:t>
@@ -11980,103 +11980,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Multi-robot Placement Based on Capability Map for Medical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Lahouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAAD 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Klagenfurt, Australia. pp.333-342, </w:t>
@@ -12114,103 +12114,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic Modelling of a Bioinspired Two Sections Serial Continuum Robot (SCR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAAD 2022: Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Klagenfurt, Autriche, Austria. pp.247-255, </w:t>
@@ -12248,103 +12248,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an 8-DoF Redundant Robotic Platform for Medical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEDER 2021: Mechanism Design for Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Poitiers (FR), France. pp.297-304, </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12417,51 +12417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12525,64 +12525,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Design of a Rehabilitation Four Cable-Driven Parallel Robot for Daily Living Activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sebastián Sandoval Arévalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12672,51 +12672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12763,77 +12763,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Safe Physical Human-Robot Interaction for Tele-Operated System: Application to Doppler Sonography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12880,77 +12880,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety performance of a variable stiffness actuator for collaborative robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13010,90 +13010,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Kinematic of a 4 d.o.fs Haptic Device Based on the Delta Robot Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célestin Préault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th International Conference on Robotics in Alpe-Adria-Danube Region – RAAD 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Torrino, Italy. pp.699-706, </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13127,103 +13127,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Synthesis of a Six Bar Mechanism with Nonlinear Stiffness for Prismatic Compliant Joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younsse Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Courrèges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Conference on Robotics in Alpe-Adria-Danube Region (RAAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Belgrade, Serbia. pp.152-161, </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13257,90 +13257,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An in Vivo Experiment to Assess the Validity of the Log Linearized Hunt-Crossley Model for Contacts of Robots with the Human Abdomen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Courrèges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Symposium on Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13365,90 +13365,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for respiratory motions in online mechanical impedance estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Courrèges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Absi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13486,51 +13486,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New human-centered kinetostatic criteria for tele-operated robots, validation with medical tele-sonography robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Courrèges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13568,51 +13568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spherical wrist dimensional synthesis adapted for tool-guidance medical robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13620,51 +13620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
@@ -13693,77 +13693,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resolution of spherical parallel Manipulator (SPM) forward kinematic model (FKM) near the singularity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13788,51 +13788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and optimization of a master-slave system for tele-echography application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13840,51 +13840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Biennial Conference on Engineering Systems 
 Design and Analysis, ESDA 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.343- 352, </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
@@ -13913,364 +13913,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00923696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude cinématique d'un manipulateur parallèle sphérique pour des applications médicales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+                <w:t xml:space="preserve">Contribution to the Design of a Robotized Tele-Ultrasound System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">2nd IFToMM International Symposium on Robotics and Mechatronics, ISRM 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Shangai, China. pp.ISMR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03422711v1</w:t>
+                <w:t xml:space="preserve">hal-00647386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal synthesis of new spherical parallel mechanism for application to tele-echography chain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude cinématique d'un manipulateur parallèle sphérique pour des applications médicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gérard Poisson</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2011, International Design Engineering Technical Conferences (IDETC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.DETC2011-47184</w:t>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647359v1</w:t>
+                <w:t xml:space="preserve">hal-03422711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to the Design of a Robotized Tele-Ultrasound System</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
+                <w:t xml:space="preserve">Optimal synthesis of new spherical parallel mechanism for application to tele-echography chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IFToMM International Symposium on Robotics and Mechatronics, ISRM 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Shangai, China. pp.ISMR</w:t>
+              <w:t xml:space="preserve">ASME 2011, International Design Engineering Technical Conferences (IDETC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.DETC2011-47184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647386v1</w:t>
+                <w:t xml:space="preserve">hal-00647359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -14288,77 +14288,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14610,3362 +14610,3396 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (31)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Ankle Rehabilitation Parallel Mechanism with a Circular Rail</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
+                <w:t xml:space="preserve">Remote center of motion mechanism modeling and optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Med Amine Laribi; Carl Nelson. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Advances in Mechanisms, Transmissions and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-05466-1_14⟩</w:t>
+              <w:t xml:space="preserve">Robot Design. Application to Medical Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academic Press, pp.45-75, 2026, 978-0-443-24778-1 (paperback) ; 978-0-443-24779-8 (eBook). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-443-24778-1.00003-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05345836v1</w:t>
+                <w:t xml:space="preserve">hal-05563453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Analysis of a Redundant Planar Parallel Robot with Variable Stiffness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carl Nelson</w:t>
+                <w:t xml:space="preserve">An Ankle Rehabilitation Parallel Mechanism with a Circular Rail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Fomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Trends in Medical and Service Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.3-12, 2025, Mechanisms and Machine Science, </w:t>
+              <w:t xml:space="preserve">New Advances in Mechanisms, Transmissions and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 192, Springer Nature Switzerland, pp.133-143, 2026, Mechanisms and Machine Science, </w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-05466-1_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05483449v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haptic model of new spherical parallel manipulator</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+                <w:t xml:space="preserve">Design and Analysis of a Redundant Planar Parallel Robot with Variable Stiffness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Trends in Medical and Service Robotics. MESROB 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.101-108, 2025, Mechanisms and Machine Science, 978-3-031-96080-2. </w:t>
+              <w:t xml:space="preserve">New Trends in Medical and Service Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.3-12, 2025, Mechanisms and Machine Science, </w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483479v1</w:t>
+                <w:t xml:space="preserve">hal-05483449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Master/Slave system with non-homothetic kinematics for Surgical Teleoperation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Haptic model of new spherical parallel manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Lahdiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Med Amine Laribi; Giuseppe Carbone; Doina Pisla,; Said Zeghloul. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Trends in Medical and Service Robotics. MESROB 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.139-149, 2025, Mechanisms and Machine Science, 978-3-031-96080-2. </w:t>
+              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.101-108, 2025, Mechanisms and Machine Science, 978-3-031-96080-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483484v1</w:t>
+                <w:t xml:space="preserve">hal-05483479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Master Haptic Device Design for Teleoperation: A 15-Year Exploration of Parallel and Hybrid Robotic Architectures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Terence Essomba</w:t>
+                <w:t xml:space="preserve">Master/Slave system with non-homothetic kinematics for Surgical Teleoperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdi Meskini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of I4SDG Workshop 2025 - IFToMM for Sustainable Development Goals. Volume 1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 179, Springer Nature Switzerland, pp.49-57, 2025, Mechanisms and Machine Science, 978-3-031-91150-7. </w:t>
+              <w:t xml:space="preserve">New Trends in Medical and Service Robotics. MESROB 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 186, Springer Nature Switzerland, pp.139-149, 2025, Mechanisms and Machine Science, 978-3-031-96080-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-91151-4_6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-96081-9_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483842v1</w:t>
+                <w:t xml:space="preserve">hal-05483484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward Kinematic Model Resolution of a New Spherical Parallel Manipulator</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+                <w:t xml:space="preserve">Advances in Master Haptic Device Design for Teleoperation: A 15-Year Exploration of Parallel and Hybrid Robotic Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giuseppe Carbone; Giuseppe Quaglia. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.23-31, 2024, Mechanisms and Machine Science, 978-3-031-59890-6. </w:t>
+              <w:t xml:space="preserve">Proceedings of I4SDG Workshop 2025 - IFToMM for Sustainable Development Goals. Volume 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 179, Springer Nature Switzerland, pp.49-57, 2025, Mechanisms and Machine Science, 978-3-031-91150-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-91151-4_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503108v1</w:t>
+                <w:t xml:space="preserve">hal-05483842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Analysis of Peristaltic Locomotion in Soft Robots: Focusing on the Interaction and Importance of Friction</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling and Experimental Validation of a 3 DOF Cable-Driven Parallel Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Dolores Oscar Barceinas-Sanchez</w:t>
+                <w:t xml:space="preserve">Hadhemi Ben Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiss Ghrairi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badreddine Kribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.263-270, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_24⟩</w:t>
+              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.13-22, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503122v1</w:t>
+                <w:t xml:space="preserve">hal-05503125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis Study of Working Modes Within a Redundant Architecture for a Spherical Parallel Manipulator (SPM)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a Five DOF Contactless Robot for Facade Inspection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginna Marcela García Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 157, Springer Nature Switzerland, pp.209-219, 2024, Mechanisms and Machine Science, 978-3-031-59259-1. </w:t>
+              <w:t xml:space="preserve">State-of-the-Art and Innovations in Mechanism and Machine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 150, Springer Nature Switzerland, pp.189-199, 2024, Mechanisms and Machine Science, 978-3-031-47039-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59257-7_22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-47040-0_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04931010v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Variable-Stiffness Joint Based on Electromagnetic Force Attraction: Modeling and Design</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+                <w:t xml:space="preserve">Forward Kinematic Model Resolution of a New Spherical Parallel Manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Lahdiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.67-76, 2024, Mechanisms and Machine Science, 978-3-031-59890-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_7⟩</w:t>
+              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.23-31, 2024, Mechanisms and Machine Science, 978-3-031-59890-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503084v1</w:t>
+                <w:t xml:space="preserve">hal-05503108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Analysis of a Cost-Effective Haptic Device for Sonography Training</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+                <w:t xml:space="preserve">Modeling and Analysis of Peristaltic Locomotion in Soft Robots: Focusing on the Interaction and Importance of Friction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego E Martinez-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Dolores Oscar Barceinas-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.111-121, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
+              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.263-270, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503118v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Five DOF Contactless Robot for Facade Inspection</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analysis Study of Working Modes Within a Redundant Architecture for a Spherical Parallel Manipulator (SPM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasser Enbaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef Ghiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubeir Tourki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">State-of-the-Art and Innovations in Mechanism and Machine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-47040-0_13⟩</w:t>
+              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 157, Springer Nature Switzerland, pp.209-219, 2024, Mechanisms and Machine Science, 978-3-031-59259-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59257-7_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04919269v1</w:t>
+                <w:t xml:space="preserve">hal-04931010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Experimental Validation of a 3 DOF Cable-Driven Parallel Robot</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Variable-Stiffness Joint Based on Electromagnetic Force Attraction: Modeling and Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssein Lamine</w:t>
+                <w:t xml:space="preserve">Luis Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.13-22, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
+              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.67-76, 2024, Mechanisms and Machine Science, 978-3-031-59890-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503125v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kirigami–like Soft Elastomeric Skin: Design and Influence Evaluation in the Mobility of a Bio–inspired Snake–Arm Robot</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elie Gautreau</w:t>
+                <w:t xml:space="preserve">Design and Analysis of a Cost-Effective Haptic Device for Sonography Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Petuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Urizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_64⟩</w:t>
+              <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 158, Springer Nature Switzerland, pp.111-121, 2024, Mechanisms and Machine Science, 978-3-031-59887-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503142v1</w:t>
+                <w:t xml:space="preserve">hal-05503118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Low-Cost System Concept for Initial Sonography Training</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+                <w:t xml:space="preserve">Variable Stiffness Joint Implementation in a Mechanism for the Arm Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Guadalupe Contreras-Calderón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Victor Petuya</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 147, Springer Nature Switzerland, pp.63-72, 2023, Mechanisms and Machine Science, 978-3-031-45704-3. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-45705-0_7⟩</w:t>
+              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.612-619, 2023, Mechanisms and Machine Science, 978-3-031-45769-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537670v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Synthesis and Experimental Validation of a Bio-inspired Variable Stiffness Universal Compliant Joint for Continuum Robots</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">A Kirigami–like Soft Elastomeric Skin: Design and Influence Evaluation in the Mobility of a Bio–inspired Snake–Arm Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yamile Sandoval-Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego E Martinez-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. German Cortes-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.419-428, 2023, Mechanisms and Machine Science, </w:t>
+              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.641-650, 2023, Mechanisms and Machine Science, 978-3-031-45769-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_42⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_64⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276195v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robot Design: Optimization Methods and Task-Based Design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Low-Cost System Concept for Initial Sonography Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykhailo Riabtsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Castillo-Castaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Petuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robot Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 123, Springer International Publishing, pp.97-115, 2023, Mechanisms and Machine Science, 978-3-031-11127-3. </w:t>
+              <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 147, Springer Nature Switzerland, pp.63-72, 2023, Mechanisms and Machine Science, 978-3-031-45704-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-11128-0_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45705-0_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04265674v1</w:t>
+                <w:t xml:space="preserve">hal-04537670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Optimization of a Tendon-Driven Continuum Robot</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Optimal Synthesis and Experimental Validation of a Bio-inspired Variable Stiffness Universal Compliant Joint for Continuum Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.106-116, 2023, Mechanisms and Machine Science, </w:t>
+              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.419-428, 2023, Mechanisms and Machine Science, </w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277003v1</w:t>
+                <w:t xml:space="preserve">hal-04276195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable Stiffness Joint Implementation in a Mechanism for the Arm Rehabilitation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robot Design: Optimization Methods and Task-Based Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.612-619, 2023, Mechanisms and Machine Science, 978-3-031-45769-2. </w:t>
+              <w:t xml:space="preserve">Robot Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 123, Springer International Publishing, pp.97-115, 2023, Mechanisms and Machine Science, 978-3-031-11127-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_61⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-11128-0_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503163v1</w:t>
+                <w:t xml:space="preserve">hal-04265674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prototype and Testing of LARMbot PK Arm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
+                <w:t xml:space="preserve">Design Optimization of a Tendon-Driven Continuum Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Mechanism Design III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 85, Springer International Publishing, pp.210-219, 2022, Mechanisms and Machine Science, 978-3-030-83593-4. </w:t>
+              <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.106-116, 2023, Mechanisms and Machine Science, </w:t>
             </w:r>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-83594-1_22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04576480v1</w:t>
+                <w:t xml:space="preserve">hal-04277003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serial Approach for Solving the Forward Kinematic Model of the DELTA Robot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Houssem Saafi</w:t>
+                <w:t xml:space="preserve">Prototype and Testing of LARMbot PK Arm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...35 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanism Design for Robotics : MEDER 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 103, Springer International Publishing, pp.305-312, 2021, Mechanisms and Machine Science, 978-3-030-75270-5. </w:t>
+              <w:t xml:space="preserve">Advances in Mechanism Design III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 85, Springer International Publishing, pp.210-219, 2022, Mechanisms and Machine Science, 978-3-030-83593-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_32⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-83594-1_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573746v1</w:t>
+                <w:t xml:space="preserve">hal-04576480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotic-Assisted Platform for Spinal Surgery: A Preliminary Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Térence Essomba</w:t>
+                <w:t xml:space="preserve">Serial Approach for Solving the Forward Kinematic Model of the DELTA Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdi Meskini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saïd Zeghloul; Med Amine Laribi; Marc Arsicault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 102, Springer International Publishing, pp.192-198, 2021, Mechanisms and Machine Science, 978-3-030-75258-3. </w:t>
+              <w:t xml:space="preserve">Mechanism Design for Robotics : MEDER 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 103, Springer International Publishing, pp.305-312, 2021, Mechanisms and Machine Science, 978-3-030-75270-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-75259-0_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573950v1</w:t>
+                <w:t xml:space="preserve">hal-04573746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Optimal Design of LAWEX for a Safe Upper Arm Rehabilitation Exercising</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ines Ben Hamida</w:t>
+                <w:t xml:space="preserve">Robotic-Assisted Platform for Spinal Surgery: A Preliminary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Térence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saïd Zeghloul; Med Amine Laribi; Marc Arsicault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanism Design for Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 103, Springer International Publishing, pp.313-321, 2021, Mechanisms and Machine Science, 978-3-030-75270-5. </w:t>
+              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 102, Springer International Publishing, pp.192-198, 2021, Mechanisms and Machine Science, 978-3-030-75258-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_33⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75259-0_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573723v1</w:t>
+                <w:t xml:space="preserve">hal-04573950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic and Force Experiments on Cadavers for the Specification of a Tele-Operated Craniotomy Robot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+                <w:t xml:space="preserve">On the Optimal Design of LAWEX for a Safe Upper Arm Rehabilitation Exercising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Ben Hamida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Brèque</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saïd Zeghloul; Med Amine Laribi; Marc Arsicault. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.447-454, 2020, </w:t>
+              <w:t xml:space="preserve">Mechanism Design for Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 103, Springer International Publishing, pp.313-321, 2021, Mechanisms and Machine Science, 978-3-030-75270-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_51⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344482v1</w:t>
+                <w:t xml:space="preserve">hal-04573723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of an Ergonomic Contactless Master Device for a Teleoperation Platform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Kinematic and Force Experiments on Cadavers for the Specification of a Tele-Operated Craniotomy Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Brèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.421-429, 2020, </w:t>
+              <w:t xml:space="preserve">, pp.447-454, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_48⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344498v1</w:t>
+                <w:t xml:space="preserve">hal-02344482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomous Robot-Assistant Camera Holder for Minimally Invasive Surgery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Validation of an Ergonomic Contactless Master Device for a Teleoperation Platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.465-472, 2020, 978-3-030-30035-7. </w:t>
+              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.421-429, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_42⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321750v1</w:t>
+                <w:t xml:space="preserve">hal-02344498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Resolution of the Forward Kinematic Model for a New Spherical Parallel Manipulator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houssem Saafi</w:t>
+                <w:t xml:space="preserve">Autonomous Robot-Assistant Camera Holder for Minimally Invasive Surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.423-431, 2020, </w:t>
+              <w:t xml:space="preserve">, pp.465-472, 2020, 978-3-030-30035-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_38⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321704v1</w:t>
+                <w:t xml:space="preserve">hal-02321750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Low-Cost 6-DoF Master Device for Robotic Teleoperation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+                <w:t xml:space="preserve">Real-Time Resolution of the Forward Kinematic Model for a New Spherical Parallel Manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.473-480, 2020, 978-3-030-30035-7. </w:t>
+              <w:t xml:space="preserve">, pp.423-431, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_43⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321686v1</w:t>
+                <w:t xml:space="preserve">hal-02321704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-objective Optimization of a Reconfigurable Spherical Parallel Mechanism for Tele-Operated Craniotomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.454-464, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17993,502 +18027,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Variable Stiffness Safety Oriented Mechanism for Cobots’ Rotary Joints</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Arsicault</w:t>
+                <w:t xml:space="preserve">A Low-Cost 6-DoF Master Device for Robotic Teleoperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in service and industrial robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.24-34, 2019, </w:t>
+              <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.473-480, 2020, 978-3-030-30035-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326415v1</w:t>
+                <w:t xml:space="preserve">hal-02321686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Upper Limb Motion Specifications via Visual Tracking for Robot Assisted Exercising</w:t>
+                <w:t xml:space="preserve">Optimal Design of Cable Driven Robot for Rehabilitation with Prescribed Workspace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Decatoire</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Pisla</w:t>
+                <w:t xml:space="preserve">G. Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.93-101, 2019, </w:t>
+              <w:t xml:space="preserve">New Trends in Medical and Service Robotics. Mechanisms and Machine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.273-282, 2019, Mechanisms and Machine Science, 978-3-030-00328-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00329-6_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326242v1</w:t>
+                <w:t xml:space="preserve">hal-04254793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Design of Cable Driven Robot for Rehabilitation with Prescribed Workspace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Variable Stiffness Safety Oriented Mechanism for Cobots’ Rotary Joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Ayoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Trends in Medical and Service Robotics. Mechanisms and Machine Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances in service and industrial robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.24-34, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, pp.273-282, 2019, Mechanisms and Machine Science, 978-3-030-00328-9. </w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of Upper Limb Motion Specifications via Visual Tracking for Robot Assisted Exercising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-00329-6_31⟩</w:t>
+                <w:t xml:space="preserve">A. Decatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pisla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.93-101, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254793v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTRIBUTION À LA SYNTHÈSE DES MÉCANISMES PLANS ET SPATIAUX ET DE ROBOTS PARALLÈLES PAR UNE MÉTHODE ÉVOLUTIONNAIRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie mécanique [physics.class-ph]. Université de Poitiers, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00706309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId462"/>
+      <w:footerReference w:type="default" r:id="rId464"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18556,51 +18694,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8D0CC8B"/>
+    <w:nsid w:val="07CC448D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18787,51 +18925,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/med-amine-laribi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0797-7669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/099386437" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201075529" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357780987" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455065v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jabari" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Visconte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Quaglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070630" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475879v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Filomeno Amador" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Castaneda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Carbone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RIA-06-2025-0162" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05521379v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haisheng Xia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Su" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Alfayad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcds.2026.3657124" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483090v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Bouzid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadia Chaker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bennour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4069906" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459491v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqin Hu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Qu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoqian Wang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haobin Fu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491605v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhumadil Baigunchekov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustem Kaiyrov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Qian" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics15010010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunpeng Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhen Zhou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2025.106175" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Riabtsev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guilhem" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Petuya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Urizar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics14070095" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717595v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Koszulinski" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4065917" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270383v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pacheco Qui&#241;ones" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Maffiodo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines13090858" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240872v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yamile Sandoval-Castro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J German Cortes-Gonzalez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiano F Ruiz-Torres" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/wtc.2024.29" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068152v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E. Bermeo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act14050247" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2025.105300" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321705v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Leone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290077v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623252v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Baklouti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taysir Rezgui" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sahbani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113419" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04914653v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13090138" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04915052v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Lahdiri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Saafi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Mlika" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263574724001851" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717134v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Abdallah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Khemili" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Aifaoui" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263574724000171" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494565v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuelin Wang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Li" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13100149" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745397v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Trabelsi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lahouar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724000870" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791503v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benigno Mu&#241;oz-Barron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14083223" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717587v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasool Baghbani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Ashoorirad" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akbari" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Jamalpour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirfarhang Miresmaeili" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2024.3446714" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007478v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serik Tolenov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4064253" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464274v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo Casta&#241;eda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13020029" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464276v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Meskini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines12010080" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819124v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gautreau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724001188" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016496v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdaws Ennaiem" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadiaa Chaker" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Romdhane" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722000923" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694780v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego E Martinez-Sanchez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cruz-Santos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines11080779" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492516v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13031388" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717603v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-023-07858-x" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439174v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Qi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahao Chen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Yang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2023.1084000" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311223v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Russo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics8020147" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494583v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfeng Wang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/steme.2023001" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675186v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12010018" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520442v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574723000942" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483194v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadi&#226; Chaker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00162-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830005v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Contreras-Calder&#243;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062221088714" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668038v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Contreras-Caldero" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-021-01462-9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668039v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vendeuvre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4054550" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016773v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thomas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020033" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865399v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ceccarelli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bottin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Rosati" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00133-5" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818199v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baghbani" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashoorirad" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salemi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mostafapoor" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001072" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311317v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fox" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosseries" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Valle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00291-0" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021980v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Fort" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219843622500098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311299v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics7040223" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810674v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Zapatero-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001217" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830827v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics11020045" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206243v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020708" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206268v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Hamida" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laribi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlika" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romdhane" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zeghloul" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S026357472000034X" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493259v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ben Hamida" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.104141" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086598v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azamat Mustafa" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abzal Kassinov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10030099" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952626v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekzat Amanov" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11219831" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079542v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faure" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3094644" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210306v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049529" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005852v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Essomba" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieh-Tsai Wu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146534" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213815v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11125635" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005847v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ms-12-155-2021" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133773v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21155149" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571179v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Sandoval Ar&#233;valo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10010007" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615051v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younsse Ayoubi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10113810" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176751v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9030062" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794224v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9010014" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464281v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simaan Nabil" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl A. Nelson" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044541" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285440v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Pr&#233;ault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000929" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285155v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-019-0041-4" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02360917v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Courr&#232;ges" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Absi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959651819834750" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285790v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nelson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000681" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284732v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Laribi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8010018" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462213v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hsu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044411" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332377v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laribi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020029" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304367v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.01.008" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1XQWZK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291719v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4039590" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047702v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037053" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294131v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vulliez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406216688027" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069213v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001805" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974938v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215590639" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502815v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.06.005" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PWS7FCR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069216v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406214530598" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069214v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014022" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799961v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001751" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502613v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.05.009" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6FVMHZ2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502617v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11465-012-0325-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1R93MP81-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707981v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.384" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502803v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Ben Romdhane" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.194" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498369v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-15271-8_15" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345844v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifeddine Sellemi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05466-1_15" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483457v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_2" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483745v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginna Marcela Garc&#237;a Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Paglia" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tripodi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_42" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483758v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_49" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483463v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Wu" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_9" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483472v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Faure" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_10" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080395v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29815-8_35" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498372v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen El Golli" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76147-9_4" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246649v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_39" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016722v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_29" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016735v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_31" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573909v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_34" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498374v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272404v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ayoubi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_18" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271555v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_40" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543230v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61276-8_74" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385662v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49058-8_17" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01315330v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01315331v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arsicault" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935682v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440631v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nelson" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440458v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923696v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82744" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422711v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647359v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647386v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501507v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497126v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2023-0-51038-9" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497151v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11128-0" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345836v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Brem" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Fomin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05466-1_14" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483449v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483479v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_11" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483484v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_15" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483842v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-91151-4_6" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503108v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_3" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503122v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Dolores Oscar Barceinas-Sanchez" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_24" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04931010v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasser Enbaya" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ghiss" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubeir Tourki" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59257-7_22" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503084v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Amador" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_7" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503118v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_11" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04919269v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47040-0_13" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503125v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadhemi Ben Brahim" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiss Ghrairi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Kribi" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Lamine" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503142v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. German Cortes-Gonzalez" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_64" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537670v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45705-0_7" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276195v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_42" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265674v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11128-0_5" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277003v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_11" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503163v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_61" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576480v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83594-1_22" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573746v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_32" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573950v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75259-0_21" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573723v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_33" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344482v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_51" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344498v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_48" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321750v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_42" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321704v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_38" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321686v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_43" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321769v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_41" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326415v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_3" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326242v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decatoire" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pisla" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_10" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254793v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carbone" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-00329-6_31" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00329-6_31" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00706309v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/med-amine-laribi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0797-7669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/099386437" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201075529" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357780987" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455065v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jabari" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Visconte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Quaglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070630" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475879v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Filomeno Amador" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Castaneda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Carbone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RIA-06-2025-0162" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05521379v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haisheng Xia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Su" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Alfayad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcds.2026.3657124" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483090v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Bouzid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadia Chaker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bennour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4069906" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459491v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqin Hu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Qu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoqian Wang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haobin Fu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290077v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215061v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunpeng Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhen Zhou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2025.106175" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhumadil Baigunchekov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustem Kaiyrov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Qian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics15010010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Riabtsev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guilhem" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Petuya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Urizar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics14070095" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240872v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yamile Sandoval-Castro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J German Cortes-Gonzalez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiano F Ruiz-Torres" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/wtc.2024.29" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270383v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pacheco Qui&#241;ones" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Maffiodo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines13090858" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717595v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Koszulinski" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4065917" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068152v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E. Bermeo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act14050247" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414955v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2025.105300" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321705v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Leone" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819124v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gautreau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724001188" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623252v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Baklouti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taysir Rezgui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sahbani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113419" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04914653v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13090138" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04915052v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Lahdiri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Saafi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Mlika" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263574724001851" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717134v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Ben Abdallah" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Khemili" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Aifaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263574724000171" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494565v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuelin Wang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Li" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13100149" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745397v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Trabelsi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lahouar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724000870" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791503v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benigno Mu&#241;oz-Barron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14083223" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464274v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo Casta&#241;eda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13020029" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007478v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serik Tolenov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4064253" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717587v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasool Baghbani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Ashoorirad" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akbari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Jamalpour" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirfarhang Miresmaeili" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2024.3446714" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464276v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Meskini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines12010080" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675186v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdaws Ennaiem" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Romdhane" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12010018" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520442v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574723000942" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016496v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadiaa Chaker" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722000923" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694780v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego E Martinez-Sanchez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cruz-Santos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines11080779" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492516v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13031388" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717603v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-023-07858-x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439174v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Qi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahao Chen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Yang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2023.1084000" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311223v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Russo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics8020147" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494583v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfeng Wang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/steme.2023001" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830827v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ceccarelli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bottin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Rosati" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics11020045" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483194v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadi&#226; Chaker" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00162-8" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830005v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Contreras-Calder&#243;n" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062221088714" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668038v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Contreras-Caldero" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-021-01462-9" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818199v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baghbani" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashoorirad" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salemi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mostafapoor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001072" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865399v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00133-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016773v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thomas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020033" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668039v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vendeuvre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4054550" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311317v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fox" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosseries" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Valle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00291-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021980v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Fort" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219843622500098" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311299v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics7040223" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810674v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Zapatero-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001217" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206243v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020708" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206268v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Hamida" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laribi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlika" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romdhane" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zeghloul" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S026357472000034X" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493259v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ben Hamida" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.104141" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086598v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azamat Mustafa" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abzal Kassinov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10030099" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079542v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faure" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3094644" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210306v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049529" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952626v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekzat Amanov" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11219831" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005852v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Essomba" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieh-Tsai Wu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146534" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213815v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11125635" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005847v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ms-12-155-2021" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133773v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21155149" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794224v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9010014" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615051v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younsse Ayoubi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10113810" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571179v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Sandoval Ar&#233;valo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10010007" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176751v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9030062" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464281v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simaan Nabil" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl A. Nelson" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044541" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285440v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Pr&#233;ault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000929" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285155v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-019-0041-4" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285790v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nelson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574718000681" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02360917v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Courr&#232;ges" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Absi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959651819834750" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284732v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Laribi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8010018" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332377v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laribi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020029" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462213v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hsu" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044411" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304367v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.01.008" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1XQWZK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291719v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4039590" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047702v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037053" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974938v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215590639" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294131v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vulliez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406216688027" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069213v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001805" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502815v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.06.005" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PWS7FCR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069216v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406214530598" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069214v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014022" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799961v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001751" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502613v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.05.009" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6FVMHZ2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502617v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11465-012-0325-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1R93MP81-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707981v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.384" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502803v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Ben Romdhane" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.194" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498369v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-15271-8_15" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345844v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifeddine Sellemi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05466-1_15" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483472v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Faure" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_10" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483457v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_2" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483745v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginna Marcela Garc&#237;a Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Paglia" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tripodi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_42" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483758v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_49" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483463v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Wu" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_9" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080395v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29815-8_35" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498372v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen El Golli" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76147-9_4" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246649v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_39" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016722v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_29" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016735v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_31" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573909v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_34" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498374v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272404v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ayoubi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_18" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271555v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_40" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543230v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61276-8_74" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385662v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49058-8_17" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01315330v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01315331v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arsicault" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935682v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440631v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nelson" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440458v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923696v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82744" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647386v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422711v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647359v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501507v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497126v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2023-0-51038-9" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497151v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11128-0" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563453v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-24778-1.00003-5" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345836v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Brem" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Fomin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05466-1_14" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483449v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483479v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_11" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483484v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96081-9_15" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483842v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-91151-4_6" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503125v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadhemi Ben Brahim" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiss Ghrairi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Kribi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Lamine" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04919269v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47040-0_13" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503108v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_3" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503122v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Dolores Oscar Barceinas-Sanchez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_24" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04931010v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasser Enbaya" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ghiss" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubeir Tourki" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59257-7_22" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503084v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Amador" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_7" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503118v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_11" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503163v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_61" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503142v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. German Cortes-Gonzalez" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_64" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537670v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45705-0_7" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276195v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_42" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265674v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11128-0_5" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277003v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_11" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576480v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83594-1_22" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573746v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_32" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573950v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75259-0_21" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573723v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_33" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344482v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_51" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344498v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_48" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321750v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_42" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321704v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_38" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321769v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_41" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321686v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_43" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254793v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carbone" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-00329-6_31" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00329-6_31" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326415v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_3" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326242v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decatoire" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pisla" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_10" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00706309v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>