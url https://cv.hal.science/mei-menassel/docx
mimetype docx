--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mei Menassel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ville collaborative, créative et durable comme défi sociétal et problème pernicieux».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kustosz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Khanfir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan Mouren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Politiques et Management Publics. Colloque annuel 2024 – L'action publique face aux problèmes pernicieux : quels dispositifs stratégiques concevoir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Rochelle Université, May 2024, LA ROCHELLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04784031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video mapping : Le patrimoine en lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From MemoRekall to MemoRekall-IIIF: Developing a video annotation web application in the context of citizen science co-creation practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Bardiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Michaan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irénée Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADHO Digital Humanities Conference 2023 (DH2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intentionnalité dans le design d’expérience usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Khainnar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque International sur les sciences et technologies de la conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TABLE-RONDE : MÉDIATECTURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Boulekbache-Mazouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everardo Reyes-García</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du projet Video Mapping European Center 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Burczykowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville En-jeu (Conférence Proceedings)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Desombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-virtuoses : serious game, simulation, e-learning et gamification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valenciennes, France. pp.37-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04461755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIDEO MAPPING : LE PATRIMOINE EN LUMIÈRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Laurence Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine en lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Video Mapping European Center, 2023, 978-2-9586302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Annotation for Circus Education. MemoRekall and the COSMIC project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Bardiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rennes 2. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828472v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C2L3PLAY L'aventure Living Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemence Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université polytechnique Hauts-de-France; Université de Mons (UMONS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Vincent Pouydesseau – Navigation Sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Gauthier Renard & Alan Krzystek – Ellapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Jonas Vansteenkiste – Pedigree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview : X-Innovation Mondes virtuels – Quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Okus Lab - Okus Pendulum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Thomas Rouvillain – Endo/Exo – Listen & see</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Hadrien Tequi – La colonie P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule Vidéo MEMOREKALL : Philippe Baraduc – Topology, spectacle interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Hugo Deverchère – The Crystal and the blind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule MEMOREKALL : opera-id de Arnaud Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux pervasifs, entre l'ici et l'ailleurs : le cas de Pokemon Go</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Khaldoun Zreik, Marc Veyrat, Patrizia Laudati &amp; Gabriel Bursztyn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présence dans la Ville Post-Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HyperUrbain.7, Europia, pp.196, 2021, 979-10-90094-44-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an augmented writing of urban temporalities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Magerand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Khaldoun Zreik, Patrizia Laudati. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">City Temporalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HyperUrbain.5, Europia, pp.180, 2016, 979-10-90094-22-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs numériques « créatifs » comme outils de médiation dans l’espace urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Laudati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonaccorsi, J., Bourdaa, M. &amp; Raichvarg, D. (Dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Créations au prisme des TIC. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.161-171, 2015, ISBN 978-2-336-30734-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01811753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flash locative média, une invitation à la promenade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Desombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mineur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrizia Laoudati, Dominique Laousse et Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité et Parcours Hybrides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, europia, 2014, HyperUrbain, 979-10-90094-16-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usual communicating objects for better living Abstract:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Fragomeli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication et Management : Revue internationale des sciences commerciales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 17 (1), pp.23-37. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/comma.171.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creative Living Labs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services numériques interactifs &amp;quot;créatifs&amp;quot; et expérience urbaine : construction d'une méthode mixte ad hoc pour comprendre et évaluer les services créatifs de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université Polytechnique Hauts-de-France; Université de Mons, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018VALE0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04415022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId61"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mei Menassel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ville collaborative, créative et durable comme défi sociétal et problème pernicieux».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kustosz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Khanfir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan Mouren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Politiques et Management Publics. Colloque annuel 2024 – L'action publique face aux problèmes pernicieux : quels dispositifs stratégiques concevoir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Rochelle Université, May 2024, LA ROCHELLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04784031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video mapping : Le patrimoine en lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From MemoRekall to MemoRekall-IIIF: Developing a video annotation web application in the context of citizen science co-creation practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Bardiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Michaan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irénée Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADHO Digital Humanities Conference 2023 (DH2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intentionnalité dans le design d’expérience usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Khainnar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque International sur les sciences et technologies de la conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TABLE-RONDE : MÉDIATECTURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Boulekbache-Mazouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everardo Reyes-García</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du projet Video Mapping European Center 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Burczykowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBSIC - Image Beyond the Screen International Conference Conférence video mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Wallers-Arenberg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville En-jeu (Conférence Proceedings)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Desombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-virtuoses : serious game, simulation, e-learning et gamification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valenciennes, France. pp.37-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04461755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine en lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Video Mapping European Center, 2023, 978-2-9586302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video mapping : le patrimoine en lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Laurence Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Annotation for Circus Education. MemoRekall and the COSMIC project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Bardiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rennes 2. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828472v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C2L3PLAY L'aventure Living Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemence Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université polytechnique Hauts-de-France; Université de Mons (UMONS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Vincent Pouydesseau – Navigation Sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Gauthier Renard & Alan Krzystek – Ellapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Jonas Vansteenkiste – Pedigree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview : X-Innovation Mondes virtuels – Quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Okus Lab - Okus Pendulum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Thomas Rouvillain – Endo/Exo – Listen & see</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule Vidéo MEMOREKALL : Philippe Baraduc – Topology, spectacle interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Hadrien Tequi – La colonie P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule MEMOREKALL : opera-id de Arnaud Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsule vidéo MEMOREKALL : Hugo Deverchère – The Crystal and the blind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux pervasifs, entre l'ici et l'ailleurs : le cas de Pokemon Go</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Khaldoun Zreik, Marc Veyrat, Patrizia Laudati &amp; Gabriel Bursztyn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présence dans la Ville Post-Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HyperUrbain.7, Europia, pp.196, 2021, 979-10-90094-44-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an augmented writing of urban temporalities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Magerand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Khaldoun Zreik, Patrizia Laudati. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">City Temporalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HyperUrbain.5, Europia, pp.180, 2016, 979-10-90094-22-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs numériques « créatifs » comme outils de médiation dans l’espace urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Laudati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonaccorsi, J., Bourdaa, M. &amp; Raichvarg, D. (Dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Créations au prisme des TIC. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.161-171, 2015, ISBN 978-2-336-30734-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01811753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flash locative média, une invitation à la promenade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Desombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mineur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrizia Laoudati, Dominique Laousse et Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité et Parcours Hybrides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, europia, 2014, HyperUrbain, 979-10-90094-16-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usual communicating objects for better living Abstract:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Fragomeli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication et Management : Revue internationale des sciences commerciales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 17 (1), pp.23-37. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/comma.171.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creative Living Labs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services numériques interactifs &amp;quot;créatifs&amp;quot; et expérience urbaine : construction d'une méthode mixte ad hoc pour comprendre et évaluer les services créatifs de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei Menassel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université Polytechnique Hauts-de-France; Université de Mons, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018VALE0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04415022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId61"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784031v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kustosz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Khanfir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Menassel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Mouren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531008v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172117v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bardiot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Michaan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Blin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530956v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Khainnar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Boulekbache-Mazouz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bu&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everardo Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schmitt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burczykowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04461755v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Desombre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304227v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Laurence Larochelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913510v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larochelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828472v3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429064v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531361v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531346v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531161v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531375v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531337v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531279v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531220v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531173v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530895v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530905v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Magerand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bailly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Laudati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299229v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mineur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429302v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Fragomeli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comma.171.0023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531025v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04415022v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784031v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kustosz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Khanfir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Menassel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Mouren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531008v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172117v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bardiot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Michaan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Blin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530956v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Khainnar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Boulekbache-Mazouz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bu&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everardo Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schmitt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burczykowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04461755v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Desombre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913510v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larochelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304227v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Laurence Larochelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828472v3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429064v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531361v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531346v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531161v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531375v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531337v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531220v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531279v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531173v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530895v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530905v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Magerand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bailly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Laudati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299229v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mineur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429302v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Fragomeli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comma.171.0023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531025v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04415022v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>