--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -156,1780 +156,2693 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atmospheric microplastics in two contrasted environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Dackane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Hammond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres 2025 du GDR Plastiques Environnement Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospective study on plastic waste in the soil of urban and rural areas of Hauts de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICRO 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Arrecife, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude prospective sur les déchets plastiques dans les sédiments du canal de l’Escaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDRPO2023 : Quatrième rencontre du GDR Polymères et Océans 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Separation of microplastics and sediments: a comparative analysis of extracting methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ContaSed2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bern, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03419012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en évidence de macroplastiques et microplastiques dans des sédiments de curage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumoulin David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Premières rencontres du GDR Polymères et Océans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Créteil, France. Premières rencontres du GDR Polymères et Océans</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Source, transfert et devenir des microplastiques (MP) en mer Méditerranée nord-occidentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sanchez-Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miquel Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polymères &amp; Océans 2018 : vers une vision pluridisciplinaire de la dégradation des plastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microplastics deposited on beaches of the Gulf of Lions (NW Mediterranean Sea): study of the spatial heterogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Mino-Vercellio-Verollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICRO 2016 - Fate and Impact of Microplastics in Marine Ecosystems: From the coastline to the open sea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lanzarote, Canary Islands, Spain. Elsevier, pp.130-131, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00127-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Source, Transfer, and Fate of Microplastics in the Northwestern Mediterranean Sea: A Holistic Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Heussner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICRO 2016: Fate and Impact of Microplastics in Marine Ecosystems: From the coastline to the open sea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lanzarote, Canary ISland, Spain. Elsevier, pp.115-116, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00111-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Streamlined Protocol for Comprehensive Anthropogenic Particles and Microplastic Characterization in Canal Sediments: From Concentrations to Environmental Drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Franke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 237 (1), pp.37. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11270-025-08741-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05383783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring macroplastics in aquatic and terrestrial ecosystems: Expert survey reveals visual and drone-based census as most effective techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Liro</w:t>
+                <w:t xml:space="preserve">From source to sink: part 1—characterization and Lagrangian tracking of riverine microplastics in the Mediterranean Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Marsaleix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mikolajczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176528⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-34635-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04711254v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From source to sink: part 1—characterization and Lagrangian tracking of riverine microplastics in the Mediterranean Basin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">From source to sink: part 2—seasonal dispersion of microplastics discharged in the NW Mediterranean Sea by the Rhone River in southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Marsaleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mikolajczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-34635-6⟩</w:t>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-35364-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753127v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From source to sink: part 2—seasonal dispersion of microplastics discharged in the NW Mediterranean Sea by the Rhone River in southern France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mel Constant</w:t>
+                <w:t xml:space="preserve">Monitoring macroplastics in aquatic and terrestrial ecosystems: Expert survey reveals visual and drone-based census as most effective techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gallitelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Andriolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roebroek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Liro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-35364-6⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 955, pp.176528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803169v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04711254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heavy rains control the floating macroplastic inputs into the sea from coastal Mediterranean rivers: A case study on the Têt River (NW Mediterranean Sea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Laverre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Charrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 877, pp.162733. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04743302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trapped microplastics within vertical redeposited sediment: Experimental study simulating lake and channeled river systems during resuspension events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 322, pp.121212. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingested Microplastics in 18 Local Fish Species from the Northwestern Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microplastics and Nanoplastics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1 (1), pp.186-197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microplastics1010012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04743327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of microplastics from sediment matrices: Experimental comparative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 420, pp.126571. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2021.126571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03338741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The missing ocean plastic sink: gone with the rivers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Ghiglione</w:t>
+                <w:t xml:space="preserve">Floating macrolitter leaked from Europe into the ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel González-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Cózar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Hanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Viejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Morales-Caselles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.abe0290⟩</w:t>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (6), pp.474-483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41893-021-00722-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718112v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floating macrolitter leaked from Europe into the ocean</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carmen Morales-Caselles</w:t>
+                <w:t xml:space="preserve">The missing ocean plastic sink: gone with the rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Heussner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miquel Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ghiglione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41893-021-00722-6⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 373 (6550), pp.107-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abe0290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03662054v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03718112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To what extent can micro-and macroplastics be trapped in sedimentary particles? A case study investigating dredged sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Waele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 55 (9), pp.5898-5905. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.0c08386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastic fluxes in a large and a small Mediterranean river catchments: The Têt and the Rhône, Northwestern Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Sola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Charrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.136984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03024569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beached microplastics in the Northwestern Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Mino-Vercellio-Verollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sànchez Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.03.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1939,2702 +2852,1789 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective study on plastic waste in the sediments of several canals in the Hauts-de-France region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on the Interactions between Sediments and Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Le Touquet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude prospective sur les déchets plastiques dans les sédiments de plusieurs canaux des Hauts de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04902776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Dymitria : DYnamique de dépôt et de transfert des MicroplasTiques en Rivière dans une région soumise à une forte Anthropisation urbaine et agricole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Prospective study on plastic waste and other contaminants in the sediments of the scheldt canal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Micro et Nano Plastiques (NMP) ADEME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Sediment Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Tanger, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902789v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective study on plastic waste and other contaminants in the sediments of the scheldt canal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Étude prospective sur les déchets plastiques dans les sols de territoires urbain et rural des Hauts de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Sediment Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Tanger, Morocco</w:t>
+              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902765v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude prospective sur les déchets plastiques dans les sols de territoires urbain et rural des Hauts de France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet Dymitria : DYnamique de dépôt et de transfert des MicroplasTiques en Rivière dans une région soumise à une forte Anthropisation urbaine et agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mel Constant</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées Micro et Nano Plastiques (NMP) ADEME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902741v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity of selected model microplastics with ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Remoissenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manolis Romanias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosphysics Union, Apr 2023, Vienne, France. pp.110312, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-17295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redistribution of microplastics within sediment after remobilization: Experimental study</w:t>
+                <w:t xml:space="preserve">Réactivité de quatre microplastiques avec un oxydant atmosphérique, l’ozone.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis N. Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Billon</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Remoissenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plastic Pollution from Macro to nano (MICRO 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium Métrologie de la pollution plastique dans le continuum terre-mer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Office Française de la Biodiversité; ADEME, Dec 2022, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05039556v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactivité de quatre microplastiques avec un oxydant atmosphérique, l’ozone.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Redistribution of microplastics within sediment after remobilization: Experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mel Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eva Remoissenet</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium Métrologie de la pollution plastique dans le continuum terre-mer </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Plastic Pollution from Macro to nano (MICRO 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lanzarote, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7217310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221656v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05039556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence de macroplastiques et microplastiques dans des sédiments fluviatiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Annuel de la STCM 2022 - Les Plastiques : STOP ou ENCORE ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction des microplastiques dans les sédiments fluviatiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium Métrologie de la pollution plastique dans le continuum terre-mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05039570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective study on macroplastics and microplastics within dredging sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Waele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7 TH INTERNATIONAL SYMPOSIUM ON SEDIMENT MANAGEMENT (I2SM )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the real concentrations of microplastic and their actual effects on marine biota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">YOUMARES 11 conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03012887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective study on macroplastics and microplastics in dredging sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">micro2020 international conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Lanzarotte, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03012914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source, transfert et devenir des microplastiques en mer Méditerranée Nord-Occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Heussner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premières rencontres nationales du GDR Polymères et Océans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Est Créteil, Jun 2019, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastics in two contrasted rivers discharging into the Northwestern Mediterranean Sea</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Floating Microplastics in the Northwestern Mediterranean Sea: Temporal and Spatial Heterogeneities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Sola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sanchez-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miquel Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fate and Impact of Microplastics: Knowledge, Actions and Solutions (MICRO 2018,)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Microplastic Pollution in the Mediterranean Sea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Capri, Italy. pp.9-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-71279-6_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05039504v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floating Microplastics in the Northwestern Mediterranean Sea: Temporal and Spatial Heterogeneities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Microplastics in two contrasted rivers discharging into the Northwestern Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sanchez-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miquel Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serges Heussner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Microplastic Pollution in the Mediterranean Sea</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Fate and Impact of Microplastics: Knowledge, Actions and Solutions (MICRO 2018,)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lanzarote, Spain. pp.260</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...816 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-05041639v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05039504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4652,51 +4652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source, transfert et devenir des microplastiques (MPs) en mer Méditerranée Nord-Occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Constant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université de Perpignan, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018PERP0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4755,103 +4755,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floating Macro Litter in European Rivers -Top Items</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel González-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Hanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmet Kideys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Navarro-Ortega,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sanchez-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] European Commission - DG Joint Research Centre. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4967,51 +4967,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B13ABF2"/>
+    <w:nsid w:val="4D9EAFE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5198,51 +5198,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mel-constant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4808-4373" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236041185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383783v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Constant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delaporte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Franke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-025-08741-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04711254v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallitelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Girard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Andriolo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roebroek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176528" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753127v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marsaleix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mikolajczak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-34635-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803169v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-35364-6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laverre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Weiss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charri&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162733" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Constant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121212" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reynaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics1010012" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338741v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Breton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126571" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heussner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Canals" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0290" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03662054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s C&#243;zar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hanke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Viejo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Morales-Caselles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-021-00722-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219290v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Waele" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dumoulin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c08386" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sola" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charri&#232;re" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136984" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02328747v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mino-Vercellio-Verollet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumontier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S&#224;nchez Vidal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.03.032" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516716v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902776v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902789v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902765v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902741v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138246v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Remoissenet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-17295" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039556v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7217310" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221656v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040211v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039570v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418983v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012914v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040218v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039504v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Heussner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750695v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71279-6_2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516774v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Dackane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hammond" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883527v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040442v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419012v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012862v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumoulin David" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041634v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750716v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00111-3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041639v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00127-7" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02138186v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PERP0057" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311547v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Kideys" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Navarro-Ortega," TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mel-constant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4808-4373" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236041185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516774v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Constant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Dackane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hammond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883527v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040442v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012862v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumoulin David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Moreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041634v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reynaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sanchez-Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Canals" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041639v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mino-Vercellio-Verollet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumontier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00127-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750716v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heussner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00111-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delaporte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Weiss" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Franke" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-025-08741-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753127v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marsaleix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mikolajczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-34635-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803169v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-35364-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04711254v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallitelli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Girard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Andriolo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roebroek" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176528" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743302v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laverre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Weiss" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charri&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162733" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323292v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Constant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121212" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743327v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics1010012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338741v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Breton" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126571" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03662054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s C&#243;zar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hanke" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Viejo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Morales-Caselles" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-021-00722-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718112v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0290" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219290v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Waele" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dumoulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c08386" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Sola" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charri&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136984" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02328747v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S&#224;nchez Vidal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.03.032" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516716v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902776v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902765v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902741v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902789v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138246v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Remoissenet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-17295" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221656v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039556v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7217310" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040211v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039570v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012887v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012914v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040218v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750695v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71279-6_2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039504v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Heussner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02138186v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PERP0057" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311547v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Kideys" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Navarro-Ortega," TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>