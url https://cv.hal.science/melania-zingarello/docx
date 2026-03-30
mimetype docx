--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -550,193 +550,193 @@
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beer-making and Drinking Between Life and Death: A Fresh Look at the ‘Four-Part Sets’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Noemi Borrelli; Giulia Scazzosi. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">After the harvest: storage practices and food processing in Bronze Age Mesopotamia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, pp.91-112, 2020, Subartu, 978-2-503-58378-5</w:t>
+              <w:t xml:space="preserve">After the Harvest. Storage Practices and Food Processing in Bronze Age Mesopotamia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brepols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.91-112, 2020, Subartu. Studies in the Archaeology &amp; History of Upper Mesopotamia &amp; Adjacent Regions, 978-2-503-58378-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274607v1</w:t>
+                <w:t xml:space="preserve">hal-04856377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beer-making and Drinking Between Life and Death: A Fresh Look at the ‘Four-Part Sets’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Borrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Scazzosi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">After the Harvest. Storage Practices and Food Processing in Bronze Age Mesopotamia</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.91-112, 2020, Subartu. Studies in the Archaeology &amp; History of Upper Mesopotamia &amp; Adjacent Regions, 978-2-503-58378-5</w:t>
+              <w:t xml:space="preserve">After the harvest: storage practices and food processing in Bronze Age Mesopotamia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.91-112, 2020, Subartu, 978-2-503-58378-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856377v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1965,403 +1965,682 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article de blog scientifique (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FArMQaD back in the field at Logardan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Padovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melania Zingarello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La perception du feu et de son travail : un compte rendu sensoriel de cuissons expérimentales de poteries à Jalès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Padovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melania Zingarello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quatre vases pour une bière : servir à boire en Mésopotamie dans la deuxième moitié du IIIe millénaire av. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melania Zingarello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/bcwl⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research on Larsa in the 3rd Millennium: Excavation at Tell F11, in R. Vallet (ed.), Larsa - 'Oueili Annual Report 2022-2023. Preliminary Report on the Results of the 18th and 19th Campaigns at Larsa and the 11th Campaign at Tell el 'Oueili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Padovani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Abric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2024, pp.95-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Check Survey of the Area immediately North of Larsa, in R. Vallet (ed.), Larsa - 'Oueili Annual Report 2022-2023. Preliminary Report on the Results of the 18th and 19th Campaigns at Larsa and the 11th Campaign at Tell el 'Oueili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Samuele Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haider Shanior Kazim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2024, pp.91-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building B33: An Updated Assessment of the State of Preservation », in R. Vallet (éd.), Larsa-‘Uwaili Annual Report 2021-2022. Larsa-‘Uwaili Annual Report 2021. Preliminary Report on the Results of the 16th and 17th Campaigns at Larsa and the 10th Campaign at Tell el-‘Uwaili, Report, State Board of Antiquities and Heritage, Republic of Iraq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2022, pp.149-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larsa-‘Uwaili Annual Report 2021-2022. Preliminary Report on the Results of the 16th and 17th Campaigns at Larsa and the 10th Campaign at Tell el-‘Uwaili, Report, State Board of Antiquities and Heritage, Republic of Iraq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustafa Fadel Hsony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2022, pp.79-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logardan Trench E: Stratigraphy and Architecture », in R. Vallet (éd.), Report on the Third Season of Excavations at Girdi Qala and Logardan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2370,522 +2649,243 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Directorate of Antiquities of Kurdistan Regional Government. 2018, pp.41-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bronze Age Ceramics from Logardan, in R. Vallet (ed.), Report on the Fourth Season of Excavations at Girdi Qala and Logardan, Report, Directorate of Antiquities of Kurdistan Regional Government</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2018, pp.137-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bronze Age Pottery from Logardan. Preliminary Results from the Third Excavations Campaign, in R. Vallet (ed.), Report on the Third Season of Excavations at Girdi Qala and Logardan, Report, Directorate of Antiquities of Kurdistan Regional Government</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2017, pp.67-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bronze Age Pottery from Logardan, in R. Vallet (ed.), Report on the Second Season of Excavations at Girdi Qala and Logardan, Report, Directorate of Antiquities of Kurdistan Regional Government</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melania Zingarello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2016, pp.77-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856417v1</w:t>
-              </w:r>
-[...277 lines deleted...]
-                <w:t xml:space="preserve">hal-04856409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId67"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2961,51 +2961,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E74873AA"/>
+    <w:nsid w:val="10257E06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3192,51 +3192,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melania-zingarello" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0332-7311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384148v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Zingarello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856358v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274593v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Baldi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088463v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274607v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Borrelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scazzosi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856377v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503583785-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382263v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2025.74" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416978v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Padovani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/eap/29345" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.1842" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vallet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.751" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088137v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Vallet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zingarello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Naccaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856398v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155833v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109773v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660402v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936017v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936014v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936012v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rasheed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401218v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abric" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401205v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Samuele Baldi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Shanior Kazim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401253v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401265v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bachelot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Fadel Hsony" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05295089v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856420v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856419v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856417v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735407v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660121v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856409v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bcwl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melania-zingarello" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0332-7311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384148v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Zingarello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856358v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274593v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Baldi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088463v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856377v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503583785-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274607v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Borrelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scazzosi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382263v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2025.74" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416978v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Padovani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/eap/29345" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.1842" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vallet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.751" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088137v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Vallet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zingarello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Naccaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856398v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155833v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109773v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660402v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936017v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936014v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936012v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rasheed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735407v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660121v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856409v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bcwl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401218v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abric" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Samuele Baldi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Shanior Kazim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401265v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bachelot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Fadel Hsony" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05295089v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856420v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856419v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>