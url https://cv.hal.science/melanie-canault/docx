--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -395,399 +395,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syllable duration changes during babbling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rehabilitation of speech disorders following glossectomy, based on ultrasound visual illustration and feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Girod-Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diandra Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvain Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johanna-Pascale Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Child Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S030500092000015X⟩</w:t>
+              <w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (9), pp.826-843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699206.2019.1700310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02776365v1</w:t>
+                <w:t xml:space="preserve">hal-01977670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rehabilitation of speech disorders following glossectomy, based on ultrasound visual illustration and feedback</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’introduction des textures dans la période de diversification alimentaire en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Hueber</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Silvain Gerber</w:t>
+                <w:t xml:space="preserve">Leslie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Kern</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02699206.2019.1700310⟩</w:t>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 4 (4), pp.527-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/enf2.204.0527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01977670v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04917583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’introduction des textures dans la période de diversification alimentaire en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Syllable duration changes during babbling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Canault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikola Paillereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Lemarchand</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Johanna-Pascale Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enfance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, N° 4 (4), pp.527-548. </w:t>
+              <w:t xml:space="preserve">Journal of Child Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (6), pp.1207-1227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/enf2.204.0527⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S030500092000015X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04917583v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LENA (Language ENvironment Analysis System) : un système de reconnaissance automatique de la parole et de l’environnement langagier de l’enfant</w:t>
               </w:r>
@@ -1512,541 +1512,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement des oralités alimentaire et verbale : La période du babillage et de la diversification alimentaire</w:t>
+                <w:t xml:space="preserve">Parole, articulation et voix : La mutualisation des observations cliniques et scientifiques au service de la formation en orthophonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gentil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès national de la FNEO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">1er CONGRÈS INTER-UNIVERSITAIRE Collège des Centres de Formation Universitaire en Orthophonie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04919942v1</w:t>
+                <w:t xml:space="preserve">hal-04919856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parole, articulation et voix : La mutualisation des observations cliniques et scientifiques au service de la formation en orthophonie</w:t>
+                <w:t xml:space="preserve">Le développement des oralités alimentaire et verbale : La période du babillage et de la diversification alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Gentil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er CONGRÈS INTER-UNIVERSITAIRE Collège des Centres de Formation Universitaire en Orthophonie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">Congrès national de la FNEO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919856v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do phonological contrasts emerge during the babbling period?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
+                <w:t xml:space="preserve">Développement de la parole et de la mastication : Evolution de la durée des cycles oscillatoires mandibulaires observés entre 8 et 14 mois chez 4 enfants québecois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macleod Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Child Phonology Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aix en Provence, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/JEP.2018-17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01972001v1</w:t>
+                <w:t xml:space="preserve">hal-01963160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de la parole et de la mastication : Evolution de la durée des cycles oscillatoires mandibulaires observés entre 8 et 14 mois chez 4 enfants québecois</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolution des habiletés articulatoires au stade du babillage : le timing des syllabes CV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Canault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikola Paillereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Lemarchand</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Johanna-Pascale Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aix-en -Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01963160v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03090529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution des habiletés articulatoires au stade du babillage : le timing des syllabes CV</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do phonological contrasts emerge during the babbling period?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Paillereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Kern</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Aix-en -Provence, France</w:t>
+              <w:t xml:space="preserve">International Child Phonology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03090529v1</w:t>
+                <w:t xml:space="preserve">hal-01972001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BabiROM : Babillage et Rythme Oscillatoire Mandibulaire</w:t>
               </w:r>
@@ -2114,51 +2114,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early evolution of syllable duration as a cue for oro-motor control development: a longitudinal study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna-Pascale Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2209,64 +2209,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l’échographie linguale à la rééducation orthophonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2334,64 +2334,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour articulatoire visuel pour la rééducation orthophonique : approches basées sur l’échographie linguale augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2900,51 +2900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolph Sock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna-Pascale Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3090,282 +3090,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of food consistency on the mandibular temporal patterns during chewing and babbling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Babillage et Oralité Alimentaire : étude des productions syllabiques d’enfants diversifiés classiquement ou avec la Diversification Menée par l’Enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Macleod</w:t>
+                <w:t xml:space="preserve">Marie Poindron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Kleinsz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Child Phonology Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1er Congrès Inter-Universitaire Collège des Centres de Formatio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Nice, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1044/1092-4388(2011/10-0236)a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625506v1</w:t>
+                <w:t xml:space="preserve">hal-04625462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Babillage et Oralité Alimentaire : étude des productions syllabiques d’enfants diversifiés classiquement ou avec la Diversification Menée par l’Enfant</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nina Kleinsz</w:t>
+                <w:t xml:space="preserve">Influence of food consistency on the mandibular temporal patterns during chewing and babbling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Macleod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Congrès Inter-Universitaire Collège des Centres de Formatio</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Child Phonology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montréal (Québec), Canada. International Child Phonology Conference</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625462v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speech and feeding development: a longitudinal study on Quebecois French-Speaking children between 8 and 14 months</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macleod Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Canault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3841,51 +3841,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="10AF48C1"/>
+    <w:nsid w:val="2422A92B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4072,51 +4072,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-canault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2690-4863" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/128159545" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674479v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Canault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kern" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15475441.2022.2138401" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450271v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai-Van" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2020.1839971" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Paillereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna-Pascale Roy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S030500092000015X" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977670v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod-Roux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2019.1700310" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917583v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Lemarchand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.204.0527" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lenormand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf1.172.0199" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01179911v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Foudil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Loundon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-015-0634-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963129v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410839v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie A Courson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirrie J Ballard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire A Layfield" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique I Scholl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963131v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Laboissiere" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-037-01-900000010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Jean Bo&#235;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;nard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jih&#232;ne Serkhane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Birkholz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Joachim Kr&#246;ger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914692v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919942v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919856v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gentil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972001v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe dos Santos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macleod Andrea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-17" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090529v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01792637v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Acher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228919v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Loundon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531446v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Laboissi&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972146v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717893v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625383v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Henri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625506v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Macleod" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625462v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poindron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kleinsz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/1092-4388(2011/10-0236)a" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972131v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961736v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782353273706-la-phonetique-articulatoire-du-francais" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625681v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Lenormand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21415/T58P6Q" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/tel-01963122v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-canault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2690-4863" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/128159545" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674479v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Canault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kern" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15475441.2022.2138401" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450271v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai-Van" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2020.1839971" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977670v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod-Roux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2019.1700310" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917583v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Lemarchand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.204.0527" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776365v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Paillereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna-Pascale Roy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S030500092000015X" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lenormand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf1.172.0199" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01179911v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Foudil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Loundon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-015-0634-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963129v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410839v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie A Courson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirrie J Ballard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire A Layfield" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique I Scholl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963131v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Laboissiere" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-037-01-900000010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Jean Bo&#235;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;nard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jih&#232;ne Serkhane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Birkholz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Joachim Kr&#246;ger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914692v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919856v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gentil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919942v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963160v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macleod Andrea" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-17" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090529v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe dos Santos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972001v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01792637v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Acher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228919v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Loundon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531446v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Laboissi&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972146v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717893v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625383v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Henri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poindron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kleinsz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/1092-4388(2011/10-0236)a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625506v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Macleod" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972131v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961736v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782353273706-la-phonetique-articulatoire-du-francais" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625681v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Lenormand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21415/T58P6Q" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/tel-01963122v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>