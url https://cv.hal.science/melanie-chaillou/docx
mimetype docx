--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1073,178 +1073,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montauban, palais épiscopal (musée Ingres). Vestiges médiévaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dernières recherches sur le château de Crozant (Creuse)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouvart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès archéologique de France, 170e session</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Archéologie, 2012, Paris, France. pp.355-358</w:t>
+              <w:t xml:space="preserve">Actes de colloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Chauvigny, France. pp.543-562</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795876v1</w:t>
+                <w:t xml:space="preserve">halshs-01146263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dernières recherches sur le château de Crozant (Creuse)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Montauban, palais épiscopal (musée Ingres). Vestiges médiévaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de colloque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Chauvigny, France. pp.543-562</w:t>
+              <w:t xml:space="preserve">Congrès archéologique de France, 170e session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Archéologie, 2012, Paris, France. pp.355-358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01146263v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Périgueux, le château Barrière</w:t>
               </w:r>
@@ -1437,191 +1437,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05355098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Périgueux. Le château Barrière</w:t>
+                <w:t xml:space="preserve">Périgueux. La face méridionale du Centre national de la Préhistoire (CNP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Perrot</w:t>
+                <w:t xml:space="preserve">Hervé Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quoi de neuf chez les Petrucores ? Dix ans d'archéologie en Périgord gallo-romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Fanlac, pp.52-54, 2013, 978-286577-278-0</w:t>
+              <w:t xml:space="preserve">, Fanlac, pp.55-57, 2013, 978-286577-278-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795953v1</w:t>
+                <w:t xml:space="preserve">hal-04796037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Périgueux. La face méridionale du Centre national de la Préhistoire (CNP)</w:t>
+                <w:t xml:space="preserve">Périgueux. Le château Barrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Gaillard</w:t>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quoi de neuf chez les Petrucores ? Dix ans d'archéologie en Périgord gallo-romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Fanlac, pp.55-57, 2013, 978-286577-278-0</w:t>
+              <w:t xml:space="preserve">, Fanlac, pp.52-54, 2013, 978-286577-278-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796037v1</w:t>
+                <w:t xml:space="preserve">hal-04795953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1633,304 +1633,304 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">9, place du Castet. Réaménagement du passage de l’aile sud de l’ancien cloître. Occitanie, Hautes-Pyrénées, Saint-Savin</w:t>
+                <w:t xml:space="preserve">Le village. Église Saint-Barthélemy. Occitanie, Haute-Garonne, Savères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 114 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 108 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355592v1</w:t>
+                <w:t xml:space="preserve">hal-05355575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le village. Église Saint-Barthélemy. Occitanie, Haute-Garonne, Savères</w:t>
+                <w:t xml:space="preserve">Chapelle Saint-Martin. Occitanie, Haute-Garonne, Vaudreuille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 108 p</w:t>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 141 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05355575v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapelle Saint-Martin. Occitanie, Haute-Garonne, Vaudreuille</w:t>
+                <w:t xml:space="preserve">9, place du Castet. Réaménagement du passage de l’aile sud de l’ancien cloître. Occitanie, Hautes-Pyrénées, Saint-Savin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 141 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Decanter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2025, 114 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05355560v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Église du couvent des Jacobins, tombe de Maurice Prin. Toulouse. Haute-Garonne. Occitanie. Rapport de fouille archéologique préventive</w:t>
               </w:r>
@@ -2047,51 +2047,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">6-8 impasse Thurroye. Occitanie, Gard, Villeneuve-lès-Avignon. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Decanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2148,51 +2148,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Catalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Luce Merleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2318,220 +2318,220 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Église Saint-Orens. Occitanie, Tarn-et-Garonne, Maubec. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Chapelle Sainte-Anne. Toulouse, Haute-Garonne, Occitanie. Rapport final d'opération d'archéologie préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap Midi-MED. 2023, pp.164</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Comelongue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Toulouse Métropole. 2023, pp.157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796391v1</w:t>
+                <w:t xml:space="preserve">hal-04796414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapelle Sainte-Anne. Toulouse, Haute-Garonne, Occitanie. Rapport final d'opération d'archéologie préventive</w:t>
+                <w:t xml:space="preserve">Église Saint-Orens. Occitanie, Tarn-et-Garonne, Maubec. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Toulouse Métropole. 2023, pp.157</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Catalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Luce Merleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Midi-MED. 2023, pp.164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796414v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vielmur-sur-Agout (Tarn). La &amp;quot;Tour des Lautrec&amp;quot;. Rapport de fouille programmée triennale 2019-2021. Rapport final 2022 (année prorogée)</w:t>
               </w:r>
@@ -2982,198 +2982,198 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vielmur-sur-Agout (Tarn). La &amp;quot;Tour des Lautrec&amp;quot;. Rapport de fouille programmée triennale 2015-2017. Rapport intermédiaire 2016</w:t>
+                <w:t xml:space="preserve">Châteaubriant (44). Château. &amp;quot;Tour carrée&amp;quot; et Pavillon nord-est. Rapport de sondage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">SRA Occitanie, Toulouse. 2017, pp.386</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grand Patrimoine de Loire-Atlantique. 2017, pp.157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796637v1</w:t>
+                <w:t xml:space="preserve">hal-04796643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Châteaubriant (44). Château. &amp;quot;Tour carrée&amp;quot; et Pavillon nord-est. Rapport de sondage</w:t>
+                <w:t xml:space="preserve">Vielmur-sur-Agout (Tarn). La &amp;quot;Tour des Lautrec&amp;quot;. Rapport de fouille programmée triennale 2015-2017. Rapport intermédiaire 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Grand Patrimoine de Loire-Atlantique. 2017, pp.157</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim Djouad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Calmés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Occitanie, Toulouse. 2017, pp.386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796643v1</w:t>
+                <w:t xml:space="preserve">hal-04796637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbaye de Bonnefont, Proupiary, Haute-Garonne. Rapport de sondages</w:t>
               </w:r>
@@ -3337,215 +3337,215 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maison d'Adam&amp;quot;, Burlats (Tarn). Rapport d'étude archéologique préalable du bâti</w:t>
+                <w:t xml:space="preserve">Tour des Lautrec&amp;quot;. Vielmur-sur-Agout (Tarn). Rapport d'étude archéologique préalable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Hadès. 2014, pp.180</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Calastrenc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Czerniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadès. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796674v1</w:t>
+                <w:t xml:space="preserve">hal-04796672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tour des Lautrec&amp;quot;. Vielmur-sur-Agout (Tarn). Rapport d'étude archéologique préalable</w:t>
+                <w:t xml:space="preserve">Maison d'Adam&amp;quot;, Burlats (Tarn). Rapport d'étude archéologique préalable du bâti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadès. 2014, pp.180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Gerardin</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-04796672v1</w:t>
+                <w:t xml:space="preserve">hal-04796674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Îlot Lacoix-Charbonnaud, ancienne abbaye Saint-Cybard, &amp;quot;le logis de l'abbé&amp;quot;, Angoulême (Charente). Rapport final d'opération préventive</w:t>
               </w:r>
@@ -3649,51 +3649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Gerardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hadès. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -3867,254 +3867,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lagrasse (Aude) l'abbaye, le bourg, le terroir : étude archéologique et historique Programme collectif de recherche 2008-2010 rapport complémentaire 2011</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ancienne église Notre-Dame, Cadalen (Tarn). Rapport d'étude archéologique préalable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Calmés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Dieulafait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Bousquet</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA de Languedoc-Roussillon. 2011, pp.2 vol. (219 f., [ie 200] f.)</w:t>
+                <w:t xml:space="preserve">Magali Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadès. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02867568v1</w:t>
+                <w:t xml:space="preserve">hal-04796708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancienne église Notre-Dame, Cadalen (Tarn). Rapport d'étude archéologique préalable</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lagrasse (Aude) l'abbaye, le bourg, le terroir : étude archéologique et historique Programme collectif de recherche 2008-2010 rapport complémentaire 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Dieulafait</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Débax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Gary</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Hadès. 2011</w:t>
+                <w:t xml:space="preserve">Christian Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA de Languedoc-Roussillon. 2011, pp.2 vol. (219 f., [ie 200] f.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796708v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02867568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbaye Saint-Étienne, Chapelle de la Vierge, Baignes-Sainte-Radegonde (Charente). Rapport d'étude archéologique préalable</w:t>
               </w:r>
@@ -4284,51 +4284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dellong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4809,172 +4809,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cour des écuries, abbaye de Lagrasse (Aude). Rapport d'étude archéologique préalable</w:t>
+                <w:t xml:space="preserve">Crypte de l'église Saint-Géraud, commune de Monsempron-Libos (Tarn-et-Garonne). Rapport d'étude archéologique préalable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Zaballos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hadès. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04797230v1</w:t>
+                <w:t xml:space="preserve">hal-04797224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crypte de l'église Saint-Géraud, commune de Monsempron-Libos (Tarn-et-Garonne). Rapport d'étude archéologique préalable</w:t>
+                <w:t xml:space="preserve">Cour des écuries, abbaye de Lagrasse (Aude). Rapport d'étude archéologique préalable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadès. 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Zaballos</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04797224v1</w:t>
+                <w:t xml:space="preserve">hal-04797230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbaye de Berdoues (Gers). Rapport de sondages</w:t>
               </w:r>
@@ -5327,51 +5327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355042v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beaussac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calm&#233;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Djouad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise-Emmanuelle Friquart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Krispin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.11126" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795669v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2021.9101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795715v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795781v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796198v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796217v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797803v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797528v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797391v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795876v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146263v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355098v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne M&#233;dard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire G&#233;rentet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Michel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795953v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355592v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355575v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355560v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Delon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dutech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ramos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796345v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ott" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796368v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796314v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796391v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796414v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796569v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marseille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796585v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rossetti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796604v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Bouvier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prigent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796637v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796643v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796659v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jubeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796674v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796672v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cabau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gerardin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796680v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Palazzo-Bertholon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Rouzo-Lenoir" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796683v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796701v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796695v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pedini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867568v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796708v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797176v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Ferrand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797179v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fourdrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797177v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797185v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797197v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797201v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797212v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797230v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797224v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Zaballos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797235v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797237v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797243v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355042v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beaussac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calm&#233;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Djouad" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise-Emmanuelle Friquart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Krispin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.11126" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795669v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2021.9101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795715v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795781v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796198v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796217v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797803v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797528v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797391v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146263v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795876v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355098v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne M&#233;dard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire G&#233;rentet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Michel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796037v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gaillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795953v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355575v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355592v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Delon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dutech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ramos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796345v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ott" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796368v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796314v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796414v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796391v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796569v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marseille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796585v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rossetti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796604v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Bouvier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prigent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796643v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796637v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796659v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jubeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796672v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cabau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gerardin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796674v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796680v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Palazzo-Bertholon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Rouzo-Lenoir" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796683v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796701v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796695v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pedini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796708v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867568v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797176v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Ferrand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797179v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fourdrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797177v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797185v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797197v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797201v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797212v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797224v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Zaballos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797230v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797235v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797237v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797243v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>