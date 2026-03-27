--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.354166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mélanie FABRE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à l'Université de Picardie Jules Verne.Mon adresse mail : MELANIE.FABRE@U-PICARDIE.FR</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un enseignement secondaire moderne et démocratique ? La déposition de Jaurès devant la commission Ribot (25 février 1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 251 (1), pp.87-114. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.251.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un enseignement secondaire moderne et démocratique ? La déposition de Jaurès devant la commission Ribot (25 février 1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Jaurès cahiers trimestriels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 251, pp.87-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux siècles d’histoire mondiale de l’anarchisme en documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 161 (161), pp.187-190. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.161.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jaurès et l’éducation », compte-rendu de Gilles Candar, Rémy Pech (dir.), Jean Jaurès ou le pari de l’éducation, Toulouse, Privat, 2023, 208 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 250 (4), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.250.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des armées au cœur des controverses : l’implosion de l’union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 294 (2), pp.101-122. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmcc.294.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défendre le salaire des institutrices - projet de résolution de Jaurès à la Chambre, 26 novembre 1896</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 252-253 (2), pp.49-58. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.252.0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des armées au cœur des controverses : l’implosion de l’union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 294, pp.101-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des Armées au cœur des controverses : l’implosion de l’Union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 294, pp.101-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans les sciences de l’homme : obstacles systémiques et stratégies de contournement (France, XIXe - XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Linos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Elmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 177 (1), pp.7-30. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.177.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de soutenance d'HDR : La laïcité dans l’œil des sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 176 (2), pp.291-295. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.176.0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une revanche sur le dédain philosophique si souvent montré à mon sexe » : Clarisse Coignet, philosophe, moraliste et figure de la science de l’éducation (1823-1918)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 177 (1), pp.31-57. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.177.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Dans l’intimité d’une militante : le journal d’Hubertine Auclert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 243-244 (1), pp.101-122. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.243.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couple, un objet pour l’histoire des socialismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 247-248 (1), pp.5-30. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.247.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Son œuvre autant que la mienne » - Madeleine Vernet et Louis Tribier, compagnons de lutte et de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 247-248 (1), pp.113-146. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.247.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Karen Offen, Debating the Woman Question in the French Third Republic, 1870-1920 , Cambridge, Cambridge University Press, 2018, 694 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 705 (1), pp.160-162. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhis.231.0160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Auffret, S. (2022). Une histoire du féminisme de l’Antiquité grecque à nos jours. Paris : Alpha, 697 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 54 (2), pp.271-307. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.054.0271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « monopoleur ». Jaurès, la gauche et l’enseignement privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 242 (4), pp.39-64. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.242.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeunesse de Fontenay : l'impulsion de Félix Pécaut pour un nouvel enseignement populaire, féminin et laïque (1880-1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 158, pp.63-96. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/histoire-education.7868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour la République, Jeanne Desparmet-Ruello, une intellectuelle au temps de Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°235-236 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.235.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Respecter les consciences, c’est les affranchir’’. Neutralité et laïcité de l’enseignement à la lumière de l’Affaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Messianisme et réalisme : un nouveau volume des Œuvres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 233 (3), pp.19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.233.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Léon Blum féministe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 233 (3), pp.19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.233.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Françoise F. Laot & Claudie Solar (dir.), Pionnières de l’éducation des adultes, perspectives internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clio.17687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer des couples d’intellectuels : le dialogue de l’intime et du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°170 (2), pp.9. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.170.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« C’est un roman d’amour vécu qui vaut bien ceux qu’on invente » Louise et Georges Renard, amour et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°170 (2), pp.75. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.170.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baertschi-Fuster, une intellectuelle et une éducatrice au service du progrès social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°167-168 (1), pp.397. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.167.0397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Laïcité et neutralité de l'école à l'épreuve de l'affaire Dreyfus : parcours d'enseignantes entrées en dissidence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Les mercredis du CAREF, Amiens, Université Picardie Jules-Verne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAREF, Apr 2024, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les femmes prennent la parole : portraits d’intellectuelles actives dans l’éducation populaire à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du LARHRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marianne Thivend, LARHRA, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des intellectuelles invisibles ? Enquête sur un paradoxe de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche en master, Université Paris-Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Houte, Feb 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Des êtres libres pour la Cité future’’ : engagement politique et éducation nouvelle dans l’Orphelinat ouvrier l’Avenir social (premier XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Éducation nouvelle : Héritages, (ré)inventions, actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité Universitaire d’Information Pédagogique, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de la recherche et enseigner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Faire une thèse en sciences sociales », EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Benoît Hachet, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous le comprenons mieux depuis qu'il est mort pour la Paix&amp;quot;. L'héritage de Jaurès chez les instituteurs et institutrices de France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous de l’histoire de Blois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Table ronde proposée par la Société d’études jaurésiennes et la Fondation Jaurès, Oct 2023, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'éducation et l'instruction en socialiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Actualités du socialisme »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cercle Lucien Herr et département de Sciences sociales de l’École normale supérieure, rue d’Ulm, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“A revenge on the philosophical disdain so often shown to my sex”: Clarisse Coignet, a self-taught woman in philosophy ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the European Society for the History of the Human Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for the History of the Human Sciences, Aug 2022, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l’intérêt de ces correspondances et de leur édition, ainsi que sur les usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude pour la mise en ligne du projet Collex-Persée FamiliLettres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de pilotage du projet Collex-Persée FamiliLettres, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se professionnaliser après un master recherche en histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de rentrée de la mention Histoire de l’EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuel SAINT-FUSCIEN et Silvia SEBASTIANI, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Faire de l’enseignement un service public’’. Jaurès, la gauche et l’abrogation de la loi Falloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence organisée par l’association Les Amis de Jean Jaurès à Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Amis de Jean Jaurès à Toulouse, Rémy Pech, Feb 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biographie à l’honneur : la formation hors l’école sous l’angle du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation populaire et formation des adultes au féminin (XIXè – XXè siècles) : trajectoires biographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour la recherche en histoire de l’éducation, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques pédagogiques d’enseignantes laïques à la Belle Époque : un objet pour l’histoire intellectuelle et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée nationale des jeunes chercheurs et chercheuses en histoire de l’éducation, Épistémologies et mises en pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l’éducation (ATRHE), Jun 2021, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser le concept d’intellectuelle en histoire de l’éducation : sources, méthodes et perspectives heuristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral du Comité universitaire d’information pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent GUTIERREZ, CUIP, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalons et leçons d’une recherche en histoire, du master au doctorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Histoire de l'enseignement et de l'éducation au XIXe et XXe siècle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carole CHRISTEN, Université du Havre, Dec 2021, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Tu dois être Camille Marbo. Pas seulement Mme Émile Borel.’’ Marbo, compagne d’engagement et personnalité publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études : Émile Borel, savant et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alain BERNARD, Hélène GISPERT, Claudine FONTANON, Matthias CLERY, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May, une figure du socialisme réformiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire : Histoire de socialisme, XIXème-XXème siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christophe Prochasson, EHESS, Jun 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour la République - Jeanne Desparmet-Ruello, une intellectuelle active dans la nébuleuse socialiste de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence inaugurale de l’Assemblée générale de la Société d’études jaurésiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SEJ, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une université pour le quatrième pouvoir : Genèse d’une formation professionnelle au journalisme et mise en perspective contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Masterclass à l’École supérieure de journalisme de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESP Paris (Patricia Boyer de Latour), Sep 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Wright et Émile Masson : un couple de pédagogues socialistes franco-anglais à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passages, transferts, trajectoires en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l'éducation (ATRHE), Jun 2019, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction comme engagement : Dick May dans les revues littéraires de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des revues et des femmes, le rôle des femmes dans les revues littéraires, de la Belle Époque à la fin des années cinquante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amélie AUZOUX, Camille KOSKAS et Elisabeth RUSSO, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The United States, a model for French female instruction ? Marie Dugard and the birth of a transnational expertise in education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Standing Conference for the History of Education (ISCHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Committee of the International Standing Conference for the History of Education (ISCHE), Jul 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquérir le droit à la parole : Louise Renard, femme et militante de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women and Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Women in French Studies, May 2019, Leeds, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charité privée et assistance publique face aux orphelins de la guerre : Dick May et son Orphelinat des armées au cœur des controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assistance, prévoyance, assurance au prisme de la Grande Guerre et d’un changement de paradigme (fin XIXe-années 1920)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne – Institut de sciences juridique et philosophique de la Sorbonne ISJPS-CNRS, Jan 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la Belle Époque, intellectuel s'accorde-t-il au féminin ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études organisée par les doctorants du Centre de Recherches Historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches historiques, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignantes engagées à la Belle Époque : une parole publique au service de l’école républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enseignantes en France : sexe, genre et identités (XVIè-XIXè siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Artois en collaboration avec l’ESPE de Lille, Nov 2018, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les traces de la ''citoyenneté sociale'' chère à Madeleine Rebérioux : femmes engagées dans l'éducation, une stratégie de contournement de l'exclusion politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque en hommage à Madeleine Rebérioux à l’occasion de la publication de Pour que vive l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussardes noires : des enseignantes à l'avant garde des luttes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agone, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May, une femme à l'avant-garde d'un nouveau siècle : 1859-1925</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 2019, 978-2-7535-7622-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignantes engagées à la Belle Époque : une parole publique au service de l’école républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enseignantes en France : sexe, genre et identités (XVIᵉ-XXᵉ siècles). Construction de l’identité professionnelle des femmes dans l’enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-7535-9197-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Wright et Émile Masson, deux pédagogues admirateurs de Ruskin entre France et Grande-Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations en éducation. Acteurs, modèles, institutions (XIXe‑XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-7061-4976-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des logiques politiques et littéraires étroitement articulées : Dick May, une auteure engagée à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des revues et des femmes : le rôle des femmes dans les revues littéraires, de la Belle Époque à la fin des années cinquante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7453-5676-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujet 0 d’histoire-géo-EMC du nouveau CRPE : ‘‘une négation des démarches et des objectifs de cette discipline’’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et faire comprendre la loi de 2004 sur les signes religieux à l’école publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hussardes noires de la République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler aux vivants. L’héritage de Jaurès dans le monde enseignant de l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le baccalauréat en contrôle continu, une idée vieille de cent vingt ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de l’école laïque française dans le paysage scolaire européen (1789-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie d'histoire numérique de l'Europe : https://ehne.fr/fr/node/22076</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albertine Eidenschenk-Patin (1864-1942), une Fontenaisienne engagée : sa carrière et ses combats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des élèves et anciens élèves des ENS de Lyon, Fontenay et Saint-Cloud, 2020/1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baertschi-Fuster (1868-1942), Une carrière au service de l’éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des élèves et anciens élèves des ENS de Lyon, Fontenay et Saint-Cloud, 2019/1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire biographique du mouvement ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La craie, la plume et la tribune Trajectoires d'intellectuelles engagées pour l'école laïque (France, années 1880 - 1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. École des hautes études en sciences sociales, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03520902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chalk, the Pen and the Podium - Trajectories of Female Intellectuals committed to the Building of a secular School (France, 1880s-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humanities and Social Sciences. EHESS - Paris, 2021. English. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021EHES0106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03966989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId103"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.354166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mélanie FABRE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à l'Université de Picardie Jules Verne.Mon adresse mail : MELANIE.FABRE@U-PICARDIE.FR</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un enseignement secondaire moderne et démocratique ? La déposition de Jaurès devant la commission Ribot (25 février 1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 251 (1), pp.87-114. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.251.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un enseignement secondaire moderne et démocratique ? La déposition de Jaurès devant la commission Ribot (25 février 1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Jaurès cahiers trimestriels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 251, pp.87-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux siècles d’histoire mondiale de l’anarchisme en documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 161 (161), pp.187-190. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.161.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jaurès et l’éducation », compte-rendu de Gilles Candar, Rémy Pech (dir.), Jean Jaurès ou le pari de l’éducation, Toulouse, Privat, 2023, 208 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 250 (4), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.250.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des armées au cœur des controverses : l’implosion de l’union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 294 (2), pp.101-122. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmcc.294.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défendre le salaire des institutrices - projet de résolution de Jaurès à la Chambre, 26 novembre 1896</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 252-253 (2), pp.49-58. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.252.0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des armées au cœur des controverses : l’implosion de l’union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 294, pp.101-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orphelinat des Armées au cœur des controverses : l’implosion de l’Union sacrée autour des orphelins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 294, pp.101-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans les sciences de l’homme : obstacles systémiques et stratégies de contournement (France, XIXe - XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Linos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Elmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 177 (1), pp.7-30. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.177.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de soutenance d'HDR : La laïcité dans l’œil des sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 176 (2), pp.291-295. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.176.0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une revanche sur le dédain philosophique si souvent montré à mon sexe » : Clarisse Coignet, philosophe, moraliste et figure de la science de l’éducation (1823-1918)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 177 (1), pp.31-57. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.177.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couple, un objet pour l’histoire des socialismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 247-248 (1), pp.5-30. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.247.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Dans l’intimité d’une militante : le journal d’Hubertine Auclert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 243-244 (1), pp.101-122. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.243.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Karen Offen, Debating the Woman Question in the French Third Republic, 1870-1920 , Cambridge, Cambridge University Press, 2018, 694 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 705 (1), pp.160-162. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhis.231.0160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Son œuvre autant que la mienne » - Madeleine Vernet et Louis Tribier, compagnons de lutte et de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 247-248 (1), pp.113-146. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.247.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Auffret, S. (2022). Une histoire du féminisme de l’Antiquité grecque à nos jours. Paris : Alpha, 697 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 54 (2), pp.271-307. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdle.054.0271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « monopoleur ». Jaurès, la gauche et l’enseignement privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 242 (4), pp.39-64. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.242.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeunesse de Fontenay : l'impulsion de Félix Pécaut pour un nouvel enseignement populaire, féminin et laïque (1880-1899)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 158, pp.63-96. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/histoire-education.7868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour la République, Jeanne Desparmet-Ruello, une intellectuelle au temps de Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°235-236 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.235.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Respecter les consciences, c’est les affranchir’’. Neutralité et laïcité de l’enseignement à la lumière de l’Affaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Messianisme et réalisme : un nouveau volume des Œuvres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 233 (3), pp.19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.233.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Léon Blum féministe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 233 (3), pp.19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cj.233.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture : Françoise F. Laot & Claudie Solar (dir.), Pionnières de l’éducation des adultes, perspectives internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clio.17687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer des couples d’intellectuels : le dialogue de l’intime et du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°170 (2), pp.9. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.170.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« C’est un roman d’amour vécu qui vaut bien ceux qu’on invente » Louise et Georges Renard, amour et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°170 (2), pp.75. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.170.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baertschi-Fuster, une intellectuelle et une éducatrice au service du progrès social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°167-168 (1), pp.397. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etsoc.167.0397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Laïcité et neutralité de l'école à l'épreuve de l'affaire Dreyfus : parcours d'enseignantes entrées en dissidence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Les mercredis du CAREF, Amiens, Université Picardie Jules-Verne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAREF, Apr 2024, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des intellectuelles invisibles ? Enquête sur un paradoxe de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche en master, Université Paris-Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Houte, Feb 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les femmes prennent la parole : portraits d’intellectuelles actives dans l’éducation populaire à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du LARHRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marianne Thivend, LARHRA, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Des êtres libres pour la Cité future’’ : engagement politique et éducation nouvelle dans l’Orphelinat ouvrier l’Avenir social (premier XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Éducation nouvelle : Héritages, (ré)inventions, actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité Universitaire d’Information Pédagogique, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de la recherche et enseigner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Faire une thèse en sciences sociales », EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Benoît Hachet, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous le comprenons mieux depuis qu'il est mort pour la Paix&amp;quot;. L'héritage de Jaurès chez les instituteurs et institutrices de France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous de l’histoire de Blois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Table ronde proposée par la Société d’études jaurésiennes et la Fondation Jaurès, Oct 2023, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'éducation et l'instruction en socialiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Actualités du socialisme »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cercle Lucien Herr et département de Sciences sociales de l’École normale supérieure, rue d’Ulm, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l’intérêt de ces correspondances et de leur édition, ainsi que sur les usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude pour la mise en ligne du projet Collex-Persée FamiliLettres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de pilotage du projet Collex-Persée FamiliLettres, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“A revenge on the philosophical disdain so often shown to my sex”: Clarisse Coignet, a self-taught woman in philosophy ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the European Society for the History of the Human Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for the History of the Human Sciences, Aug 2022, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se professionnaliser après un master recherche en histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de rentrée de la mention Histoire de l’EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuel SAINT-FUSCIEN et Silvia SEBASTIANI, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Faire de l’enseignement un service public’’. Jaurès, la gauche et l’abrogation de la loi Falloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence organisée par l’association Les Amis de Jean Jaurès à Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Amis de Jean Jaurès à Toulouse, Rémy Pech, Feb 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biographie à l’honneur : la formation hors l’école sous l’angle du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation populaire et formation des adultes au féminin (XIXè – XXè siècles) : trajectoires biographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour la recherche en histoire de l’éducation, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques pédagogiques d’enseignantes laïques à la Belle Époque : un objet pour l’histoire intellectuelle et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée nationale des jeunes chercheurs et chercheuses en histoire de l’éducation, Épistémologies et mises en pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l’éducation (ATRHE), Jun 2021, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser le concept d’intellectuelle en histoire de l’éducation : sources, méthodes et perspectives heuristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral du Comité universitaire d’information pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent GUTIERREZ, CUIP, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalons et leçons d’une recherche en histoire, du master au doctorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Histoire de l'enseignement et de l'éducation au XIXe et XXe siècle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carole CHRISTEN, Université du Havre, Dec 2021, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘‘Tu dois être Camille Marbo. Pas seulement Mme Émile Borel.’’ Marbo, compagne d’engagement et personnalité publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études : Émile Borel, savant et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alain BERNARD, Hélène GISPERT, Claudine FONTANON, Matthias CLERY, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May, une figure du socialisme réformiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire : Histoire de socialisme, XIXème-XXème siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christophe Prochasson, EHESS, Jun 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour la République - Jeanne Desparmet-Ruello, une intellectuelle active dans la nébuleuse socialiste de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence inaugurale de l’Assemblée générale de la Société d’études jaurésiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SEJ, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une université pour le quatrième pouvoir : Genèse d’une formation professionnelle au journalisme et mise en perspective contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Masterclass à l’École supérieure de journalisme de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESP Paris (Patricia Boyer de Latour), Sep 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Wright et Émile Masson : un couple de pédagogues socialistes franco-anglais à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passages, transferts, trajectoires en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l'éducation (ATRHE), Jun 2019, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquérir le droit à la parole : Louise Renard, femme et militante de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women and Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Women in French Studies, May 2019, Leeds, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction comme engagement : Dick May dans les revues littéraires de la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des revues et des femmes, le rôle des femmes dans les revues littéraires, de la Belle Époque à la fin des années cinquante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amélie AUZOUX, Camille KOSKAS et Elisabeth RUSSO, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The United States, a model for French female instruction ? Marie Dugard and the birth of a transnational expertise in education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Standing Conference for the History of Education (ISCHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Committee of the International Standing Conference for the History of Education (ISCHE), Jul 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charité privée et assistance publique face aux orphelins de la guerre : Dick May et son Orphelinat des armées au cœur des controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assistance, prévoyance, assurance au prisme de la Grande Guerre et d’un changement de paradigme (fin XIXe-années 1920)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne – Institut de sciences juridique et philosophique de la Sorbonne ISJPS-CNRS, Jan 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignantes engagées à la Belle Époque : une parole publique au service de l’école républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enseignantes en France : sexe, genre et identités (XVIè-XIXè siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Artois en collaboration avec l’ESPE de Lille, Nov 2018, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la Belle Époque, intellectuel s'accorde-t-il au féminin ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études organisée par les doctorants du Centre de Recherches Historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches historiques, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les traces de la ''citoyenneté sociale'' chère à Madeleine Rebérioux : femmes engagées dans l'éducation, une stratégie de contournement de l'exclusion politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque en hommage à Madeleine Rebérioux à l’occasion de la publication de Pour que vive l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussardes noires : des enseignantes à l'avant garde des luttes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agone, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May, une femme à l'avant-garde d'un nouveau siècle : 1859-1925</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 2019, 978-2-7535-7622-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignantes engagées à la Belle Époque : une parole publique au service de l’école républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enseignantes en France : sexe, genre et identités (XVIᵉ-XXᵉ siècles). Construction de l’identité professionnelle des femmes dans l’enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-7535-9197-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Wright et Émile Masson, deux pédagogues admirateurs de Ruskin entre France et Grande-Bretagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations en éducation. Acteurs, modèles, institutions (XIXe‑XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-7061-4976-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des logiques politiques et littéraires étroitement articulées : Dick May, une auteure engagée à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des revues et des femmes : le rôle des femmes dans les revues littéraires, de la Belle Époque à la fin des années cinquante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7453-5676-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujet 0 d’histoire-géo-EMC du nouveau CRPE : ‘‘une négation des démarches et des objectifs de cette discipline’’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hussardes noires de la République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler aux vivants. L’héritage de Jaurès dans le monde enseignant de l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et faire comprendre la loi de 2004 sur les signes religieux à l’école publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le baccalauréat en contrôle continu, une idée vieille de cent vingt ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de l’école laïque française dans le paysage scolaire européen (1789-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie d'histoire numérique de l'Europe : https://ehne.fr/fr/node/22076</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albertine Eidenschenk-Patin (1864-1942), une Fontenaisienne engagée : sa carrière et ses combats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des élèves et anciens élèves des ENS de Lyon, Fontenay et Saint-Cloud, 2020/1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baertschi-Fuster (1868-1942), Une carrière au service de l’éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des élèves et anciens élèves des ENS de Lyon, Fontenay et Saint-Cloud, 2019/1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dick May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire biographique du mouvement ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La craie, la plume et la tribune Trajectoires d'intellectuelles engagées pour l'école laïque (France, années 1880 - 1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. École des hautes études en sciences sociales, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03520902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chalk, the Pen and the Podium - Trajectories of Female Intellectuals committed to the Building of a secular School (France, 1880s-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humanities and Social Sciences. EHESS - Paris, 2021. English. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021EHES0106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03966989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId103"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612634v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.251.0087" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824935v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824922v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.161.0187" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612646v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.250.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617788v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.294.0101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.252.0049" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824933v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612630v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Linos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Elmer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.177.0007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306232v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.176.0291" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.177.0031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283357v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.243.0101" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281777v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.247.0005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.247.0113" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306236v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.231.0160" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283349v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.054.0271" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306239v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.242.0039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911837v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.7868" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306243v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.235.0115" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320429v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283367v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.233.0019" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283362v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306255v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.17687" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306257v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.170.0009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306258v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.170.0075" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306260v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.167.0397" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612662v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320831v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320835v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320841v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320846v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320512v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320622v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320886v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320690v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320893v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320889v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320627v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320926v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320929v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320700v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320526v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321016v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320768v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320760v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320709v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320774v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465998v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283211v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283227v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342791v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320993v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320982v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320425v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320393v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320417v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320420v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03520902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03966989v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021EHES0106" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612634v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.251.0087" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824935v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824922v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.161.0187" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612646v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.250.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617788v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.294.0101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.252.0049" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824933v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612630v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Linos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Elmer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.177.0007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306232v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.176.0291" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.177.0031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281777v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.247.0005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283357v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.243.0101" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306236v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.231.0160" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281930v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.247.0113" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283349v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.054.0271" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04306239v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.242.0039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911837v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.7868" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306243v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.235.0115" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320429v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283367v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.233.0019" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283362v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306255v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.17687" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306257v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.170.0009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306258v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.170.0075" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306260v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.167.0397" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612662v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320835v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320831v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320841v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320846v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320622v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320512v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320886v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320690v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320893v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320889v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320627v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320926v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320929v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321016v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320700v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320526v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320768v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320709v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320760v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320774v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465998v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283211v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283227v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320993v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320982v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320425v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320393v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320417v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320420v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03520902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03966989v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021EHES0106" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>