--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -194,7835 +194,7904 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (107)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (108)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La contribution aux charges du mariage, l’industrie personnelle de l’époux et la convention de séparation de biens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Saisie conservatoire relative à une créance de l’indivision : applicabilité de l’article 815-2, alinéa 1er, du Code civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05483247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demande de partage complémentaire ou pas, telle est la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nature successorale du droit de retour légal des ascendants : transmission passive de l’option successorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ouverture de la vacance de la succession n’a pas d’effet suspensif sur la prescription des créances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05076235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nul n’est tenu de rester dans l’indivision même lorsqu’elle ne porte que sur la nue-propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commodité du partage en nature des biens indivis et subsidiarité de la licitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indivision pacsimoniale : précisions sur la mise en œuvre de la présomption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La demande d’attribution préférentielle du nu-propriétaire porte sur la seule nue-propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revenus fonciers tirés d’un bien indivis : la nature personnelle de la CSG et de la CRDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concubinage et indivision : un mauvais ménage pour le concubin créancier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 305-19, pp. 27-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La minoration du prix de vente de terres agricole peut être constitutive d’une libéralité rapportable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation d’un recel de communauté en cas de vente d’actions à vil prix par un époux seul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Congrès, grand pacificateur des rapports familiaux face aux montages sociétaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Numéro spécial « Droit privé du Patrimoine » (Dossier thématique « Les propositions du 121e Congrès des notaires de France »), pp.51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05409259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui dit coupe réglée, dit que la coupe doit être réglée !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 11, p. 65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impossible conciliation entre la « communauté de lit » et la lutte contre le viol conjugal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 299-15, pp. 35-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biens sans maître : la simple « présentation » d’un héritier est insuffisante pour faire échec à l’appropriation publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05051708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Nature successorale du droit de retour légal des ascendants : transmission passive de l’option successorale</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possession et action en revendication : la preuve d’une possession viciée suffit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L’ouverture de la vacance de la succession n’a pas d’effet suspensif sur la prescription des créances</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur le point de départ de la prescription de l’action en réduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nul n’est tenu de rester dans l’indivision même lorsqu’elle ne porte que sur la nue-propriété</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de poursuite des créanciers d’un époux commun en bien et domicile conjugal : irrecevabilité de la QPC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Commodité du partage en nature des biens indivis et subsidiarité de la licitation</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la prescription de l’action en délivrance de legs : soumission à l’article 2224 du code civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Revenus fonciers tirés d’un bien indivis : la nature personnelle de la CSG et de la CRDS</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04780886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exigence d’état liquidatif pour le bénéfice de la concentration de moyens en matière de partage judiciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Indivision pacsimoniale : précisions sur la mise en œuvre de la présomption</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imputation des libéralités au conjoint survivant sur ses droits légaux : la leçon de pédagogie de la première chambre civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La demande d’attribution préférentielle du nu-propriétaire porte sur la seule nue-propriété</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partage judiciaire complexe : revirement sur la portée à donner à l’article 4 du Code civil, le rôle du juge et le rôle du notaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Concubinage et indivision : un mauvais ménage pour le concubin créancier</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04554234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les statuts et l’impossible limitation de la défense des droits de l’usufruitier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le non-respect des règles d’assistance n’élude pas l’exigence d’intérêt à agir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rappels sur le modus operandi des comptes de liquidation de l’indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donation-partage anticipée : le partage doit être le fruit de la volonté du donateur sous peine de requalification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refus de transfert des gamètes post-mortem : Pas de voie de fait en l’absence de « bien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Russie, les couples de personnes de même sexe et les droits fondamentaux : tous les cris les S.O.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 305-19, pp. 27-31</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le Congrès, grand pacificateur des rapports familiaux face aux montages sociétaires ?</w:t>
+              <w:t xml:space="preserve">, 2023, 4 (16), pp.29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Empiètement : de la nature de l’action en responsabilité et de ses enjeux de prescription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Numéro spécial « Droit privé du Patrimoine » (Dossier thématique « Les propositions du 121e Congrès des notaires de France »), pp.51</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La minoration du prix de vente de terres agricole peut être constitutive d’une libéralité rapportable</w:t>
+              <w:t xml:space="preserve">, 2023, pp.59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La possession n’exclut pas l’exigence de demander la délivrance du legs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Caractérisation d’un recel de communauté en cas de vente d’actions à vil prix par un époux seul</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prestation compensatoire : le juste équilibre entre droit de propriété et protection du conjoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.47-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À défaut de droit de jouissance, pas d’indemnité d’occupation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Qui dit coupe réglée, dit que la coupe doit être réglée !</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04129623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des modalités de l’appréciation du caractère lésionnaire du partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la qualité à agir en garantie décennale pour une construction érigée par l’usufruitier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 11, p. 65</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les statuts et l’impossible limitation de la défense des droits de l’usufruitier</w:t>
+              <w:t xml:space="preserve">, 2023, pp.61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remboursement anticipé de l’emprunt souscrit pour l’achat du bien indivis par un partenaire sur ses deniers personnels: une dépense nécessaire à la conservation du bien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’art et de la manière d’appliquer l’article 924-2 du code civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport des libéralités : renoncer à encaisser les loyers, c’est donner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recel successoral : dette de valeur et point de départ des intérêts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03553082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur les modalités du bénéfice du droit viager au logement du conjoint survivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03616807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exclusion de la qualité d’associé pour l’usufruitier de parts sociales et effectivité de son droit de jouissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03520516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’imputation en assiette des libéralités en usufruit faites hors part successorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modalités de versements de la pension de réversion précisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’indispensable connaissance de l’objet de la restitution pour prescrire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’importe le flacon pourvu que l’on finance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de mention, pas d’interruption de la prescription !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03687011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension d'ouvrage : Dictionnaire juridique de l’égalité et de la non-discrimination, THARAUD et C. BOYER-CAPELLE (Dir.), L’Harmattan, février 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les ruralités face aux discriminations, 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03553144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restitution des fruits, c’est pas automatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 39, pp.61</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le non-respect des règles d’assistance n’élude pas l’exigence d’intérêt à agir</w:t>
+              <w:t xml:space="preserve">, 2021, n° 28, pp.66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action collective (égale) Invention collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Possession et action en revendication : la preuve d’une possession viciée suffit</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rénovation d’une ruine n’est pas une construction nouvelle : exit l’article 555 du Code civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Numéro spécial "Droit privé du Patrimoine", 42, pp.72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airbnb : la &amp;quot;bamboche&amp;quot; est terminée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des loyers, de la copropriété et des fermages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1015, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’héritier réservataire, le légataire et l’indemnité de réduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Précisions sur le point de départ de la prescription de l’action en réduction</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03481147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconnaissance de dettes et liquidation d’indivision entre époux : le silence est d’or, le dire est d’argent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Droit de poursuite des créanciers d’un époux commun en bien et domicile conjugal : irrecevabilité de la QPC</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03118146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’aventure en devanture : la fidélité n’oblige que les époux, pas le publicitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021-3, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La créance de salaire différée exclu le droit de retour pour les collatéraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">De la prescription de l’action en délivrance de legs : soumission à l’article 2224 du code civil</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action en versement de salaires différés, action en partage et prescription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Imputation des libéralités au conjoint survivant sur ses droits légaux : la leçon de pédagogie de la première chambre civile</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03295487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créances contre l’indivision : attention au point de départ de la prescription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L’exigence d’état liquidatif pour le bénéfice de la concentration de moyens en matière de partage judiciaire</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la mise en œuvre de l’article 815-13 du Code civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Partage judiciaire complexe : revirement sur la portée à donner à l’article 4 du Code civil, le rôle du juge et le rôle du notaire</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le concubinage chasse le statut de tiers possesseur de travaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">De la qualité à agir en garantie décennale pour une construction érigée par l’usufruitier</w:t>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enfer est pavé de bonnes intentions : Fructus hereditatem non semper augent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, pp.61</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Remboursement anticipé de l’emprunt souscrit pour l’achat du bien indivis par un partenaire sur ses deniers personnels: une dépense nécessaire à la conservation du bien</w:t>
+              <w:t xml:space="preserve">, 2020, Numéro spécial « Droit privé du Patrimoine », p.78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logement de famille indivis et demande de partage du créancier personnel de l’un des époux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Rappels sur le modus operandi des comptes de liquidation de l’indivision</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’opposabilité de la vente passe par la seule publication de l’acte notarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Donation-partage anticipée : le partage doit être le fruit de la volonté du donateur sous peine de requalification</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’indemnité d’éviction dans le bail commercial pèse exclusivement sur l’usufruitier !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, numéro spécial « Droit privé du Patrimoine », p. 81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A défaut de plafonnement, le lissage vaut toujours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, spécialisé droit privé du patrimoine, n°28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02911685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Touchez pas au Grisbi ! De la créance de restitution au terme de l’usufruit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Refus de transfert des gamètes post-mortem : Pas de voie de fait en l’absence de « bien »</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’un devoir de fidélité à un devoir de loyauté : le devoir de fidélité dans le mariage fait-il encore sens ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (n° 1), p. 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause d'accroissement différence de nature (n'est pas forcément égale) différence de régime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1/27, p. 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit d'inventaire des héritiers sur l'usufruit légué à leur mère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comme Parker Lewis, le droit de propriété ne perd jamais !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La Russie, les couples de personnes de même sexe et les droits fondamentaux : tous les cris les S.O.S.</w:t>
+              <w:t xml:space="preserve">, 2019, Numéro spécial « Droit privé du Patrimoine », N° 41, p. 72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La détermination de la résidence habituelle à l'aune des réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18/01502</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acceptation à concurrence de l'actif net et déclaration des créances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bail rural et convention pluriannuelle de pâturage d’un bien en usufruit : blanc bonnet et bonnet blanc !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Numéro spécial « Droit privé du Patrimoine », n°13, p. 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être héritier ou ne pas l'être, telle est la question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toujours pas de contribution aux charges du concubinage en dehors d’un accord des concubins !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4 (16), pp.29</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">À défaut de droit de jouissance, pas d’indemnité d’occupation</w:t>
+              <w:t xml:space="preserve">, 2019, 3/15, p. 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tirages de bronzes posthumes et usufruit spécial du conjoint survivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Empiètement : de la nature de l’action en responsabilité et de ses enjeux de prescription</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'occupation privative par l'indivisaire peut constituer un trouble manifestement illicite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, pp.59</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La possession n’exclut pas l’exigence de demander la délivrance du legs</w:t>
+              <w:t xml:space="preserve">, 2019, Numéro spécial "Droit privé du Patrimoine" (n° 28), p. 73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'université mérite mieux ! Les comptes ne sont pas bons !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-André Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 43, p. 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de sursis à la licitation après la décision de partage judiciaire irrévocable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Prestation compensatoire : le juste équilibre entre droit de propriété et protection du conjoint</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatouages et modifications corporelles : d’un phénomène sociologique à un objet juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Tharaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'abus principalement fiscal : les démembrements épargnés par le ministre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des conditions de la licitation en pleine propriété d'un bien grevé d'usufruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validité de la saisie-attribution visant l'usufruit non indivis de la veuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation sur la qualification et portée du testament-partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bien mal acquis ne profite jamais : quand le propriétaire fait siens par accession les revenus Airbnb perçus par son locataire !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de sanction de la signification tardive à l'indivisaire minoritaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bons comptes font les bons amis : quand le juge condamne l’ex-époux à payer personnellement une avance en capital sur la liquidation de la communauté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’accession au secours du propriétaire du bien sous-loué via Airbnb : les loyers perçus par le locataire sont des fruits civils devant être restituer au propriétaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la communauté à l'indivision post-communautaire le sort des parts sociales et de leurs fruits dans le prisme de la séparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018/161, (n° 6463), p. 27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La destination locative du bien contractualisée, cause de nullité du contrat : principe et portée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12, pp.47-50</w:t>
-[...1076 lines deleted...]
-                <w:t xml:space="preserve">La rénovation d’une ruine n’est pas une construction nouvelle : exit l’article 555 du Code civil</w:t>
+              <w:t xml:space="preserve">, 2018, Numéro spécial « Droit privé du Patrimoine » (n° 39), p. 74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de preuve, pas d’argent : le concubin doit prouver la réalité du concubinage pour bénéficier du versement du capital !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12/26 (p. 34)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique annuelle de droit des biens (Janvier 2017 – Décembre 2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique [Comitas Gentium France-Russie]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les concubins, des étrangers comme les autres !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (25), p. 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dettes contractées par un seul époux ne tombent pas en communauté, fût-elle universelle !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1, p. 26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d’enrichissement sans cause sans enrichissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (18), p. 29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques précisions techniques sur l’indivision post-successorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 152 (6349), p. 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence confirmée d'un contrôle de proportionnalité des clauses pénales testamentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 656 (N° Lexbase : N2835BWW)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur la répétition de loyers, de fermages et de charges de copropriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des loyers, de la copropriété et des fermages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 971 (n° 2439), p. 419</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’impossible renoncement implicite à la propriété : ni déguerpissement, ni prescription acquisitive !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualités du Lamy Droit Immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 243, p. 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dividendes tirés des réserves, sources d'une créance de restitution déductible de l'actif successoral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 130 (N° 5985), pp.43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la spécificité des effets de la nullité encourue pour fausse déclaration volontaire en droit des assurances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Numéro spécial "Droit privé du Patrimoine", 42, pp.72</w:t>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">La restitution des fruits, c’est pas automatique</w:t>
+              <w:t xml:space="preserve">, 2015, 43, p. 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de réception et CCMI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualités du Lamy Droit Immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 237, p. 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logiciel préinstallé et pratiques commerciales déloyales : le débat reste ouvert !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 28, pp.66</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Airbnb : la &amp;quot;bamboche&amp;quot; est terminée ?</w:t>
+              <w:t xml:space="preserve">, 2015, 260, p. 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charges locatives : l’impératif de protection de l’environnement chasse la rupture d’égalité !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des loyers, de la copropriété et des fermages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 1015, pp.11</w:t>
-[...317 lines deleted...]
-                <w:t xml:space="preserve">A défaut de plafonnement, le lissage vaut toujours</w:t>
+              <w:t xml:space="preserve">, 2015, 955, p. 130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unité de faits et effets prescriptifs de la reconnaissance du principe de la garantie par l’assureur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, spécialisé droit privé du patrimoine, n°28</w:t>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">L’enfer est pavé de bonnes intentions : Fructus hereditatem non semper augent</w:t>
+              <w:t xml:space="preserve">, 2014, 324, p. 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le devoir de conseil de l’assureur : un devoir circonstancié et personnalisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Numéro spécial « Droit privé du Patrimoine », p.78</w:t>
-[...2888 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+              <w:t xml:space="preserve">, 2014, n° 261, p. 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exigence d’un traitement spécifique de la dépouille de l’enfant mort-né</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue droit &amp; santé : la revue juridique des entreprises de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retard dans les soins du détenu n’est pas constitutif d’un traitement inhumain et dégradant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue droit &amp; santé : la revue juridique des entreprises de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, n° 62, p. 1704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408324v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-02368141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Michel et le(s) droit(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Benelbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Touzeil-Divina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Cerda-Guzman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Koubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Epitoge, 2023, 979-1092684469</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Benelbaz</w:t>
+                <w:t xml:space="preserve">hal-04730972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de fruits : étude de droit privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Defrénois, 2018, Doctorat &amp; Notariat, Tome 57, 978-2-85623-335-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gaulino-Lextenso Editions. Gualino-Lextenso Editions, 2016, Collection Les carnets entraînement, Mélanie Jaoul, 978-2-297-05679-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit civil 2, Les obligations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Touzeil-Divina</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carolina Cerda-Guzman</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Plante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">L'Epitoge, 2023, 979-1092684469</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Craponne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Pélissier. Hachette supérieur, Collection Les fondamentaux Droit, 2009, 978-2-01-146036-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...171 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8032,1544 +8101,1544 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travail sexuel, stigma et discriminations : passer de l'a-légalité à la légalité pour une protection effective des droits des travailleurSEs du sexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raphaël Dalmasso, Catherine Ménabé (Dir.), Le travail du sexe et le droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp. 23-44, 2026, Droit privé et sciences criminelles, 978-2-38600-224-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consentement et pornographie : questionnement sur le réel et les représentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de la Maison des sciences de l'Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L. Català Lorente (Dir.), Sexe et démocratie : De l'enjeu du consentement, préf. G. Fraisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 165-179, 2025, Collection 54 / Sexe et Genre, 978-2-7351-3079-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05079359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatouage, détatouage et dédétatouage (TGI Paris, 3 juin 1969)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lefebvre Dalloz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lionel Andreu (Dir.), Les petits arrêts de la jurisprudence insolite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.99, 2024, Hors collection, 2247233031</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souffrir pour être beau : tatouages et des « bod mod », des pratiques au confluent du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LEH Edition. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIALLA, P. VIELFAURE, Douleurs et souffrances : de l'Antiquité au XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 901-917, 2024, A la croisée des regards</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C. Deraedt, M. Almeida Kato, A. Danet et S. Badran (Dir.), Mode et Droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp. 148-160, 2024, Droit &amp; science politique, 978-2-84934-786-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04554247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, pp.99, 2024, Hors collection, 2247233031</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AMP et transidentité : le rendez-vous manqué de la transparenté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naître ou ne pas naître, De l’Antiquité au XXIe siècle, ss la direction de F. Vialla, P. Vielfaure et L. Lambert-Garrel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LEH édition</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.227-238, 2023, À la croisée des regards, 978-2-84874-987-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp. 901-917, 2024, A la croisée des regards</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude 244 :Durée de l'indivision légale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wolters Kluwer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy Droit des régimes matrimoniaux, successions et libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, pp.227-238, 2023, À la croisée des regards, 978-2-84874-987-7</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03520537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude 246 : Gestion légale de l’indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wolter Kluwers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy Régimes matrimoniaux, successions et Libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03553121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prostitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire thématique de la Convention Européenne des Droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Pédone, 2022, 978-2-233-01018-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude 248 : L’indivision volontaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wolter Kluwers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lamy Régimes matrimoniaux, successions et Libéralités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03553127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Coruscant à la bordure extérieure, la terrible destinée des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Franche-Comté. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit contre-attaque, L'univers Star Wars au prisme du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , A paraître, Droit, Politique et Société, 9782848678641</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liberté contractuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">sous la direction de Rémy Cabrillac. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Libertés et droits fondamentaux 2021 : maîtrise des connaissances et de la culture juridique - 27e édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.844-, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03696058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La filiation des supers héros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Franche-Comté; Alexandre Ciaudo, Yann Basire, Anne-Laure Mosbrucker (Dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les super-héros au prisme du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 49-58, 2020, Coll. Droit, Politique et Société, 978-2-84867-787-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02951058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La servante écarlate ou quand le féminisme devient un produit marketing qui perd de son essence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions L'épitoge. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures juridiques de fictions ; De la littérature à la pop culture !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXVII, , pp. 55-70, 2020, 979-10-92684-38-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le consentement vis-à-vis du tatouage par effraction cutanée et autres actes de modifications corporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le tatouage et les modifications corporelles saisis par le droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXXIII (1), Editions L'épitoge, pp. 123-132, 2020, 979-10-92684-45-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02859898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Section 2 : La liberté contractuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Libertés et droits fondamentaux : maîtrise des connaissances et de la culture juridique / sous la direction de Rémy Cabrillac ; par Christophe Albiges, Elie Alfandari, Jeremy Antippas.. [et al.]. - 25e édition revue et augmentée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2019, 978-2-247-18789-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations juridiques dans l'oeuvre de Lewis Carroll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études en l'honneur du professeur Marie-Laure Mathieu ; Comprendre : des mathématiques au droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.395, 2019, 9782802760665</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude 248 : L’indivision volontaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy droit des régimes matrimoniaux, successions et libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wolters Kluwer, 2019, 2-7212-1026-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude 246 : Gestion légale de l’indivision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy droit des régimes matrimoniaux, successions et libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wolters Kluwer, 2018, ISBN 2-7212-1026-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Pédone, 2022, 978-2-233-01018-6</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude 387 : Tontine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy droit des régimes matrimoniaux, successions et libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wolters Kluwer, 2018, 2-7212-1026-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, , A paraître, Droit, Politique et Société, 9782848678641</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude 244 : Durée légale de l’indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jaoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy droit des régimes matrimoniaux, successions et libéralités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wolters Kluwer, 2018, 2-7212-1026-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...714 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9579,151 +9648,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe de réflexion de l'AFDD sur l'avant-projet de réforme du droit de la responsabilité civile Observations et propositions de modification présentées dans le cadre de la consultation publique ouverte par la Chancellerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Antippas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane de Guillenchmidt-Guignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Ringler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Association Française des Docteurs en Droit. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9733,114 +9802,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La notion de fruits : étude de droit privé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université Montpellier I, 2014. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02408330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId163"/>
+      <w:footerReference w:type="default" r:id="rId164"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9908,51 +9977,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0FF51889"/>
+    <w:nsid w:val="794440B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10139,51 +10208,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-jaoul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4939-2792" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135748593" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05483247v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jaoul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05501080v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05037324v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05051708v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05035870v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05076235v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04925939v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04947807v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04931958v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05316491v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05072478v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05371794v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05409259v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05052427v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05055530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05005749v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04840307v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04489358v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04598528v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04493862v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04487593v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04780886v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04433098v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04506247v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04554234v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04190746v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04201769v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04350258v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04208206v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03917443v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04095950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04129623v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04190747v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04149300v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04057605v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04279401v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553144v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03716103v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03806189v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553082v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03616807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03520516v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03652754v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03714997v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03780087v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03687011v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03574205v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03434885v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03212862v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03295487v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03273201v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03326576v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03170076v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03481147v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03118146v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03170069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475368v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02911685v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03020696v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02949375v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025673v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02953301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02983774v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551713v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405791v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408157v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405992v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405973v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405705v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405854v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405990v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405980v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405989v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405858v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405842v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02404453v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Dubreuil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406436v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tharaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405795v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405849v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405852v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405861v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405991v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405789v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405999v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406001v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406000v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405994v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405993v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406453v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406498v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406534v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406479v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406463v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408181v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406584v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408317v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368145v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368181v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408321v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368175v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408323v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408324v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368192v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368165v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368141v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Benelbaz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Touzeil-Divina" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Koubi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408783v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408325v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408338v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne P&#233;lissier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plante" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Craponne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05472187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05079359v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04554247v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04880555v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04693590v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04189554v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leh.fr/edition" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553127v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03520537v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553121v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03806216v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03326592v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03696058v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02951058v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551706v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02859898v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02409996v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mathieu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368060v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410067v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410044v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410083v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410026v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410973v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Antippas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane de Guillenchmidt-Guignot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugu&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugue" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ringler" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/tel-02408330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-jaoul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4939-2792" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135748593" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05566478v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jaoul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05483247v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05501080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05035870v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05076235v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04925939v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04947807v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05316491v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05072478v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04931958v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05371794v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05052427v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05055530v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05409259v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05005749v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05037324v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05051708v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04598528v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04493862v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04487593v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04780886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04506247v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04433098v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04554234v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04840307v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04489358v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04350258v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04208206v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03917443v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04095950v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04190747v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04149300v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04057605v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04129623v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04279401v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04190746v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04201769v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03716103v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03806189v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553082v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03616807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03520516v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03714997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03652754v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03780087v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03574205v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03687011v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553144v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03326576v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03273201v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03170076v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03481147v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03118146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03170069v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475368v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03295487v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03212862v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03434885v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02949375v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02953301v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02983774v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551713v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02911685v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03020696v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408157v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405992v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405973v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405705v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405854v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405990v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405980v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405989v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405858v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405842v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02404453v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Dubreuil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405795v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406436v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tharaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405849v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405861v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405991v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405789v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405791v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406001v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406000v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405994v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405993v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406453v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406498v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406534v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406479v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406463v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408181v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406584v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408317v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368145v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368181v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408321v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368175v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408323v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368192v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368165v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368141v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408324v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730972v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Benelbaz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Touzeil-Divina" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Koubi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408783v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408325v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02408338v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne P&#233;lissier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plante" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Craponne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05472187v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05079359v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04880555v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04693590v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04554247v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04189554v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leh.fr/edition" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03520537v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553121v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03806216v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03553127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03326592v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03696058v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02951058v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551706v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02859898v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02409996v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mathieu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368060v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410067v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410044v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410083v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02410026v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410973v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Antippas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane de Guillenchmidt-Guignot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugu&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ringler" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/tel-02408330v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>