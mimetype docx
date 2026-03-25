--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -160,347 +160,347 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animals in anthropology: From objects of ethnography to ethnographic subjects?</w:t>
+                <w:t xml:space="preserve">Introduction. Encagements genrés : femmes-oiseaux, cages dorées et érotismes plumassiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Leblan</w:t>
+                <w:t xml:space="preserve">Flaminia Bardati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bondaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14661381251357072⟩</w:t>
+              <w:t xml:space="preserve">Images Re-Vues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/140jk⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05478170v1</w:t>
+                <w:t xml:space="preserve">halshs-05477877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bondaz, Poussière d’oiseaux. Une autre histoire de la mission Dakar-Djibouti</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Animals in anthropology: From objects of ethnography to ethnographic subjects?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leblan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/15jvh⟩</w:t>
+              <w:t xml:space="preserve">Ethnography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14661381251357072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05477919v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Encagements genrés : femmes-oiseaux, cages dorées et érotismes plumassiers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Julien Bondaz, Poussière d’oiseaux. Une autre histoire de la mission Dakar-Djibouti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images Re-Vues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21, </w:t>
+              <w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 255-256, pp.284-289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/140jk⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15jvh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-05477877v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bondaz, Poussière d’oiseaux: une autre histoire de la mission Dakar–Djibouti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the History of Collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -538,51 +538,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Warnier, Dix ans de bonheur. Un couple bourgeois à l’âge des extrêmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropologie et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 48 (1), pp.310-311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -624,51 +624,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec Fahim Amir. De la mise en collection comme violence et des formes de résistance du vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fahim Amir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gallay-Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -728,51 +728,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Dé)chiffrer l’animal sauvage. De l’administration numérique des collections vivantes en parcs zoologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36, pp.86-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -806,51 +806,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usos do conceito de indigenização nos museus franceses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regiane Queiroz Theyss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -897,51 +897,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Dé)chiffrer l’animal sauvage. De l’administration numérique des collections vivantes en parcs zoologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36, pp.86-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1001,51 +1001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gallay-Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Reubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36, pp.10-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1092,51 +1092,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French Ambivalence Towards the Concept of ‘Indigenous People’: Museums and the Māori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Gagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (2), pp.95-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1183,51 +1183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Journey to the Musée du quai Branly: The Anthropology of a Visit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Debary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Museum Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 40 (1), pp.4-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1261,64 +1261,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les animaux en anthropologie : enjeux épistémologiques : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures anthropologiques : Revue de comptes rendus critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1356,51 +1356,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A palace as legacy: The former French colonial museum – perspectives from the inside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Material Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 22 (2), pp.216 - 236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1434,51 +1434,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des usages de l’autochtonie dans les musées français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture et Musées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1503,51 +1503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’adieu aux choses au retour des ancêtres. La remise par la France des têtes māori à la Nouvelle-Zélande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Le retournement des choses, 30, pp.183 - 198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1594,51 +1594,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner les taonga à travers le monde: une exposition māori à Paris et à Québec (note de recherche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Gagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropologie et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38 (3), pp.79-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1685,51 +1685,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digestion patrimoniale. Contestations autour d'un ancien musée des colonies à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Civilisations - revue internationale d'Antropologie et de sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 61-1, pp.23-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1763,51 +1763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’envers et l’endroit de la Pyramide du Louvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnologie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3, pp.541-552</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1832,51 +1832,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique photographique, révélateur des échanges entre visiteurs. L’exemple Star Wars à la Cité des sciences et de l’industrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers du Musée des confluences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Les échanges, 3, pp.99-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1901,51 +1901,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la dualité du cannabis. Représentations croisées de l’herbe et du &amp;quot;shit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.143-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1983,51 +1983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du MAAO au musée du quai Branly : le point de vue des publics sur une mutation culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture et Musées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Nouveaux musées de sociétés et de civilisations, 6, pp.65-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2074,51 +2074,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fin du maao : un patrimoine revisité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2191,51 +2191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture et Musées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 2 (1), pp.101 - 127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2295,51 +2295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Poirée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rosselin-Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2399,51 +2399,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du client polymorphe à la figure du &amp;quot;non-client&amp;quot; : ambiguïtés autour des transactions de cannabis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 56, pp.133-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2500,90 +2500,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encagements genrés : femmes-oiseaux, cages dorées et érotismes plumassiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaminia Bardati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bondaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images Re-Vues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2643,51 +2643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gallay-Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Reubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 36, pp.10-27, 2023, Collectionner le vivant, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2747,51 +2747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gallay-Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Reubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 36, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2825,64 +2825,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les animaux en anthropologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures anthropologiques : Revue de comptes rendus critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2939,51 +2939,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'animal captif et la nature sauvage. Une ethnographie du Parc zoologique de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses du réel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.360, 2025, Oeuvres en sociétés, 978-2-37896-171-8</w:t>
             </w:r>
           </w:p>
@@ -3010,90 +3010,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encager le ciel. Histoire, anthropologie et esthétique des volières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaminia Bardati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bondaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Publications scientifiques du Muséum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Natures en Sociétés, 978-2-38327-023-2</w:t>
             </w:r>
           </w:p>
@@ -3247,51 +3247,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche dans les institutions patrimoniales. Sources matérielles et ressources numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3370,51 +3370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El museo y sus pūblicos. El visitante tiene la palabra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Goldstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3471,51 +3471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Chaumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Documentation française, pp.317, 2013, 9782110092120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3546,51 +3546,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyage au musée du quai Branly. Une anthropologie de la visite du Plateau des collections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Debary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Clifford</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3634,51 +3634,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place des publics. De l’usage des études et recherches par les musées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Goldstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3709,51 +3709,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous l’emprise des objets ? Culture matérielle et autonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2007, Logiques sociales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3771,51 +3771,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique du jeu vidéo : réalité ou virtualité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2003, "Dossiers Sciences humaines et sociales"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3859,51 +3859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Plossu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3960,281 +3960,281 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postface. Envol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Introduction. Encager le ciel, agencer le vivant : esquisse de définition des volières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaminia Bardati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bondaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flaminia Bardati; Julien Bondaz; Emmanuel Lurin; Mélanie Roustan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encager le ciel. Histoire, anthropologie et esthétique des volières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Publications scientifiques du Muséum, pp.807-816, 2024, 9782383270232</w:t>
+              <w:t xml:space="preserve">, Publications scientifiques du Muséum, pp.11-70, 2024, 9782383270232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038461v1</w:t>
+                <w:t xml:space="preserve">hal-05038459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Encager le ciel, agencer le vivant : esquisse de définition des volières</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Postface. Envol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaminia Bardati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bondaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flaminia Bardati; Julien Bondaz; Emmanuel Lurin; Mélanie Roustan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encager le ciel. Histoire, anthropologie et esthétique des volières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Publications scientifiques du Muséum, pp.11-70, 2024, 9782383270232</w:t>
+              <w:t xml:space="preserve">, Publications scientifiques du Muséum, pp.807-816, 2024, 9782383270232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038459v1</w:t>
+                <w:t xml:space="preserve">hal-05038461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Envolées sauvages et libertés conditionnelles. Ethnographie de la Grande volière du Parc zoologique de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flaminia Bardati; Julien Bondaz; Emmanuel Lurin; Mélanie Roustan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encager le ciel. Histoire, anthropologie et esthétique des volières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications scientifiques du Muséum, pp.749-780, 2024, 9782383270232</w:t>
@@ -4263,51 +4263,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Museum objects in motion: Colonial leftovers and French cultural politics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Urmilla MOHAN; Laurence DOUNY. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Material Subject: Rethinking Bodies and Objects in Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4349,51 +4349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postface. Les sens de la collecte. Capter la relation et rester avec les restes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dassié Véronique; Gélard Marie-Luce; Isnard Cyril. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collectes sensorielles. Recherche-Musée-Art 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pétra, pp.347-353, 2021</w:t>
@@ -4422,51 +4422,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Museum objects in motion: Colonial leftovers and French cultural politics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohan Urmila; Douny Laurence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Material Subject: Rethinking Bodies and Objects in Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4508,51 +4508,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vague numérique et le ressac du réel. Du rapport aux sources des chercheurs en sciences humaines et sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roustan, Mélanie; Monjaret, Anne; Chevallier, Philippe; Brault, Julien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recherche dans les institutions patrimoniales. Sources matérielles et ressources numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l’ENSSIB, pp.170-192, 2016, 979-10-91281-84-3</w:t>
@@ -4581,51 +4581,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Institutions patrimoniales et chercheurs face aux sources, un renouveau du rapport à la matérialité des savoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4676,51 +4676,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des clefs des réserves aux mots-clefs des bases de données. Mutations du rapport aux objets pour les conservateurs du MAAO au musée du quai Branly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Hottin; Claudie Voisenat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le tournant patrimonial. Mutations contemporaines des métiers du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de la MSH, pp.111-134, 2016, 978-2-7351-2254-7</w:t>
@@ -4788,51 +4788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lee Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Gagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hatzfeld Hélène. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards décalés sur des patrimoines silencieux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atelier Henry Dougier, pp.89-95, 2015, Le Changement est dans l'R !, 979-10-31200-32-3</w:t>
@@ -4861,51 +4861,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’étude des publics à l’anthropologie du musée. Récit d’expériences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daignault, Lucie and Schiele, Bernard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les musées et leurs publics: savoirs et enjeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Presses universitaires de Québec, pp.213-228, 2014, 978-2-7605-4146-7</w:t>
@@ -4960,51 +4960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Chaumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chaumier, Serge and Krebs, Anne and Roustan, Mélanie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visiteurs photographes au musée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, 2013, 978-2-11-009212-0</w:t>
@@ -5046,51 +5046,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducción. Estudios de públicos: investigación básica, elección de políticas y apuestas operativas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Eidelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eidelman, Jacqueline and Roustan, Mélanie and Goldstein, Bernadette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El museo y sus pūblicos. El visitante tiene la palabra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ariel/Arte y Patrimonio, pp.21-46, 2013, 9788434417250</w:t>
@@ -5132,51 +5132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La repatrimonialisation du Palais de la Porte Dorée: du musée des Colonies à la Cité nationale de l’Histoire de l’immigration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mazé, Camille and Poulard, Frédéric and Ventura, Christelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les musées d’ethnologie. Culture, politique et changement institutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CTHS, pp.101-126, 2013, 978-2-7355-0789-4</w:t>
@@ -5205,51 +5205,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prendre des photographies au musée: une forme de médiation de l’expérience de visite.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Regourd, Martine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musées en mutations. Un espace public à revisiter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2012, 978-2-336-00391-7</w:t>
@@ -5278,51 +5278,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumer tue et fumer pue : métamorphoses sociales et culturelles du tabac et de sa combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Lieutaghi; Danielle Musset. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les plantes et le feu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, C'est-à-dire Editions, 2011</w:t>
@@ -5351,51 +5351,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Embodied Ethnography to the Anthropology of Material Culture: Gaming in the Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philipp Vannini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Culture and Technology in Everyday Life: Ethnographic Approaches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang Publishing, pp.89-100, 2009</w:t>
@@ -5456,51 +5456,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Choses. Une histoire de la nature morte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5615,51 +5615,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A69E7752"/>
+    <w:nsid w:val="A3240950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5846,51 +5846,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-roustan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-7985-7238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478170v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roustan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14661381251357072" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477919v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15jvh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05477877v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Bardati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bondaz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lurin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140jk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477907v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhc/fhaf052" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038556v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543040v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahim Amir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gallay-Keller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reubi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7474" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543045v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7388" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regiane Queiroz Theyss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2448-1750.revmae.2023.200445" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995896v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543035v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7210" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276995v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gagn&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2019.1587591" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276999v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Debary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/muan.12127" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277302v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851542v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359183517704550" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851541v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01829071v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.2345" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840664v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1029019ar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/civilisations.3123" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277296v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277395v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851586v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Rault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2005.1373" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277339v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Eidelman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.054.0605" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2003.1180" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851598v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poir&#233;e" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rosselin-Bareille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Warnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.1559" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277349v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05299185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140js" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614534v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543048v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7185" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989174v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060764v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=12051&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923864v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/fr/collections/natures-en-societes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101588v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dassi&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Fanlo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce G&#233;lard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Molle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspetra.fr/livres/collectes-sensorielles-recherche-musee-art" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848326v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevallier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brault Julien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.5682" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848338v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Goldstein" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800968v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krebs" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841937v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Clifford" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277226v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277202v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277263v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277236v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Plossu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038461v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038459v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038438v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994655v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Material-Subject-Rethinking-Bodies-and-Objects-in-Motion/Mohan-Douny/p/book/9780367610531" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888114v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888276v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781003086031/material-subject-laurence-douny-urmila-mohan?refId=8010aafc-98db-4102-ac24-de9cd949b5ac&amp;amp;context=ubx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845812v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845819v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.5794" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845813v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511670v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Crenn" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Davidson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845823v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845579v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845662v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845837v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845839v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277463v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277483v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888628v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/melanie-roustan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-7985-7238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05477877v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Bardati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bondaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lurin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roustan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140jk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478170v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14661381251357072" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477919v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15jvh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477907v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhc/fhaf052" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038556v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543040v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahim Amir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gallay-Keller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Reubi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7474" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543045v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7388" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regiane Queiroz Theyss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2448-1750.revmae.2023.200445" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995896v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543035v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7210" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276995v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gagn&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2019.1587591" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276999v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Debary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/muan.12127" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277302v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851542v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359183517704550" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851541v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01829071v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.2345" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840664v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1029019ar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/civilisations.3123" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277296v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277395v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851586v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Rault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2005.1373" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277339v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Eidelman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.054.0605" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2003.1180" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851598v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poir&#233;e" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rosselin-Bareille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Warnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.1559" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277349v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05299185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140js" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614534v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04543048v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.7185" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989174v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060764v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=12051&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923864v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/fr/collections/natures-en-societes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101588v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dassi&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Fanlo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce G&#233;lard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Molle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspetra.fr/livres/collectes-sensorielles-recherche-musee-art" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848326v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevallier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brault Julien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.5682" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848338v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Goldstein" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800968v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krebs" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841937v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Clifford" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277226v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277202v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277263v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277236v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Plossu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038459v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038461v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038438v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994655v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Material-Subject-Rethinking-Bodies-and-Objects-in-Motion/Mohan-Douny/p/book/9780367610531" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888114v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888276v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781003086031/material-subject-laurence-douny-urmila-mohan?refId=8010aafc-98db-4102-ac24-de9cd949b5ac&amp;amp;context=ubx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845812v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845819v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.5794" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845813v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511670v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Crenn" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Davidson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845823v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845579v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845662v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845837v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845839v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277463v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277483v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888628v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>