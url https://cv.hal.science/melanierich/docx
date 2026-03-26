--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,209 +66,2083 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conservation of symbiotic signaling since the most recent common ancestor of land plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Vernié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Pellen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (1), pp.e2408539121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2408539121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04863849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A plant Lysin Motif Receptor-Like Kinase plays an ancestral function in mycorrhiza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Grat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ouradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (24), pp.e2426063122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2426063122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Phosphorylated Protein 1 is required to activate the early rhizobial infection program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Ferrer‐orgaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manish Tiwari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariel C Isidra‐arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eithan A Pozas‐rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Vernié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.19423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04342081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phylogenomics reveal that plants colonized land together with their fungal symbiotic partners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 346 (G1), pp.1 - 11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crbiol.105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An ancestral function of strigolactones as symbiotic rhizosphere signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyoichi Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akiyoshi Yoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shota Shimazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaonan Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.3974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31708-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Ancestral Function of Strigolactones as Symbiotic Rhizosphere Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyoichi Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akiyoshi Yoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shota Shimazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaonan Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.3974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2021.08.20.457034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipid exchanges drove the evolution of mutualism during plant terrestrialization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Libourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 372 (6544), pp.864-868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abg0929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An ancestral signalling pathway is conserved in intracellular symbioses-forming plant lineages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guru Radhakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Vernié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duchesse Lacour Mbadinga Mbadinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (3), pp.280-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-020-0613-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plant Evolution: When Arabidopsis Is More Ancestral Than Marchantia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marc Delaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (11), pp.R642-R644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2020.04.077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstructing trait evolution in plant evo–devo studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marc Delaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Hetherington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Delwiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dunand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (21), pp.R1110-R1118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.09.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taking the step: from Evo-Devo to plant-microbe interaction evolution with the liverwort Marchantia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marc Delaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 218 (3), pp.882-884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of the GRAS transcription factor ATA/RAM1 in the transcriptional reprogramming of arbuscular mycorrhiza in &amp;lt;em&amp;gt;Petunia hybrida&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Reinhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3988-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diet of Arbuscular Mycorrhizal Fungi : Bread and Butter ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Nouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Reinhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (8), pp.652-660. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2017.05.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insight into the evolution of the Solanaceae from the parental genomes of Petunia hybrida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aureliano Bombarely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Moser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avichai Amrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manzhu Bao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bapaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nplants.2016.74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Petunia GRAS Transcription Factor ATA/RAM1 regulates symbiotic gene expression and fungal morphogenesis in arbuscular mycorrhiza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie K Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Schorderet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bapaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Falquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 168 (3), pp.788 -+. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.00310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EPP1 is an ancestral component of the plant Common Symbiosis Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Rich</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manish Tiwari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chauderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05348004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LysM-RLK plays an ancestral symbiotic function in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Grat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -276,2079 +2150,205 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ouradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation of symbiotic signalling across 450 million years of plant evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Vernié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Vernié</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifenn Pellen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721380v1</w:t>
-              </w:r>
-[...1872 lines deleted...]
-                <w:t xml:space="preserve">hal-02633688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2366,103 +2366,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified model to study the role of LysM-RLKs during mycorrhization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Rich</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifenn Pellen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th international Molecular Mycorrhiza Meeting (iMMM23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cambridge, United Kingdom</w:t>
@@ -2523,103 +2523,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of mycorrhizal associations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th international Molecular Mycorrhizae Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cambridge, United Kingdom</w:t>
@@ -2648,103 +2648,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and diversification of plant-fungi symbioses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference On Mycorrhiza</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Mycorrhizae Society (IMS), Jul 2022, Beijin (Online), China</w:t>
@@ -2773,90 +2773,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From macro- to micro-evolution with the liverworts Marchantia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima El Mahboubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duchesse-Lacours Zamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2898,103 +2898,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and diversification of plant symbioses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Biotic Plant Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Online, China</w:t>
@@ -3023,103 +3023,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the arbuscular mycorrhizal symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Guru Radhakrishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duchesse-Lacours Zamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th international Molecular Mycorrhizae Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Torino, Italy</w:t>
@@ -3148,77 +3148,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprogramming root cells for arbuscular mycorrhiza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Reinhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Mycorrhiza (ICOM9)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Mycorrhiza Society., Jul 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3412,51 +3412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348004v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Tiwari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chauderon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Causse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04824394v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Grat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ouradou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Rich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05154688v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2426063122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ferrer&#8208;orgaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariel C Isidra&#8208;arellano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eithan A Pozas&#8208;rodriguez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19423" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04721022v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.105" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721453v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoichi Kodama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Yoda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shota Shimazaki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Xie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31708-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366956v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.20.457034" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233313v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abg0929" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891576v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marc Delaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.04.077" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355085v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hetherington" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Coudert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Delwiche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.09.044" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03613570v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15095" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622590v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Reinhardt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3988-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626473v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Nouri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.05.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640501v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moser" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avichai Amrad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bapaume" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.74" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633688v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schorderet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Morel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00310" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705499v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845088v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaulieu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima El Mahboubi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse-Lacours Zamar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844988v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844877v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734422v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05154688v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Grat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ouradou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2426063122" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ferrer&#8208;orgaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Tiwari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariel C Isidra&#8208;arellano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eithan A Pozas&#8208;rodriguez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19423" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04721022v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.105" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721453v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoichi Kodama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Yoda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shota Shimazaki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Xie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31708-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366956v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.20.457034" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233313v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abg0929" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891576v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marc Delaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.04.077" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355085v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hetherington" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Coudert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Delwiche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.09.044" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03613570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15095" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622590v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Reinhardt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3988-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626473v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Nouri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.05.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640501v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moser" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avichai Amrad" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bapaume" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.74" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633688v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schorderet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Morel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00310" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348004v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chauderon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Causse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04824394v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Rich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705499v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845088v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaulieu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima El Mahboubi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse-Lacours Zamar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844988v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844877v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734422v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>