--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -169,982 +169,1223 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">King Lear and Cultural Mediation: An Accessible Play?</w:t>
+                <w:t xml:space="preserve">Shakespeare abrégé : Hamlet en trente minutes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Représentations dans le monde anglophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27, </w:t>
+              <w:t xml:space="preserve">Revue de la Société Française Shakespeare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35562/rma.144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15nn7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754596v1</w:t>
+                <w:t xml:space="preserve">hal-05557905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shakespeare During Covid-19: Expanding Our Theatrical Horizons</w:t>
+                <w:t xml:space="preserve">King Lear and Cultural Mediation: An Accessible Play?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sillages Critiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35, </w:t>
+              <w:t xml:space="preserve"> Représentations dans le monde anglophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sillagescritiques.15219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/rma.144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754595v1</w:t>
+                <w:t xml:space="preserve">hal-04754596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Contemporary Clown: Richard III on the Twenty-First-Century Theatrical Stage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meline Dumot</w:t>
+                <w:t xml:space="preserve">Shakespeare During Covid-19: Expanding Our Theatrical Horizons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pacific Coast Philology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sillages Critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sillagescritiques.15219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755633v1</w:t>
+                <w:t xml:space="preserve">hal-04754595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Contemporary Clown: Richard III on the Twenty-First-Century Theatrical Stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meline Dumot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pacific Coast Philology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Volume 56 (Issue 1), pp. 27-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giving Voice in Mike Lew’s Teenage Dick: Disability in a Modern Rewriting of Richard III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La clé des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shakespeare abrégé : Hamlet en trente minutes</w:t>
+                <w:t xml:space="preserve">« Shaming the Spectator? Playing Malvolio/a on the 21st-century Stage »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la SFS, Shakespeare à la loupe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française Shakespeare, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">« Immersion dans La Nuit des rois de William Shakespeare »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble Alpes, Dec 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756850v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Private spectatorship, public space?</w:t>
+                <w:t xml:space="preserve">Shakespeare abrégé : Hamlet en trente minutes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAA 52nd Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SAA, Apr 2024, Portland (OR), United States</w:t>
+              <w:t xml:space="preserve">Congrès annuel de la SFS, Shakespeare à la loupe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française Shakespeare, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756855v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matérialiser la mort : Hamlet sur la scène contemporaine</w:t>
+                <w:t xml:space="preserve">Private spectatorship, public space?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études ‘Where be your gibes now ?’ Le motif de l’ubi sunt dans Hamlet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Limoges, Dec 2023, Limoges, France</w:t>
+              <w:t xml:space="preserve">SAA 52nd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAA, Apr 2024, Portland (OR), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756841v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment transmettre Roméo et Juliette au public contemporain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la SAES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SAES, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théâtre shakespearien, un théâtre de l’inertie ?</w:t>
+                <w:t xml:space="preserve">Matérialiser la mort : Hamlet sur la scène contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’inertie dans tous ses états</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, Nov 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journée d'études ‘Where be your gibes now ?’ Le motif de l’ubi sunt dans Hamlet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Limoges, Dec 2023, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756826v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding Digital Horizons: Shakespeare during Covid-19</w:t>
+                <w:t xml:space="preserve">Le théâtre shakespearien, un théâtre de l’inertie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shakespeare, the contemporary and the post-modern stage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Université, Feb 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">L’inertie dans tous ses états</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Nov 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756725v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-thinking and Re-shaping the Audience’s Role: Spectatorship during the Covid-19 Pandemic</w:t>
+                <w:t xml:space="preserve">Expanding Digital Horizons: Shakespeare during Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAA 50th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SAA, Apr 2022, Jacksonville, FL, United States</w:t>
+              <w:t xml:space="preserve">Shakespeare, the contemporary and the post-modern stage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université, Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756756v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shakespeare from Within : Camera and Montage inThomas Ostermeier’s Hamlet and Richard III</w:t>
+                <w:t xml:space="preserve">Re-thinking and Re-shaping the Audience’s Role: Spectatorship during the Covid-19 Pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAA 48th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SAA, Apr 2020, Digital (à distance), United States</w:t>
+              <w:t xml:space="preserve">SAA 50th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAA, Apr 2022, Jacksonville, FL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756512v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shakespeare from Within : Camera and Montage inThomas Ostermeier’s Hamlet and Richard III</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meline Dumot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAA 48th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAA, Apr 2020, Digital (à distance), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A contemporary clown : Richard III on the21st century stage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meline Dumot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAMLA 117th Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PAMLA, Nov 2019, San Diego (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regard contemporain sur Shakespeare &amp;lt;i&amp;gt;Hamlet&amp;lt;/i&amp;gt; et &amp;lt;i&amp;gt;Richard III&amp;lt;/i&amp;gt; dans les mises en scène d’Ostermeier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Dumot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Littératures. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">dumas-01890494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1291,51 +1532,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meline Dumot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754596v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Dumot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.144" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754595v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sillagescritiques.15219" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754594v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756850v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756855v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756841v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756812v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756826v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756725v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756756v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756498v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meline Dumot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557905v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Dumot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15nn7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754596v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.144" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754595v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sillagescritiques.15219" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755633v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754594v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557916v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756850v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756855v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756841v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756826v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756725v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756756v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756512v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756498v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01890494v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>