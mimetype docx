--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -1306,563 +1306,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lost islands in the northern Lesser Antilles: possible milestones in the Cenozoic dispersal of terrestrial organisms between South-America and the Greater Antilles</w:t>
+                <w:t xml:space="preserve">Caribbean plate boundaries control on the tectonic duality in the back-arc of the Lesser Antilles subduction zone during the Eocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Cornee</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Quillévéré</w:t>
+                <w:t xml:space="preserve">Nestor G. Cerpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Arcay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Garrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103617⟩</w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (11), pp.e2021TC006885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021TC006885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191176v1</w:t>
+                <w:t xml:space="preserve">hal-03360128v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An unpredicted ancient colonization of the West Indies by North American rodents: dental evidence of a geomorph from the early Oligocene of Puerto Rico</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Fabre</w:t>
+                <w:t xml:space="preserve">Evolution of a Shallow Volcanic Arc Pluton During Arc Migration: A Tectono-Thermal Integrated Study of the St. Martin Granodiorites (Northern Lesser Antilles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Pujos</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Cornee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Bernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/spp2.1388⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GC009627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03289701v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03594271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of a Shallow Volcanic Arc Pluton During Arc Migration: A Tectono-Thermal Integrated Study of the St. Martin Granodiorites (Northern Lesser Antilles)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Noury</w:t>
+                <w:t xml:space="preserve">Lost islands in the northern Lesser Antilles: possible milestones in the Cenozoic dispersal of terrestrial organisms between South-America and the Greater Antilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Cornee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Münch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bruguier</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Quillévéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22, </w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 217, pp.103617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020GC009627⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03594271v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caribbean plate boundaries control on the tectonic duality in the back-arc of the Lesser Antilles subduction zone during the Eocene</w:t>
+                <w:t xml:space="preserve">An unpredicted ancient colonization of the West Indies by North American rodents: dental evidence of a geomorph from the early Oligocene of Puerto Rico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nestor G. Cerpa</w:t>
+                <w:t xml:space="preserve">Laurent Marivaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riad Hassani</w:t>
+                <w:t xml:space="preserve">Jorge Vélez-Juarbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Arcay</w:t>
+                <w:t xml:space="preserve">Lázaro W Viñola López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Lallemand</w:t>
+                <w:t xml:space="preserve">Pierre-Henri Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Garrocq</w:t>
+                <w:t xml:space="preserve">François Pujos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 40 (11), pp.e2021TC006885. </w:t>
+              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (4), pp.2021-2039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021TC006885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/spp2.1388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03360128v2</w:t>
+                <w:t xml:space="preserve">hal-03289701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elongated giant seabed polygons and underlying polygonal faults as indicators of the creep deformation of Pliocene to recent sediments in the Grenada Basin, Caribbean Sea</w:t>
               </w:r>
@@ -1976,177 +1976,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eocene intra-plate shortening responsible for the rise of a faunal pathway in the northeastern Caribbean realm</w:t>
+                <w:t xml:space="preserve">Caribbean intra-plate deformation: Paleomagnetic evidence from St. Barthélemy Island for post-Oligocene rotation in the Lesser Antilles forearc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douwe J.J. van Hinsbergen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydian M Boschman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidewij A.W. Gossink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Cornée</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0241000⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 777, pp.228323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2020.228323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988335v1</w:t>
+                <w:t xml:space="preserve">hal-03005787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleogene carbonate systems of Saint Barthélemy, Lesser Antilles: stratigraphy and general organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Cornée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2155,332 +2155,332 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Len Léticée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Newsletters on Stratigraphy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 53 (4), pp.461-478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1127/nos/2020/0587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03005791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caribbean intra-plate deformation: Paleomagnetic evidence from St. Barthélemy Island for post-Oligocene rotation in the Lesser Antilles forearc</w:t>
+                <w:t xml:space="preserve">Eocene intra-plate shortening responsible for the rise of a faunal pathway in the northeastern Caribbean realm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lydian M Boschman</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Cornée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Münch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lidewij A.W. Gossink</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Cornée</w:t>
+                <w:t xml:space="preserve">Douwe J J van Hinsbergen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 777, pp.228323. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (10), pp.e0241000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2020.228323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0241000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005787v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Oligocene chinchilloid caviomorphs from Puerto Rico and the initial rodent colonization of the West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marivaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Vélez-Juarbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Merzeraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pujos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lázaro W Viñola López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 287, pp.20192806. </w:t>
@@ -3066,286 +3066,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude multi-échelle de la géodynamique et des minéralisations à éléments critiques dans la Ceinture Pyriteuse Ibérique, Portugal</w:t>
+                <w:t xml:space="preserve">Structure and evolution of the Gonave microplate at the northern boundary of the Caribbean plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Vignaud</w:t>
+                <w:t xml:space="preserve">Thomas Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Prungnaud</w:t>
+                <w:t xml:space="preserve">Sylvie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Janots</w:t>
+                <w:t xml:space="preserve">Alain Rabaute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joao M. Matos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Léger</w:t>
+                <w:t xml:space="preserve">Nicolas Saspiturry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, 2025, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-10225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05286503v1</w:t>
+                <w:t xml:space="preserve">hal-05265860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and evolution of the Gonave microplate at the northern boundary of the Caribbean plate</w:t>
+                <w:t xml:space="preserve">Étude multi-échelle de la géodynamique et des minéralisations à éléments critiques dans la Ceinture Pyriteuse Ibérique, Portugal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Joyeux</w:t>
+                <w:t xml:space="preserve">Louise Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Leroy</w:t>
+                <w:t xml:space="preserve">Emilien Prungnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Rabaute</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélody Philippon</w:t>
+                <w:t xml:space="preserve">Emilie Janots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Saspiturry</w:t>
+                <w:t xml:space="preserve">Joao M. Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Géologique de la France, Oct 2025, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265860v1</w:t>
+                <w:t xml:space="preserve">hal-05286503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring long-term bottom water temperature changes using fiber-optic sensing in submarine telecommunication cables</w:t>
               </w:r>
@@ -3517,51 +3517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Marcaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Albert Audemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Cornee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t>
@@ -3593,411 +3593,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05269856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the northern part of the lesser Antilles arc-geochemical constraints from St. Barthelemy Island lavas</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Zami</w:t>
+                <w:t xml:space="preserve">Les failles polygonales des bassins de Grenade et du Venezuela marqueurs du déplacement de la plaque Caraïbe depuis l'Eocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crelia Padron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Munch</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes (FRA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269868v1</w:t>
+                <w:t xml:space="preserve">hal-05269881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring a commercially operating submarine telecom cable network in the Guadeloupe archipelago (Lesser Antilles) using Brillouin Optical Time Domain Reflectometry (BOTDR)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Nativelle</w:t>
+                <w:t xml:space="preserve">Evolution of the northern part of the lesser Antilles arc-geochemical constraints from St. Barthelemy Island lavas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Zami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélody Philippon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Munch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Goldschmidt conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05269866v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05269868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les failles polygonales des bassins de Grenade et du Venezuela marqueurs du déplacement de la plaque Caraïbe depuis l'Eocène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring a commercially operating submarine telecom cable network in the Guadeloupe archipelago (Lesser Antilles) using Brillouin Optical Time Domain Reflectometry (BOTDR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Andre Gutscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Quetel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Cappelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Gay</w:t>
+                <w:t xml:space="preserve">Jean-Gabriel Quillin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crelia Padron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Serge Lallemand</w:t>
+                <w:t xml:space="preserve">Christophe Nativelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne (Austria), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269881v1</w:t>
+                <w:t xml:space="preserve">hal-05269866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forearc crustal faulting and associated tsunami hazard in the upper plate of subduction zones. Case study of the Morne Piton fault system (Lesser Antilles, Guadeloupe Archipelago).</w:t>
               </w:r>
@@ -4108,103 +4108,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le plus grand réseau de failles polygonales affleurantes identifié dans la zone Caraïbes : le rôle de la dynamique sédimentaire couplé au contexte géodynamique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crelia Padron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Rennes (Fance), France</w:t>
@@ -4259,51 +4259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Doligez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frederic Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Cornee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4679,64 +4679,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Quetel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Cappelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Quillin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Nativelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Ocean Science Congress 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Nice, France. 2025, </w:t>
@@ -4813,51 +4813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Munch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frederic Lebrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5042,51 +5042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Munch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frederic Lebrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5264,51 +5264,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant seabed polygons and underlying polygonal faults in the Caribbean Sea as markers of the sedimentary cover extension in the Grenada Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crelia Padron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5538,51 +5538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123469v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bosc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Montheil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc012057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Audemard M." TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Alvarado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Arnaiz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Romero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Reinoza-G&#243;mez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18273/revbol.v47n1-2025005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455011v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leny Montheil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe van Hinsbergen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Philippon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydian Boschman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Corn&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-02828-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Psarras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danae Thivaiou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Corn&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moissette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70030" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343779v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.&#8208;a. Gutscher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cappelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quetel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Philippon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;f. Lebrun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL119348" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04717198v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Foix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-24-3129-2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04414901v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Philippon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-2023-222" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857700v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Zami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GC010482" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838192v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boudagher-Fadel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe J.J. van Hinsbergen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36465.1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103617" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03289701v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marivaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge V&#233;lez-Juarbe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro W Vi&#241;ola L&#243;pez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Fabre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pujos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1388" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594271v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GC009627" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360128v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor G. Cerpa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Arcay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lallemand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garrocq" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021TC006885" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Padron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Beaufort" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021gc009809" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988335v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe J J van Hinsbergen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0241000" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005791v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Len L&#233;tic&#233;e" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Legendre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/nos/2020/0587" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005787v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydian M Boschman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidewij A.W. Gossink" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2020.228323" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02477415v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Merzeraud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pujos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2806" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01271296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gueydan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Sokoutis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kydonakis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0203" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03641597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolivet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Huet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Labrousse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.06.011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00841214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Pitra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12035" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FKFBLQV3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00715950v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lacombe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286503v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Vignaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Prungnaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Janots" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao M. Matos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;ger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265860v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joyeux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rabaute" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saspiturry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-10225" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Gutscher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cappelli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Quetel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Lebrun" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6368" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269856v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Domoison" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marcaillou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Albert Audemard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13411" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269868v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269866v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Quillin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nativelle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8569" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269881v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Meyer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269893v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269875v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587746v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doligez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589435v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Caillaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monie" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grauby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00860518v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecomte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Labrousse" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265858v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-526" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02502729v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03933928v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dessert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03901873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265913v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gueydan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363874v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gay" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Meyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123469v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bosc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Montheil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc012057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Audemard M." TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Alvarado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Arnaiz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Romero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Reinoza-G&#243;mez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18273/revbol.v47n1-2025005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455011v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leny Montheil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe van Hinsbergen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Philippon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydian Boschman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Corn&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-02828-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Psarras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danae Thivaiou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Corn&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moissette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70030" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343779v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.&#8208;a. Gutscher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cappelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quetel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Philippon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;f. Lebrun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL119348" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04717198v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Foix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-24-3129-2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04414901v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Philippon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-2023-222" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857700v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Zami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GC010482" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838192v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boudagher-Fadel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe J.J. van Hinsbergen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36465.1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360128v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor G. Cerpa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Arcay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lallemand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garrocq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021TC006885" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594271v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GC009627" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191176v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103617" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03289701v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marivaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge V&#233;lez-Juarbe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro W Vi&#241;ola L&#243;pez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Fabre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pujos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1388" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Padron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Beaufort" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021gc009809" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005787v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydian M Boschman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidewij A.W. Gossink" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2020.228323" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005791v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Len L&#233;tic&#233;e" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Legendre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/nos/2020/0587" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988335v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe J J van Hinsbergen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0241000" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02477415v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Merzeraud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pujos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2806" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01271296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gueydan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Sokoutis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kydonakis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0203" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03641597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolivet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Huet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Labrousse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.06.011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00841214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Pitra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12035" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FKFBLQV3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00715950v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lacombe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265860v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joyeux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leroy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rabaute" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saspiturry" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-10225" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286503v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Vignaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Prungnaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Janots" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao M. Matos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;ger" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Gutscher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cappelli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Quetel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Lebrun" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6368" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269856v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Domoison" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marcaillou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Albert Audemard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13411" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269881v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Meyer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269868v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269866v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Quillin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nativelle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8569" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269893v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269875v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587746v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doligez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589435v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Caillaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monie" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grauby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00860518v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecomte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Labrousse" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265858v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-526" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02502729v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03933928v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dessert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03901873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05265913v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gueydan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363874v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gay" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Meyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>