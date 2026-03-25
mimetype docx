--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -581,203 +581,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Inextinguible Rabelais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Huchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, Les Mondes de Rabelais (6), 2021, 978-2-406-10338-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les noces de philologie et de Guillaume Budé. Un humaniste et son oeuvre à la Renaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi-Alberto Sanchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bénévent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions de l'École des chartes, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374565v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">hal-03853001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Castellion, Conseil à la France désolée [1562], éd. critique par Florence Alazard, Stéphan Geonget, Laurent Gerbier, Paul-Alexis Mellet et Romain Menini, Genève, Droz, 2017</w:t>
               </w:r>
@@ -1252,312 +1252,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04515762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Qui est l’auteur du pamphlet rabelaisien contre Dolet (1542) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Recherches Médiévales et Humanistes = Journal of Medieval and Humanistic Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (45), pp.431-455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15141-8.p.0431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hasards et fortunal : pour une fortunologie rabelaisienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlantide</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...76 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du nouveau sur la bibliothèque de Guillaume Budé (à propos de deux aldines annotées)</w:t>
+                <w:t xml:space="preserve">Introduction au dossier « Hellénistes français »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 21, pp.47-64</w:t>
+              <w:t xml:space="preserve">, 2022, 21, pp.7-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03912991v1</w:t>
+                <w:t xml:space="preserve">hal-03912996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction au dossier « Hellénistes français »</w:t>
+                <w:t xml:space="preserve">Du nouveau sur la bibliothèque de Guillaume Budé (à propos de deux aldines annotées)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 21, pp.7-17</w:t>
+              <w:t xml:space="preserve">, 2022, 21, pp.47-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03912996v1</w:t>
+                <w:t xml:space="preserve">hal-03912991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophraste dans la bibliothèque de Rabelais</w:t>
               </w:r>
@@ -1772,51 +1772,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l’école de Rhizotome (introduction au dossier « Rabelais et la botanique »)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Marrache-Gouraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2081,1103 +2081,1103 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03852650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tribonien le barbare : Des Autels après Rabelais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réforme, Humanisme, Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°91 (2), pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhren.091.0071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rabelais et Montaigne, lecteurs jumeaux ? (dans les marges du “Giraldus”)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Internationale des Amis de Montaigne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Saveur du savoir. Mélanges Alain Legros, 72, pp.109-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03852967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’édition ducatienne (1711-1741) : notes et documents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.125-160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Encore le prologue de Gargantua (de Jarry à Galien, et vice versa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes rabelaisiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58, pp.113-137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Faire les petitz popismes (Gargantua, XXIII) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Cappellen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.465-475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabelais et Aulu Gelle, de l’atelier de Gryphe aux fèves en gousse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes rabelaisiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 57, pp.19-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds très ancien de l’École nationale vétérinaire d’Alfort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Haon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réforme, Humanisme, Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, N°91 (2), pp.71. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rhren.091.0071⟩</w:t>
+              <w:t xml:space="preserve">, 2019, N°88 (1), pp.45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhren.088.0045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Romain Menini</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Prelude”. Rabelais entre Saône et Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Cadet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 4, pp.125-160</w:t>
+              <w:t xml:space="preserve">, 2019, 3, pp.9-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Cappellen</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabelais nouvellement translaté : notes sur un chantier en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'association Guillaume Budé </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.150-163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« F. R. carmen » : Rabelais et Claude Colet chez Chrétien Wechel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 3, pp.465-475</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 3, pp.413-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09030-4.p.0413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Rabelais et Aulu Gelle, de l’atelier de Gryphe aux fèves en gousse</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02117146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mat du pyon : l’échiquier rabelaisien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes rabelaisiennes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ligeia, dossiers sur l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N° 169-172 (1), pp.116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lige.169.0116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...214 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Le Cadet</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle édition rabelaisienne : l’Alphabetum græcum publié par Gryphe en 1533</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 3, pp.9-19</w:t>
+              <w:t xml:space="preserve">, 2018, 2, pp.87-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...258 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Bibliographie pour l’agrégation externe de lettres 2018. Rabelais, Gargantua »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02015145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bibliothèque du traducteur. Amyot et ses exemplaires de travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts et Savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/aes.1483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/aes.1483⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03837509v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03837496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un dictionnaire équestre des Essais</w:t>
               </w:r>
@@ -4038,51 +4038,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Pantagruel, du grand au petit Prince »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cappellen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Helwi Blom, Michèle Clément et Francesco Montorsi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du Calendrier des bergers au Pantagruel. L’atelier Nourry à Lyon au début du XVIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, pp.383-428, 2023</w:t>
@@ -4324,57 +4324,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03912987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le génie de la lampe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Romain Menini; Nicolas Le Cadet; Mireille Huchon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inextinguible Rabelais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.203-219, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi-Alberto Sanchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Flamand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Filippomaria Pontani; Stefan Weise. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hellenizing Muse. A European Anthology of Poetry in Ancient Greek from the Renaissance to the Present</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Gruyter, pp.361-404, 2021, 978-3110641233</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Introduction » et « Conclusion »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bénévent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi-Alberto Sanchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4389,302 +4561,130 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les noces de philologie et de Guillaume Budé : un humaniste et son oeuvre à la Renaissance / études réunies par Christine Bénévent, Romain Menini et Luigi-Alberto Sanchi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de l'École des chartes, 2021, Études et rencontres de l'École des Chartes - 62, 978-2-35723-160-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03975024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exegi monu...mendum ! Budé correcteur de son De Transitu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christine Bénévent; Romain Menini; Luigi-Alberto Sanchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Noces de Philologie et de Guillaume Budé, actes du colloque international de Paris (IHD – Cour de Cassation – École des chartes, 3-5 mai 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole nationale des chartes, pp.93-102, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873493v1</w:t>
-              </w:r>
-[...170 lines deleted...]
-                <w:t xml:space="preserve">hal-03864640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greco-Roman Tradition and Reception</w:t>
               </w:r>
@@ -5343,50 +5343,136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Un bon ouvrier mect indifferentement toutes pieces en œuvre » : Rabelais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Huchon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Desan; Anne Régent-Susini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éditer les Œuvres complètes (XVIe – XVIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.101-128, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'éditeur et son double : Rabelais auctor en 1532</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude La Charité</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5399,143 +5485,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giovanni Berjola; Gaëlle Burg; Dominique Brancher. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Éditeur à l’œuvre : reconsidérer l'auctorialité Actes du colloque 11-13 octobre 2018 Bâle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03852720v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-03852620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabelais lecteur de Celio Calcagnini (Opera, 1544)</w:t>
               </w:r>
@@ -6686,165 +6686,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'art du provignement dans le troisième livre des Essais de Montaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Menini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'agrégation Paris VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. https://www.fabula.org/colloques/document4264.php</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lucien batave, Lucien français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Menini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Erasme et la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Lyon et Valenciennes, France. p. 81-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01548778v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01483581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId132"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6999,51 +6999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510191v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi-Alberto Sanchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Menini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03960965v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Pouey-Mounou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude La Charit&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#233;ach-Ng&#244;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/narrations-fabuleuses-melanges-en-l-honneur-de-mireille-huchon.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12714-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837531v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837498v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374565v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine B&#233;n&#233;vent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853001v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Huchon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cadet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677186v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Geonget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Alazard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alexis Mellet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364110v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515765v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515751v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14855-5.p.0201" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515762v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14855-5.p.0267" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099676v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515754v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15141-8.p.0431" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912991v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912996v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912982v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837488v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.4473" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912981v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834995v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Marrache-Gouraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12943-1.p.0035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864649v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852650v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852967v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837520v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.091.0071" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852670v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831495v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cappellen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837517v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837518v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Haon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.088.0045" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837516v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518820v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02117146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berthon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09030-4.p.0413" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837511v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lige.169.0116" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015145v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837509v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.1483" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837496v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677180v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455076v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048336v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poplin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06298-1.p.0347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548769v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837486v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.974" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427595v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386302v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;deflous" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913015v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla.074.0031" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913014v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.113.0515" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913006v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.093.0515" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515744v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912974v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912979v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03975024v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873493v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913001v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Flamand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864640v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913002v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374575v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Benevent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912968v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864645v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912937v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873497v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912957v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864643v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837523v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852720v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852620v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518832v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837528v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852934v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837508v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427596v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364153v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/GIIK4451" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386316v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364125v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386310v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913018v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913017v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/VISU9168" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375617v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375614v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Renner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068312v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548778v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483581v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510191v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi-Alberto Sanchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Menini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03960965v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Pouey-Mounou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude La Charit&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#233;ach-Ng&#244;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/narrations-fabuleuses-melanges-en-l-honneur-de-mireille-huchon.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12714-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837531v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837498v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853001v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Huchon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cadet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374565v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine B&#233;n&#233;vent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677186v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Geonget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Alazard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alexis Mellet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364110v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515765v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515751v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14855-5.p.0201" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515762v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14855-5.p.0267" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515754v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15141-8.p.0431" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099676v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912996v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912991v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912982v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837488v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.4473" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912981v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834995v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Marrache-Gouraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12943-1.p.0035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864649v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852650v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.091.0071" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852967v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852670v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831495v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cappellen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837518v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Haon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.088.0045" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837516v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518820v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02117146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berthon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09030-4.p.0413" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837511v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lige.169.0116" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837496v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015145v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837509v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.1483" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677180v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455076v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048336v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poplin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06298-1.p.0347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548769v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837486v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.974" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427595v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386302v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;deflous" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913015v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla.074.0031" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913014v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.113.0515" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913006v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.093.0515" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515744v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912974v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912979v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864640v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913001v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Flamand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03975024v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873493v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913002v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374575v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Benevent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912968v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864645v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912937v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873497v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912957v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864643v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837523v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852620v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852720v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518832v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837528v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852934v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837508v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427596v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364153v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/GIIK4451" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386316v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364125v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386310v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913018v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913017v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/VISU9168" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375617v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375614v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Renner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068312v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483581v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548778v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>