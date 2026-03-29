--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -250,325 +250,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated in silico, in vitro, and machine learning pipeline for rapid discovery of antioxidant peptides and co-product lipids from goat liver</w:t>
+                <w:t xml:space="preserve">Green extraction of undenatured type II collagen from goat cartilage by deep eutectic solvents: An integrated in silico and experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dongjing Wu</w:t>
+                <w:t xml:space="preserve">Wei Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sirong Huang</w:t>
+                <w:t xml:space="preserve">Yuhao Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Na Zhang</w:t>
+                <w:t xml:space="preserve">Jingjie Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuhao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 230, pp.118512. </w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 107, pp.104350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2026.118512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.104350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494387v1</w:t>
+                <w:t xml:space="preserve">hal-05364836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green extraction of undenatured type II collagen from goat cartilage by deep eutectic solvents: An integrated in silico and experimental study</w:t>
+                <w:t xml:space="preserve">An integrated in silico, in vitro, and machine learning pipeline for rapid discovery of antioxidant peptides and co-product lipids from goat liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Wu</w:t>
+                <w:t xml:space="preserve">Dongjing Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuhao Zhou</w:t>
+                <w:t xml:space="preserve">Sirong Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingjie Tan</w:t>
+                <w:t xml:space="preserve">Na Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cong Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+                <w:t xml:space="preserve">Yuhao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 107, pp.104350. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 230, pp.118512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.104350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2026.118512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364836v1</w:t>
+                <w:t xml:space="preserve">hal-05494387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The proteome of goat meat exudate: Temporal proteomics as a new way to uncover the underlying mechanisms of meat tenderization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzia Albenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -622,887 +622,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The need to consider the &amp;quot;functional quality&amp;quot; dimension in the holistic evaluation of animal-sourced foods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Effects of intramuscular fat on the flavor of fresh sheep and goat meat: Recent insights into pre-mortem and post-mortem factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianyu Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjie Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrine H. Bak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/agrfood.2025051⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25, pp.102159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fochx.2025.102159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05431424v1</w:t>
+                <w:t xml:space="preserve">hal-04865671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a ‘One quality’ approach of pork: A perspective on the challenges and opportunities in the context of the farm-to-fork continuum – Invited review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Electrical stimulation to improve meat quality: Factors at interplay, underlying biochemical mechanisms and a second look into the molecular pathways using proteomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hopkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welder Baldassini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yimin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 226, pp.109834. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 219, pp.109663. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2024.109663⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2025.109834⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05057234v1</w:t>
+                <w:t xml:space="preserve">hal-04702523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How different strategies affect intramuscular fat deposition and marbling in meat: a meta-analysis on beef cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guilherme Luis Pereira</w:t>
+                <w:t xml:space="preserve">The Denver call for action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilhelm Windisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Warner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison van Eenennaam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Stanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Production Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/AN25052⟩</w:t>
+              <w:t xml:space="preserve">Animal Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.8-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/af/vfae044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364659v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of mixing disbudded and horned young bulls during rearing on the post-mortem Longissimus thoracis muscle proteome</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a ‘One quality’ approach of pork: A perspective on the challenges and opportunities in the context of the farm-to-fork continuum – Invited review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 229, pp.109922. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2025.109922⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 226, pp.109834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2025.109834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05192006v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05057234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Denver call for action</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The need to consider the &amp;quot;functional quality&amp;quot; dimension in the holistic evaluation of animal-sourced foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/af/vfae044⟩</w:t>
+              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (4), pp.984-988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/agrfood.2025051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05081949v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of intramuscular fat on the flavor of fresh sheep and goat meat: Recent insights into pre-mortem and post-mortem factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How different strategies affect intramuscular fat deposition and marbling in meat: a meta-analysis on beef cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo de Nazaré Santos Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Artur Loyola Chardulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welder Angelo Baldassini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianyu Su</w:t>
+                <w:t xml:space="preserve">Rogério Abdallah Curi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Fu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kathrine H. Bak</w:t>
+                <w:t xml:space="preserve">Guilherme Luis Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fochx.2025.102159⟩</w:t>
+              <w:t xml:space="preserve">Animal Production Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (17), pp.AN25052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/AN25052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865671v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical stimulation to improve meat quality: Factors at interplay, underlying biochemical mechanisms and a second look into the molecular pathways using proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+                <w:t xml:space="preserve">Effects of mixing disbudded and horned young bulls during rearing on the post-mortem Longissimus thoracis muscle proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuria Prieto</w:t>
+                <w:t xml:space="preserve">Rabiaa Ben Mbarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hopkins</w:t>
+                <w:t xml:space="preserve">Ruth Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Welder Baldassini</w:t>
+                <w:t xml:space="preserve">Anna-Maria Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yimin Zhang</w:t>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 219, pp.109663. </w:t>
+              <w:t xml:space="preserve">, 2025, 229, pp.109922. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2024.109663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2025.109922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04702523v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SWATH-MS proteomics data on differentially abundant proteins between normal and dark-cutting beef</w:t>
               </w:r>
@@ -1620,408 +1620,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283425v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface to the 11th International Seminar of Veterinary Medicine: Advances in Animal Production, Food and Health: From Tradition to Innovation</w:t>
+                <w:t xml:space="preserve">Impact of UV pre-treatment on the Longissimus thoracis et lumborum muscle proteomes of dry-aged beef cuts: A characterisation within two sampling locations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+                <w:t xml:space="preserve">Sara Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hithem Bougherara</w:t>
+                <w:t xml:space="preserve">Carlos Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Boukhechem</w:t>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Moula</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eileen O'Neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology and Life Sciences Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/blsf2025049014⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 221, pp.109729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2024.109729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05431427v1</w:t>
+                <w:t xml:space="preserve">hal-04832467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postmortem proteolysis and its indicators vary within bovine muscles: Novel insights in muscles that differ in their contractile, metabolic, and connective tissue properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandler Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chandler Stafford</w:t>
+                <w:t xml:space="preserve">Mohammed Alruzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulaiman Matarneh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 221, pp.109718. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.meatsci.2024.109718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of UV pre-treatment on the Longissimus thoracis et lumborum muscle proteomes of dry-aged beef cuts: A characterisation within two sampling locations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preface to the 11th International Seminar of Veterinary Medicine: Advances in Animal Production, Food and Health: From Tradition to Innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Álvarez</w:t>
+                <w:t xml:space="preserve">Hithem Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Álvarez</w:t>
+                <w:t xml:space="preserve">Said Boukhechem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+                <w:t xml:space="preserve">Nassim Moula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eileen O'Neill</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fatah Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 221, pp.109729. </w:t>
+              <w:t xml:space="preserve">Biology and Life Sciences Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49 (1), pp.14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2024.109729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/blsf2025049014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04832467v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does feeding strategy affect the aromatic volatile compounds profile and sensory properties of organic fresh pork?</w:t>
               </w:r>
@@ -2033,51 +2033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Van Baelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2180,51 +2180,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binbin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ching Jian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Estévez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2273,503 +2273,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04998536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential applications of biosurfactants in animal production and meat research</w:t>
+                <w:t xml:space="preserve">Assessment of beef sensory attributes and physicochemical characteristics: A comparative study of intermediate versus normal ultimate pH striploin cuts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerine Yasmine Boulahlib</w:t>
+                <w:t xml:space="preserve">Iliani Patinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moufida Aggoun</w:t>
+                <w:t xml:space="preserve">Cecylyana Leite Cavalcante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabah Arhab</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Erick Saldaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Behrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/agrfood.2024014⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 175, pp.113778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.113778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437975v1</w:t>
+                <w:t xml:space="preserve">hal-04309414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-independent acquisition-based SWATH-MS proteomics profiling to decipher the impact of farming system and chicken strain and discovery of biomarkers of authenticity in organic versus antibiotic-free chicken meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Research in Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, pp.100757. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crfs.2024.100757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04568409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of beef sensory attributes and physicochemical characteristics: A comparative study of intermediate versus normal ultimate pH striploin cuts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iliani Patinho</w:t>
+                <w:t xml:space="preserve">Meat Omics: Trends and applications of Omics strategies in meat research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecylyana Leite Cavalcante</w:t>
+                <w:t xml:space="preserve">Daniel Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erick Saldaña</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ranjith Ramanathan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.113778⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 295, pp.105090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2024.105090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04309414v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04415987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meat Omics: Trends and applications of Omics strategies in meat research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Potential applications of biosurfactants in animal production and meat research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerine Yasmine Boulahlib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moufida Aggoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Arhab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ranjith Ramanathan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 295, pp.105090. </w:t>
+              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (1), pp.237-253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2024.105090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/agrfood.2024014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04415987v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential window acquisition of all theoretical mass spectra (SWATH-MS) as an emerging proteomics approach for the discovery of dark-cutting beef biomarkers</w:t>
               </w:r>
@@ -3023,90 +3023,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-depth exploration of the high and normal pH beef proteome: First insights emphasizing the dynamic protein changes in longissimus thoracis muscle from pasture-finished Nellore bulls over different postmortem times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iliani Patinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Antonelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio C.C. Balieiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3157,77 +3157,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics and bioinformatics analyses based on two-dimensional electrophoresis and LC-MS/MS for the primary characterization of protein changes in chicken breast meat from divergent farming systems: Organic versus antibiotic-free</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry: Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, pp.100194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3261,77 +3261,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Chemometrics and Data-Independent Acquisition Proteomics for the Discovery of Meat Authenticity Biomarkers: A Study on Early Post-Mortem Pectoralis major Muscle Proteomes of Ross 308 and Ranger Classic Chicken Produced by Organic versus Antibiotic-Free Farming Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 72 (36), pp.20153-20170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3365,90 +3365,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meat by-products as a source of bioactive peptides and functional ingredients: Regulatory and safety barriers to valorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arun Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Leila Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pramod Kumar Nanda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3489,1656 +3489,1656 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04502991v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservative effects of composite biopreservatives on goat meat during chilled storage: Insights into meat quality, high-throughput sequencing and molecular docking</w:t>
+                <w:t xml:space="preserve">A proteomic approach to identify biomarkers of foal meat quality: A focus on tenderness, color and intramuscular fat traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jin Wang</w:t>
+                <w:t xml:space="preserve">María López-Pedrouso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baojing Ren</w:t>
+                <w:t xml:space="preserve">José M Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathrine H Bak</w:t>
+                <w:t xml:space="preserve">Aurora Cittadini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olugbenga P Soladoye</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">María V Sarries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 184, pp.115033. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 405, pp.134805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2023.115033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.134805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04143637v1</w:t>
+                <w:t xml:space="preserve">hal-03875179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sampling location and aging on the Longissimus thoracis et lumborum muscle proteome of dry-aged beef</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eileen O'Neill</w:t>
+                <w:t xml:space="preserve">Muscle proteome of crossbred cattle that received vitamin A at birth: impacts on meat quality traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayssa Scapol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welder Baldassini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germán Ramírez-Zamudio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márcio Ladeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2023.109315⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 275, pp.105316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2023.105316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182700v1</w:t>
+                <w:t xml:space="preserve">hal-04179736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytochemicals as natural additives for quality preservation and improvement of muscle foods: a focus on fish and fish products</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Subhasish Biswas</w:t>
+                <w:t xml:space="preserve">Current innovative approaches in reducing polycyclic aromatic hydrocarbons (PAHs) in processed meat and meat products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José M Lorenzo</w:t>
+                <w:t xml:space="preserve">Dipanwita Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annada Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santanu Nath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samiran Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48130/FMR-2023-0005⟩</w:t>
+              <w:t xml:space="preserve">Chemical and Biological Technologies in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40538-023-00483-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04093060v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic and extrinsic factors impacting fresh goat meat quality: an overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Proteomics as an emerging tool in equine meat research: an overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agostino Sevi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzia Albenzio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 64 (1), pp.20-40. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.1.3⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 64 (2), pp.401-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.2.77⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04184535v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer acceptability of plant-, seaweed-, and insect-based foods as alternatives to meat: a critical compilation of a decade of research</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards the discovery of goat meat quality biomarkers using label-free proteomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chayan Mahmud</w:t>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatma Boukid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Melisa Lamri</w:t>
+                <w:t xml:space="preserve">Djamel Djenane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María López-Pedrouso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 63 (23), pp.6630-6651. </w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 278, pp.104868. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10408398.2022.2036096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2023.104868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180315v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the discovery of goat meat quality biomarkers using label-free proteomics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Poultry meat quality preservation by plant extracts: an overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonella Della Malva</w:t>
+                <w:t xml:space="preserve">Ines Feknous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djamel Djenane</w:t>
+                <w:t xml:space="preserve">Djamal Ait Saada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerine Yasmine Boulahlib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María López-Pedrouso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Franco</w:t>
+                <w:t xml:space="preserve">Sendous Wadjila Souidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 278, pp.104868. </w:t>
+              <w:t xml:space="preserve">Meat Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 64 (3), pp.80-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2023.104868⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.3.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020965v1</w:t>
+                <w:t xml:space="preserve">hal-04369504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomics as an emerging tool in equine meat research: an overview</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The color of fresh pork: Consumers expectations, underlying farm-to-fork factors, myoglobin chemistry and contribution of proteomics to decipher the biochemical mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agostino Sevi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marzia Albenzio</w:t>
+                <w:t xml:space="preserve">Surendranath Suman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Purslow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.2.77⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 206, pp.109340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2023.109340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04261526v1</w:t>
+                <w:t xml:space="preserve">hal-04199873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The color of fresh pork: Consumers expectations, underlying farm-to-fork factors, myoglobin chemistry and contribution of proteomics to decipher the biochemical mechanisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Intrinsic and extrinsic factors impacting fresh goat meat quality: an overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alessandroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annada Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dipanwita Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2023.109340⟩</w:t>
+              <w:t xml:space="preserve">Meat Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 64 (1), pp.20-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.1.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04199873v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current innovative approaches in reducing polycyclic aromatic hydrocarbons (PAHs) in processed meat and meat products</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annada Das</w:t>
+                <w:t xml:space="preserve">Consumer acceptability of plant-, seaweed-, and insect-based foods as alternatives to meat: a critical compilation of a decade of research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahida Anusha Siddiqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santanu Nath</w:t>
+                <w:t xml:space="preserve">Nur Alim Bahmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samiran Bandyopadhyay</w:t>
+                <w:t xml:space="preserve">Chayan Mahmud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Boukid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical and Biological Technologies in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40538-023-00483-8⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (23), pp.6630-6651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2022.2036096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04236303v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poultry meat quality preservation by plant extracts: an overview</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phytochemicals as natural additives for quality preservation and improvement of muscle foods: a focus on fish and fish products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djamal Ait Saada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laura Alessandroni</w:t>
+                <w:t xml:space="preserve">Olipriya Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sendous Wadjila Souidi</w:t>
+                <w:t xml:space="preserve">Palani Kandasamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramod Kumar Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhasish Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18485/meattech.2023.64.3.2⟩</w:t>
+              <w:t xml:space="preserve">Food Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48130/FMR-2023-0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04369504v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04093060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle proteome of crossbred cattle that received vitamin A at birth: impacts on meat quality traits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Márcio Ladeira</w:t>
+                <w:t xml:space="preserve">Impact of sampling location and aging on the Longissimus thoracis et lumborum muscle proteome of dry-aged beef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Álvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Álvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Hamill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eileen O'Neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2023.105316⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 205, pp.109315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2023.109315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04179736v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A proteomic approach to identify biomarkers of foal meat quality: A focus on tenderness, color and intramuscular fat traits</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">José M Lorenzo</w:t>
+                <w:t xml:space="preserve">Preservative effects of composite biopreservatives on goat meat during chilled storage: Insights into meat quality, high-throughput sequencing and molecular docking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojing Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurora Cittadini</w:t>
+                <w:t xml:space="preserve">Kathrine H Bak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María V Sarries</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Olugbenga P Soladoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 405, pp.134805. </w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 184, pp.115033. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.134805⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2023.115033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875179v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-depth characterization of myofibrillar muscle proteome changes in lambs fed hazelnut skin by-products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Santillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5215,103 +5215,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic approaches to characterize biochemistry of fresh beef color</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surendranath Suman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yifei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Kiyimba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjith Ramanathan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 281, pp.104893. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5339,317 +5339,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First comparison of early post-mortem proteomes in two goat muscle types: M. Longissimus thoracis and M. semitendinosus</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">“Cellular agriculture”: current gaps between facts and claims regarding “cell-based meat”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieven Thorrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Declan Troy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Bioscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103234⟩</w:t>
+              <w:t xml:space="preserve">Animal Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.68-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/af/vfac092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04232676v1</w:t>
+                <w:t xml:space="preserve">hal-04093048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Cellular agriculture”: current gaps between facts and claims regarding “cell-based meat”</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">First comparison of early post-mortem proteomes in two goat muscle types: M. Longissimus thoracis and M. semitendinosus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzia Albenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (2), pp.68-74. </w:t>
+              <w:t xml:space="preserve">Food Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56, pp.103234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/af/vfac092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093048v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress at slaughter: a key factor in the determination of meat quality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (6), pp.1294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5696,90 +5696,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular mechanisms contributing to the development of beef sensory texture and flavour traits and related biomarkers: Insights from early post-mortem muscle using label-free proteomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 286, pp.104953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5826,51 +5826,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-depth characterization of the sarcoplasmic muscle proteome changes in lambs fed with hazelnut skin by-products: Relationships with meat color</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Santillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5947,103 +5947,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First insights into the dynamic protein changes in goat Semitendinosus muscle during the post-mortem period using high-throughput proteomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisa Lamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Djenane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzia Albenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 202, pp.109207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6090,51 +6090,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-mortem muscle proteome of crossbred bulls and steers: Relationships with carcass and meat quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bismarck Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welder Baldassini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Otávio Machado Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6205,1211 +6205,1211 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging role of biosensors and chemical indicators to monitor the quality and safety of meat and meat products</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seven steps to enhance Open Science practices in animal science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jyotishka Kumar Das</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samiran Bandyopadhyay</w:t>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Ekhlas</w:t>
+                <w:t xml:space="preserve">Birte L Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Tobias Krause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/chemosensors10080322⟩</w:t>
+              <w:t xml:space="preserve">PNAS Nexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (3), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgac106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180301v1</w:t>
+                <w:t xml:space="preserve">hal-03749515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goat meat consumption patterns and preferences in three provinces of Kabylia region in Algeria compared to other meat species: Results of an online survey</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Recent advances in dromedary camels and their products : editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hacene Bererhi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (162), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani12020162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18485/meattech.2022.63.2.3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03885859v1</w:t>
+                <w:t xml:space="preserve">hal-04180316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomics unveils post-mortem changes in beef muscle proteins and provides insight into variations in meat quality traits of crossbred young steers and heifers raised in feedlot</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Electrospinning as a promising process to preserve the quality and safety of meat and meat products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Torrecilhas</w:t>
+                <w:t xml:space="preserve">Vânia Zanella Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gülden Göksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alessandroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms232012259⟩</w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (5), pp.644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings12050644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03875726v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current research and emerging tools to improve fresh red meat quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.M. Burgess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Irish Journal of Agricultural and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15212/ijafr-2020-0141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First insights about the underlying mechanisms of Martina Franca donkey meat tenderization during aging: a proteomic approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of cattle feeding strategy on the beef metabolome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Fernando Morales Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nara Regina Brandão Cônsolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Silva Antonelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Beline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agostino Sevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2022.108925⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo12070640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180306v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of cattle feeding strategy on the beef metabolome</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">First insights about the underlying mechanisms of Martina Franca donkey meat tenderization during aging: a proteomic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Santillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale de Palo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agostino Sevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo12070640⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 193, pp.108925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2022.108925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180309v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in dromedary camels and their products : editorial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Goat meat consumption patterns and preferences in three provinces of Kabylia region in Algeria compared to other meat species: Results of an online survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Djenane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">El-Hacene Bererhi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (162), </w:t>
+              <w:t xml:space="preserve">Meat Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63 (2), pp.96-108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ani12020162⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18485/meattech.2022.63.2.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180316v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrospinning as a promising process to preserve the quality and safety of meat and meat products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Proteomics unveils post-mortem changes in beef muscle proteins and provides insight into variations in meat quality traits of crossbred young steers and heifers raised in feedlot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Severino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vânia Zanella Pinto</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welder Baldassini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gülden Göksen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Melisa Lamri</w:t>
+                <w:t xml:space="preserve">Richard Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Torrecilhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings12050644⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (20), pp.12259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms232012259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180310v1</w:t>
+                <w:t xml:space="preserve">hal-03875726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seven steps to enhance Open Science practices in animal science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+                <w:t xml:space="preserve">Emerging role of biosensors and chemical indicators to monitor the quality and safety of meat and meat products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramod Kumar Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dipanwita Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birte L Nielsen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Gondret</w:t>
+                <w:t xml:space="preserve">Jyotishka Kumar Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samiran Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Tobias Krause</w:t>
+                <w:t xml:space="preserve">Daniel Ekhlas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNAS Nexus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1 (3), pp.1-6. </w:t>
+              <w:t xml:space="preserve">Chemosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (8), pp.322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgac106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/chemosensors10080322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03749515v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial. Recent advances in OMICs technologies and application for ensuring meat quality, safety and authenticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (16), pp.2532. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7443,77 +7443,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seafood alternatives: assessing the nutritional profile of products sold in the global market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Boukid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christin Baune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Castellari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7560,64 +7560,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The International Congress of Meat Science and Technology (ICoMST): A global science-based forum for meat scientists in a time of need</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Declan Troy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Japanese Journal of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 63 (2), pp.111-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7642,64 +7642,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vegan Egg: A Future-Proof Food Ingredient?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Boukid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7733,103 +7733,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meat quality and muscle tissue proteome of crossbred bulls finished under feedlot using wet distiller grains by-product</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welder Baldassini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bismarck Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leone Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Torrecilhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (20), pp.3233. </w:t>
@@ -7861,1575 +7861,1575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03875479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green Coating Polymers in Meat Preservation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Risk factors related to bacterial contamination by Enterobacteriaceae and fecal coliforms and the prevalence of Salmonella spp. in Algerian farms, slaughterhouses and butcheries: a two-year follow-up study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanima Bhattacharya</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Khireddine Ghougal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjoua Lakhdara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisa Lamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sameh Baghezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings11111379⟩</w:t>
+              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (3), pp.768 - 785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/agrfood.2021046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156790v1</w:t>
+                <w:t xml:space="preserve">hal-04156784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foodomics in meat quality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paulo Es Munekata</w:t>
+                <w:t xml:space="preserve">Contribution of proteomics to discovery of putative biomarkers for the study of beef color</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirian Pateiro</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">José Lorenzo</w:t>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.10.003⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (3), pp.227-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.3.4899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156202v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review on characteristics of trained sensory panels in food science</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Proteomic Study for the Discovery of Beef Tenderness Biomarkers and Prediction of Warner–Bratzler Shear Force Measured on Longissimus thoracis Muscles of Young Limousin-Sired Bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torres Sweeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Texture Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jtxs.12616⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (5), pp.952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10050952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156785v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial meat tenderization using plant cysteine proteases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Molecular signatures of beef tenderness: Underlying mechanisms based on integromics of protein biomarkers from multi-platform proteomics studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cristina Botineştean</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Warner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.12.002⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 172, pp.108311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04156214v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the determination of meat quality using biochemical characteristics of the muscle: stress at slaughter and other missing keys</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Extent and Rate of the Appearance of the Major 110 and 30 kDa Proteolytic Fragments during Post-Mortem Aging of Beef Depend on the Glycolysing Rate of the Muscle and Aging Time: An LC–MS/MS Approach to Decipher Their Proteome and Associated Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Declan Troy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods10010084⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (1), pp.602-614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c06485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03109876v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular signatures of beef tenderness: Underlying mechanisms based on integromics of protein biomarkers from multi-platform proteomics studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robyn Warner</w:t>
+                <w:t xml:space="preserve">Nutritional aspects, flavour profile and health benefits of crab meat based novel food products and valorisation of processing waste to wealth: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramod Kumar Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premanshu Dandapat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pubali Dhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samiran Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108311⟩</w:t>
+              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 112, pp.252-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.03.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03124816v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Extent and Rate of the Appearance of the Major 110 and 30 kDa Proteolytic Fragments during Post-Mortem Aging of Beef Depend on the Glycolysing Rate of the Muscle and Aging Time: An LC–MS/MS Approach to Decipher Their Proteome and Associated Pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Insights on meat quality from combining traditional studies and proteomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Purslow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Warner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c06485⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 174, pp.108423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156215v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional aspects, flavour profile and health benefits of crab meat based novel food products and valorisation of processing waste to wealth: A review</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Review on characteristics of trained sensory panels in food science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilija Djekic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Munekata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Tomasevic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.03.059⟩</w:t>
+              <w:t xml:space="preserve">Journal of Texture Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (4), pp.501-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jtxs.12616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156778v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on meat quality from combining traditional studies and proteomics</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Understanding the determination of meat quality using biochemical characteristics of the muscle: stress at slaughter and other missing keys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108423⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (1), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10010084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04156217v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of proteomics to discovery of putative biomarkers for the study of beef color</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Foodomics in meat quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Es Munekata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Pateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María López-Pedrouso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (3), pp.227-244. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38, pp.79-85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.3.4899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510345v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Proteomic Study for the Discovery of Beef Tenderness Biomarkers and Prediction of Warner–Bratzler Shear Force Measured on Longissimus thoracis Muscles of Young Limousin-Sired Bulls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Artificial meat tenderization using plant cysteine proteases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alan Kelly</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjoua Lakhdara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torres Sweeney</w:t>
+                <w:t xml:space="preserve">Cristina Botineştean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (5), pp.952. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38, pp.177-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods10050952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03842695v1</w:t>
+                <w:t xml:space="preserve">hal-04156214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors related to bacterial contamination by Enterobacteriaceae and fecal coliforms and the prevalence of Salmonella spp. in Algerian farms, slaughterhouses and butcheries: a two-year follow-up study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Green Coating Polymers in Meat Preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khireddine Ghougal</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Tanima Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatih Oz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Leila Dib</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sameh Baghezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMS Agriculture and Food</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (3), pp.768 - 785. </w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.1379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/agrfood.2021046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/coatings11111379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156784v1</w:t>
+                <w:t xml:space="preserve">hal-04156790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative modelling approach to enhance the quality of the quantification of pig resilience during the entire fattening period: Towards an individual pig resilience index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.100008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9457,351 +9457,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03495420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights on the Impact of Cattle Handling on Post-Mortem Myofibrillar Muscle Proteome and Meat Tenderization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yolanda Diñeiro</w:t>
+                <w:t xml:space="preserve">Nanotechnology as a Processing and Packaging Tool to Improve Meat Quality and Safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanima Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Boukid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Díaz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">María Josefa García-Espina</w:t>
+                <w:t xml:space="preserve">Imene Chentir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 10 (12), pp.3115. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods10123115⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 10 (11), pp.2633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10112633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156791v1</w:t>
+                <w:t xml:space="preserve">hal-04156786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanotechnology as a Processing and Packaging Tool to Improve Meat Quality and Safety</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fatma Boukid</w:t>
+                <w:t xml:space="preserve">New Insights on the Impact of Cattle Handling on Post-Mortem Myofibrillar Muscle Proteome and Meat Tenderization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura González-Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Diñeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imene Chentir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+                <w:t xml:space="preserve">María Josefa García-Espina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 10 (11), pp.2633. </w:t>
+              <w:t xml:space="preserve">, 2021, 10 (12), pp.3115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods10112633⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods10123115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156786v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Three Probiotics Strains, Lactobacillus rhamnosus GG, Bifidobacterium animalis subsp. Lactis BB-12 and Saccharomyces boulardii CNCM I-745 on the Biochemical and Haematological Profiles and Body Weight of Healthy Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louiza Kadja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Leila Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedjoua Lakhdara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9878,64 +9878,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Probiotic Effects of Bifidobacterium animalis subsp. lactis BB-12 and Lactobacillus plantarum 299v Strains on Biochemical and Morphometric Parameters of Rabbits after Obesity Induction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Leila Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedjoua Lakhdara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louiza Kadja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9993,291 +9993,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The path from protein profiling to biomarkers: The potential of proteomics and data integration in beef quality research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Optimised statistical extraction of anthocyanins from Arbutus unedo L. fruits and preliminary supplementation assays in yoghurt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Benchikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Sahli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Alleg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassima Mohellebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1755-1315/854/1/012029⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Dairy Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 74 (2), pp.344-351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1471-0307.12769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156206v1</w:t>
+                <w:t xml:space="preserve">hal-04156781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimised statistical extraction of anthocyanins from Arbutus unedo L. fruits and preliminary supplementation assays in yoghurt</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The path from protein profiling to biomarkers: The potential of proteomics and data integration in beef quality research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Dairy Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 74 (2), pp.344-351. </w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 854, </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1471-0307.12769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1755-1315/854/1/012029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156781v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shotgun proteomics for the preliminary identification of biomarkers of beef sensory tenderness, juiciness and chewiness from plasma and muscle of young Limousin-sired bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10335,1492 +10335,1492 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03243152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Pomegranate by-Products in Muscle Foods: Oxidative Indices, Colour Stability, Shelf Life and Health Benefits</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Dark-cutting beef: A brief review and an integromics meta-analysis at the proteome level to decipher the underlying pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Warner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Purslow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranjith Ramanathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26020467⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 181, pp.108611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2021.108611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156773v1</w:t>
+                <w:t xml:space="preserve">hal-03315957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dark-cutting beef: A brief review and an integromics meta-analysis at the proteome level to decipher the underlying pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Application of Pomegranate by-Products in Muscle Foods: Oxidative Indices, Colour Stability, Shelf Life and Health Benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun K Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramod Kumar Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nilabja Roy Chowdhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premanshu Dandapat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 181, pp.108611. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (2), pp.467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2021.108611⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules26020467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03315957v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic biomarkers of beef colour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Seaweeds as promising resource of bioactive compounds: Overview of novel extraction strategies and design of tailored meat products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Gullón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Peter Purslow</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Barba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Gullón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wangang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 101, pp.234-252. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.05.005⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 100, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.03.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03124809v1</w:t>
+                <w:t xml:space="preserve">hal-04156579v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Trends in Proteomic Advances for Food Allergen Analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Inclusion of Healthy Oils for Improving the Nutritional Characteristics of Dry-Fermented Deer Sausage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márcio Vargas-Ramella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo E S Munekata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Franco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C B Campagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology9090247⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (10), pp.1487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods9101487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156582v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Antioxidant and Antimicrobial Activities of Porcine Liver Protein Hydrolysates Obtained Using Alcalase, Bromelain, and Papain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Wangang Zhang</w:t>
+                <w:t xml:space="preserve">One-step recovery of latex papain from Carica papaya using three phase partitioning and its use as milk-clotting and meat-tenderizing agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James John</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Mansour Sayah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubén Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app10072290⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 146, pp.798-810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2019.10.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156576v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle Fiber Properties in Cattle and Their Relationships with Meat Qualities: An Overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 68 (22), pp.6021-6039. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c02086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02869638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-step recovery of latex papain from Carica papaya using three phase partitioning and its use as milk-clotting and meat-tenderizing agent</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Current Trends in Proteomic Advances for Food Allergen Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María López-Pedrouso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Franco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2019.10.048⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology9090247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156574v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion of Healthy Oils for Improving the Nutritional Characteristics of Dry-Fermented Deer Sausage</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the Antioxidant and Antimicrobial Activities of Porcine Liver Protein Hydrolysates Obtained Using Alcalase, Bromelain, and Papain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Borrajo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Pateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paulo C B Campagnol</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wangang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (7), pp.2290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app10072290⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods9101487⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04156583v1</w:t>
+                <w:t xml:space="preserve">hal-04156576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seaweeds as promising resource of bioactive compounds: Overview of novel extraction strategies and design of tailored meat products</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Proteomic biomarkers of beef colour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Gullón</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wangang Zhang</w:t>
+                <w:t xml:space="preserve">Joanne Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robyn Warner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Purslow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 100, pp.1-18. </w:t>
+              <w:t xml:space="preserve">, 2020, 101, pp.234-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.03.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04156579v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are there consistent relationships between major connective tissue components, intramuscular fat content and muscle fibre types in cattle muscle?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dr. Ahmed Ouali, 1948–2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Listrat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+                <w:t xml:space="preserve">Miguel Angel Sentandreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Normand</w:t>
+                <w:t xml:space="preserve">Gerald Coulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donato Andueza</w:t>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Gruffat</w:t>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14 (6), pp.1204-1212. </w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 167, pp.108155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731119003422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622916v1</w:t>
+                <w:t xml:space="preserve">hal-02569148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dr. Ahmed Ouali, 1948–2020</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Are there consistent relationships between major connective tissue components, intramuscular fat content and muscle fibre types in cattle muscle?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Listrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald Coulis</w:t>
+                <w:t xml:space="preserve">Jérôme Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Aubry</w:t>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Astruc</w:t>
+                <w:t xml:space="preserve">Dominique Gruffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 167, pp.108155. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (6), pp.1204-1212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2020.108155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731119003422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02569148v1</w:t>
+                <w:t xml:space="preserve">hal-02622916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avancées récentes dans l'amélioration de la qualité nutritionnelle, sensorielle et technologique de la viande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viandes et Produits Carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, VPC-2020-36-3-4 (3634)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11839,516 +11839,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Advances in Meat Nutritional, Sensory and Physical Quality Improvement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Contribution of connective tissue components, muscle fibres and marbling to beef tenderness variability in longissimus thoracis, rectus abdominis, semimembranosus and semitendinosus muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Listrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (3), pp.321. </w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100 (6), pp.2502-2511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods9030321⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.10275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639192v1</w:t>
+                <w:t xml:space="preserve">hal-02556426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein Array-Based Approach to Evaluate Biomarkers of Beef Tenderness and Marbling in Cows: Understanding of the Underlying Mechanisms and Prediction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Application of Proteomic Technologies to Assess the Quality of Raw Pork and Pork Products: An Overview from Farm-To-Fork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María López-Pedrouso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Picard</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Franco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods9091180⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (11), pp.393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology9110393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02952056v1</w:t>
+                <w:t xml:space="preserve">hal-04156580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of connective tissue components, muscle fibres and marbling to beef tenderness variability in longissimus thoracis, rectus abdominis, semimembranosus and semitendinosus muscles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Current Advances in Meat Nutritional, Sensory and Physical Quality Improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.10275⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (3), pp.321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods9030321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02556426v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Proteomic Technologies to Assess the Quality of Raw Pork and Pork Products: An Overview from Farm-To-Fork</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Protein Array-Based Approach to Evaluate Biomarkers of Beef Tenderness and Marbling in Cows: Understanding of the Underlying Mechanisms and Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Franco</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (11), pp.393. </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.1180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biology9110393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods9091180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156580v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-proteomics for the discovery of protein biomarkers of beef tenderness: An overview of integrated studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 127, </w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12382,103 +12382,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are the drivers of beef sensory quality using metadata of intramuscular connective tissue, fatty acids and muscle fiber characteristics?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 240, pp.104209. </w:t>
@@ -12510,836 +12510,836 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02926858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The associations between proteomic biomarkers and beef tenderness depend on the end-point cooking temperature, the country origin of the panelists and breed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessment of cattle inter-individual cluster variability: the potential of continuum data from the farm-to-fork for ultimate beef tenderness management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Richardson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Picard</w:t>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 157, </w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2019.06.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.9643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02629415v1</w:t>
+                <w:t xml:space="preserve">hal-02048854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the chronology of expression of ten extracellular matrix molecules during the myogenesis in cattle to better understand sensory properties of meat</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preliminary investigation of the antimicrobial and mechanisms of resistance of Enterobacteria isolated from minced meat in the Northeast of Algeria: The case of butchers from Constantine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Leila Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Chahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjoua Lakhdara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Agabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Boussena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods8030097⟩</w:t>
+              <w:t xml:space="preserve">Integrative Food, Nutrition and Metabolism </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15761/IFNM.1000273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02068376v1</w:t>
+                <w:t xml:space="preserve">hal-04156573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Review on Lipid Oxidation in Meat and Meat Products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidant active packaging systems to extend the shelf life of sliced cooked ham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Pateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubén Domínguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Bermúdez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo E S Munekata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wangang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox8100429⟩</w:t>
+              <w:t xml:space="preserve">Current Research in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.24 - 30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crfs.2019.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156568v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant active packaging systems to extend the shelf life of sliced cooked ham</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId291" w:history="1">
+                <w:t xml:space="preserve">A Comprehensive Review on Lipid Oxidation in Meat and Meat Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubén Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian Pateiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J Barba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wangang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Research in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crfs.2019.10.002⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (10), pp.429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox8100429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156570v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of cattle inter-individual cluster variability: the potential of continuum data from the farm-to-fork for ultimate beef tenderness management</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Study of the chronology of expression of ten extracellular matrix molecules during the myogenesis in cattle to better understand sensory properties of meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Listrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.9643⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (3), pp.97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods8030097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048854v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02068376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary investigation of the antimicrobial and mechanisms of resistance of Enterobacteria isolated from minced meat in the Northeast of Algeria: The case of butchers from Constantine</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Amir Agabou</w:t>
+                <w:t xml:space="preserve">The associations between proteomic biomarkers and beef tenderness depend on the end-point cooking temperature, the country origin of the panelists and breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Boussena</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ian Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Food, Nutrition and Metabolism </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6 (6), </w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 157, </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15761/IFNM.1000273⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2019.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156573v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beef tenderness and intramuscular fat proteomic biomarkers: Effect of gender and rearing practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Al Jammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 200, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13367,1022 +13367,1022 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision tree, a learning tool for the prediction of beef tenderness using rearing factors and carcass characteristics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Beef tenderness prediction by a combination of statistical methods: Chemometrics and supervised learning to manage integrative farm-to-meat continuum data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.9301⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (7), pp.274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods8070274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01860022v1</w:t>
+                <w:t xml:space="preserve">hal-02629129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food profile of grey wagtail motacilla cinerea during an annual cycle in the Algerian Babors Mountains of North Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roza Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelazize Franck Bougaham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Moulaï</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ostrich: Journal of African Ornithology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 90 (1), pp.1-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2989/00306525.2018.1543214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beef tenderness prediction by a combination of statistical methods: Chemometrics and supervised learning to manage integrative farm-to-meat continuum data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Decision tree, a learning tool for the prediction of beef tenderness using rearing factors and carcass characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (7), pp.274. </w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (3), pp.1275-1283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods8070274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.9301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629129v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beef tenderness and intramuscular fat proteomic biomarkers: muscle type effect</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Produits carnés traditionnels des pays d’Afrique du Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Sellama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (3-8), pp.1-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01818264v1</w:t>
+                <w:t xml:space="preserve">hal-01925622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnic meat products of the North-African and Mediterranean countries: an overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Couscous: Ethnic making and consumption patterns in the Northeast of Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loucif Chemache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Kehal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacène Namoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makhlouf Chaalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Ethnic Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 5 (2), pp.83-98. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jef.2018.02.004⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 5 (3), pp.211-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jef.2018.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01723925v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering of sensory eating qualities of beef: consistencies and differences within carcass, muscle, animal characteristics and rearing factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Soulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 214, pp.245-258. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.06.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couscous: Ethnic making and consumption patterns in the Northeast of Algeria</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Ethnic meat products of the North-African and Mediterranean countries: an overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Ethnic Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 5 (3), pp.211-219. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jef.2018.08.002⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 5 (2), pp.83-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jef.2018.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01925635v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produits carnés traditionnels des pays d’Afrique du Nord</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
+                <w:t xml:space="preserve">Beef tenderness and intramuscular fat proteomic biomarkers: muscle type effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Al-Jammas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leanne de Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriem Sellama</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Albéric Valais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.e4891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.4891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01925622v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01818264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data from the farmgate-to-meat continuum including omics-based biomarkers to better understand the variability of beef tenderness: An integromics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 66 (51), </w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14416,90 +14416,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en relation des pratiques d’élevage avec les propriétés des carcasses et de la viande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (1), pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14524,103 +14524,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverse phase protein arrays for the identification/validation of biomarkers of beef texture and their use for early classification of carcasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ellies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leanne de Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 250, pp.245-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14648,248 +14648,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01684896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse phase protein array for the quantification and validation of protein biomarkers of beef qualities: The case of meat color from Charolais breed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Associations among animal, carcass, muscle characteristics, and fresh meat color traits in Charolais cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 145 (C), pp.308-319. </w:t>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.06.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01860004v2</w:t>
+                <w:t xml:space="preserve">hal-01727156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations among animal, carcass, muscle characteristics, and fresh meat color traits in Charolais cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Reverse phase protein array for the quantification and validation of protein biomarkers of beef qualities: The case of meat color from Charolais breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leanne de Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">, 2018, 145 (C), pp.308-319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.03.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.06.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727156v1</w:t>
+                <w:t xml:space="preserve">hal-01860004v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aqueous extract of Pituranthos scoparius as a biopreservative against lipid oxidation of an emulsion and use of SDS-PAGE to study protein-polyphenols interactions</w:t>
               </w:r>
@@ -15048,64 +15048,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Chabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viandes et Produits Carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (3-1), pp.1-6</w:t>
@@ -15132,1117 +15132,1117 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of biomarkers associated with the rearing practices, carcass characteristics, and beef quality: An integrative approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Statistical Optimization of Thermostable α-Amylase Production by a Newly Isolated Rhizopus oryzae Strain FSIS4 Using Decommissioned Dates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ait Kaki El-Hadef El-Okki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Bennamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahrazed Djekrif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.7b03239⟩</w:t>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (6), pp.2017-2027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-016-9727-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588029v1</w:t>
+                <w:t xml:space="preserve">hal-04156559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant effect induced by the essential oil of Pituranthos scoparius in a formulation of a whey spread emulsion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kaissa Chebbi</w:t>
+                <w:t xml:space="preserve">Three phase partitioning, a scalable method for the purification and recovery of cucumisin, a milk-clotting enzyme, from the juice of Cucumis melo var . reticulatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferhat Ziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Nait Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawel Boucherba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ait Kaki El-Hadef El-Okki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 102, pp.515-525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2017.04.060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfpp.13163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04156562v1</w:t>
+                <w:t xml:space="preserve">hal-01578265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three phase partitioning, a scalable method for the purification and recovery of cucumisin, a milk-clotting enzyme, from the juice of Cucumis melo var . reticulatus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amel Ait Kaki El-Hadef El-Okki</w:t>
+                <w:t xml:space="preserve">Antioxidant effect induced by the essential oil of Pituranthos scoparius in a formulation of a whey spread emulsion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Chikhoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Damjan Pavleca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Shashkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Berroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaissa Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2017.04.060⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (5), pp.e13163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpp.13163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578265v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Optimization of Thermostable α-Amylase Production by a Newly Isolated Rhizopus oryzae Strain FSIS4 Using Decommissioned Dates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Identification of biomarkers associated with the rearing practices, carcass characteristics, and beef quality: An integrative approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (6), pp.2017-2027. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12649-016-9727-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.7b03239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156559v1</w:t>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiological changes during the preparation steps of Khliaa Ezir: a traditional cured meat product of Algeria</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biomarker abundance in two beef muscles depending on animal breeding practices and carcass characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Nasri</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Ellies-Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Bennaceur</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jerome Saracco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chavent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Food, Nutrition and Metabolism </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15761/IFNM.1000199⟩</w:t>
+              <w:t xml:space="preserve">JSM Bioinformatics, Genomics and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (1), pp.1013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47739/2576-1102/1013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722033v1</w:t>
+                <w:t xml:space="preserve">hal-01417561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antioxidant Activity of Hibiscus sabdariffa Extracts Incorporated in an Emulsion System Containing Whey Proteins: Oxidative Stability and Polyphenol–Whey Proteins Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Chikhoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koudougou Désiré Nanema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahamat Souleymane Souleymane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabian Journal for Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 42 (6), pp.2247-2260. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13369-017-2428-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomarker abundance in two beef muscles depending on animal breeding practices and carcass characteristics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Associations among protein biomarkers and pH and color traits in longissimus thoracis and rectus abdominis muscles in protected designation of origin maine-Anjou cull cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Saracco</w:t>
+                <w:t xml:space="preserve">Guillain Le Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Chavent</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Ghislain Aminot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSM Bioinformatics, Genomics and Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2 (1), pp.1013. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (17), pp.3569-3580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.47739/2576-1102/1013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.7b00434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01417561v1</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations among protein biomarkers and pH and color traits in longissimus thoracis and rectus abdominis muscles in protected designation of origin maine-Anjou cull cows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+                <w:t xml:space="preserve">Microbiological changes during the preparation steps of Khliaa Ezir: a traditional cured meat product of Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillain Le Bec</w:t>
+                <w:t xml:space="preserve">Ines Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Aminot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zahra Bennaceur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Sellama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 65 (17), pp.3569-3580. </w:t>
+              <w:t xml:space="preserve">Integrative Food, Nutrition and Metabolism </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (6), pp.1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.7b00434⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15761/IFNM.1000199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01604179v1</w:t>
+                <w:t xml:space="preserve">hal-01722033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical properties of a new thermo- and solvent-stable xylanase recovered using three phase partitioning from the extract of Bacillus oceanisediminis strain SJ3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawel Boucherba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Bouanane-Darenfed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16313,728 +16313,728 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01577104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The study of protein biomarkers to understand the biochemical processes underlying beef color development in young bulls</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Improving Bread Quality with the Application of a Newly Purified Thermostable α-Amylase from Rhizopus oryzae FSIS4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ait Kaki El-Hadef El-Okki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayat Bourekoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Bennamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2017.07.014⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods6010001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01581605v1</w:t>
+                <w:t xml:space="preserve">hal-04156561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Bread Quality with the Application of a Newly Purified Thermostable α-Amylase from Rhizopus oryzae FSIS4</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The study of protein biomarkers to understand the biochemical processes underlying beef color development in young bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 6 (1), pp.1. </w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 134, pp.18-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods6010001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2017.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156561v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01581605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three Phase Partitioning System, an Emerging Non-Chromatographic Tool for Proteolytic Enzymes Recovery and Purification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Comparison of the Carcass and Meat Quality of ISA (F15) Spent Hens Slaughtered at Two Different Ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Nait-Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferhat Ziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4172/2090-4967.1000134⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Food Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (4), pp.134-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3923/ajft.2016.134.142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358719v1</w:t>
+                <w:t xml:space="preserve">hal-01568770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data in support of three phase partitioning of zingibain, a milk-clotting enzyme from Zingiber officinale Roscoe rhizomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Characterization of a purified thermostable xylanase from Caldicoprobacter algeriensis sp. nov. strain TH7C1T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouanane-Darenfed Amel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boucherba Nawel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouacem Khelifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Manon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.01.014⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 419, pp.60-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2015.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156555v1</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparison of the Carcass and Meat Quality of ISA (F15) Spent Hens Slaughtered at Two Different Ages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Data in support of three phase partitioning of zingibain, a milk-clotting enzyme from Zingiber officinale Roscoe rhizomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naouel Hoggas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Food Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3923/ajft.2016.134.142⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.634 - 639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId536" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568770v1</w:t>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a purified thermostable xylanase from Caldicoprobacter algeriensis sp. nov. strain TH7C1T</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Three Phase Partitioning System, an Emerging Non-Chromatographic Tool for Proteolytic Enzymes Recovery and Purification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 419, pp.60-68. </w:t>
+              <w:t xml:space="preserve">Biosensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (1), pp.100134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2015.10.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4172/2090-4967.1000134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156554v1</w:t>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of proteolytic enzyme secreted by Streptomyces cinereoruber ssp. cinereoruber isolated from human pleural fluid</w:t>
               </w:r>
@@ -17059,51 +17059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fateh Merouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahrazad Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17154,77 +17154,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium homeostasis and muscle energy metabolism are modified in hspB1-null mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17282,364 +17282,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serine protease inhibitors as good predictors of meat tenderness: which are they and what are their functions?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Inter-laboratory assessment by trained panelists from France and the United Kingdom of beef cooked at two different end-point temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmine Boudida</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
+                <w:t xml:space="preserve">Didier D. Micol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aidan P. Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2012.741630⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 122, pp.90-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2016.07.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635546v1</w:t>
+                <w:t xml:space="preserve">hal-02634400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-laboratory assessment by trained panelists from France and the United Kingdom of beef cooked at two different end-point temperatures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Serine protease inhibitors as good predictors of meat tenderness: which are they and what are their functions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aidan P. Moloney</w:t>
+                <w:t xml:space="preserve">Yasmine Boudida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Becila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 122, pp.90-96. </w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56 (6), pp.957-972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2016.07.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2012.741630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634400v1</w:t>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The invalidation of HspB1 gene in mouse alters the ultrastructural phenotype of muscles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17690,90 +17690,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory quality of meat from eight different types of cattle in relation with their biochemical characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aidan P Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17818,451 +17818,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Early Post-Mortem Biochemical Processes Underlying Meat Color and pH Decline in the Longissimus thoracis Muscle of Young Blond d'Aquitaine Bulls Using Protein Biomarkers.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Coherent correlation networks among protein biomarkers of beef tenderness: What they reveal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b02615⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 128 (7), pp.365-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2015.08.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191442v1</w:t>
+                <w:t xml:space="preserve">hal-02641553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting the Degradation of Actin in Longissimus dorsi Muscle of Different Species: Bovine, Ovine, Caprine, Poultry and Freshwater Fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasina Rasolofoharitseheno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasina Rasolofoharitseheno</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Wisdom Mompi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Boudida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Biotechnology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (4), pp.169-176. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.9734/bbj/2015/17054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent correlation networks among protein biomarkers of beef tenderness: What they reveal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Understanding Early Post-Mortem Biochemical Processes Underlying Meat Color and pH Decline in the Longissimus thoracis Muscle of Young Blond d'Aquitaine Bulls Using Protein Biomarkers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Micol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 128 (7), pp.365-74. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (30), pp.6799-6809. </w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2015.08.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b02615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02641553v1</w:t>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caspases and thrombin activity regulation by specific serpin inhibitors in bovine skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Boudida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18326,64 +18326,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three phase partitioning of zingibain, a milk-clotting enzyme from Zingiber officinale Roscoe rhizomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naouel Hoggas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18424,636 +18424,636 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-phase partitioning as an efficient method for the purification and recovery of ficin from Mediterranean fig (Ficus carica L.) latex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Purification and Characterization of the Xylanase Produced by Jonesia denitrificans BN-13</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawel Boucherba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Nait-Rabah</w:t>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Legin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azeddine Bettache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Duchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2014.05.050⟩</w:t>
+              <w:t xml:space="preserve">Applied Biochemistry and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 172 (5), pp.2694-2705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12010-013-0709-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156547v1</w:t>
+                <w:t xml:space="preserve">hal-01268694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification and Characterization of the Xylanase Produced by Jonesia denitrificans BN-13</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId497" w:history="1">
+                <w:t xml:space="preserve">Partial Characterization of Xylanase Produced by Caldicoprobacter algeriensis, a New Thermophilic Anaerobic Bacterium Isolated from an Algerian Hot Spring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khelifa Bouacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Bouanane-Darenfed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawel Boucherba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francis Duchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Biochemistry and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 172 (5), pp.2694-2705. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12010-013-0709-x⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 174 (5), pp.1969-1981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12010-014-1153-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268694v1</w:t>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exsudation de la viande de dromadaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanane Smili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messaouda Ider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 30-5 (5), pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02637334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial Characterization of Xylanase Produced by Caldicoprobacter algeriensis, a New Thermophilic Anaerobic Bacterium Isolated from an Algerian Hot Spring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khelifa Bouacem</w:t>
+                <w:t xml:space="preserve">Three-phase partitioning as an efficient method for the purification and recovery of ficin from Mediterranean fig (Ficus carica L.) latex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawel Boucherba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Bouanane-Darenfed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferhat Ziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Nait-Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Biochemistry and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 174 (5), pp.1969-1981. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 132, pp.461-467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12010-014-1153-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2014.05.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156548v1</w:t>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse relationships between biomarkers and beef tenderness according to contractile and metabolic properties of the muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 62 (40), pp.9808 - 9818. </w:t>
@@ -19104,90 +19104,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarkers of meat tenderness: Present knowledge and perspectives in regards to our current understanding of the mechanisms involved</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Boudida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meat Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 95 (4), pp.854 - 870. </w:t>
@@ -19225,103 +19225,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Caspases' inhibitors belonging to the serpin superfamily : a novel key control point of apoptosis in mammalian tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Boudida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Bioscience and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (6), pp.740-750. </w:t>
@@ -19391,77 +19391,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité et durabilité de la viande de porc - Une approche d’évaluation intégrée « de la ferme à la table » : le concept ‘One Quality’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Journées de la Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Ifip, Feb 2026, Saint-Malo, France. pp.102-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19480,632 +19480,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Culinary Preparation and Consumption Habits of Osbana: An Algerian Cooked Sausage-like Traditional Meat Product</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What can we learn about the carbon footprint of pig production from a systematic review and meta-analysis of life cycle assessment studies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydia Achou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+                <w:t xml:space="preserve">Adrien Karolak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Seminar of Veterinary Medicine: Advances in Animal Production, Food, and Health: From Tradition to Innovation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">71. International Congress of Meat Science and Technology (Icomst)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRTA, Aug 2025, Girona, Spain. pp.79-80</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290812v1</w:t>
+                <w:t xml:space="preserve">hal-05213340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une approche de Qualité Globale de la viande : Intégration des impacts environnementaux (qualité extrinsèque) avec les qualités intrinsèques de la viande porcine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Malnoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel du réseau ACV à l'INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Mar 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing meat research through integromics: Lessons from integrated proteomics on multiple meat quality traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Online Symposium: Meat Chemistry, Processing &amp; Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Massey University (NZ), China Meat Research Centre, Zhengzhou University of Light Industry, and China Publishing Co, Feb 2025, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of pre-slaughter stress on the bovine longissimus thoracis et lumborum and semitendinosus muscle proteomes: A comparative study based on label-free proteomics data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sudipta Hazra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth M. Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe P. Kerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Society of Animal Science annual conférence- 2025 (BSAS 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Galway, Ireland. pp.11-13, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05161621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What can we learn about the carbon footprint of pig production from a systematic review and meta-analysis of life cycle assessment studies?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Culinary Preparation and Consumption Habits of Osbana: An Algerian Cooked Sausage-like Traditional Meat Product</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Achou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumeïma Touidjini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Tolba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Karolak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71. International Congress of Meat Science and Technology (Icomst)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Seminar of Veterinary Medicine: Advances in Animal Production, Food, and Health: From Tradition to Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Vétérinaire, Univesity of Constantine 1 - Frères Mentouri, Oct 2024, Constantine, Algeria. pp.12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/blsf2025049012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId617" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213340v1</w:t>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a ‘One Quality’ approach integrating intrinsic and extrinsic pork quality dimensions to foster the sustainability of pork production: A study combining pig genetics and feeding strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Malnoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71. International Congress of Meat Science and Technology (ICoMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRTA, Aug 2025, Girona, Spain. pp.57-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20130,64 +20130,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle-specific variations and dynamics in the donkey extracellular matrix proteins during meat aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzia Albenzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20344,152 +20344,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current innovations and emerging foodomics approaches for the evaluation of the multiple qualities of food/animal products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Quelles sont les pratiques d’élevage pour améliorer la qualité des lipides des produits animaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Conference of Veterinary Medicine: Advances in Animal Production, Food and Health: From tradition to innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des Sciences Vétérinaires, Université Constantine 1-Frères Mentouri, Oct 2024, Constantine, Algeria</w:t>
+              <w:t xml:space="preserve">Les séances de l’académie d’agriculture : nutrition, complémentarité et synergies entre les lipides d’origine animale et les lipides des végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d’Agriculture, Jan 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05213720v1</w:t>
+                <w:t xml:space="preserve">hal-05216466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The potential of gel-based proteomics approaches to study changes in the sarcoplasmic muscle proteome of lamb meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Di Corcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Santillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20504,225 +20560,169 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Measurements and Applications in Veterinary and Animal Sciences (MeAVeAS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Turin, Apr 2024, Turin, Italy. pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04554999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles sont les pratiques d’élevage pour améliorer la qualité des lipides des produits animaux ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Current innovations and emerging foodomics approaches for the evaluation of the multiple qualities of food/animal products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les séances de l’académie d’agriculture : nutrition, complémentarité et synergies entre les lipides d’origine animale et les lipides des végétaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie d’Agriculture, Jan 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">11. International Conference of Veterinary Medicine: Advances in Animal Production, Food and Health: From tradition to innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Sciences Vétérinaires, Université Constantine 1-Frères Mentouri, Oct 2024, Constantine, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216466v1</w:t>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building sustainable systems at the era of farm-to-fork and agroecology: Unraveling the interplay of quality attributes of animal-source foods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Van Baelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20773,64 +20773,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies alimentaires et génétiques pour améliorer conjointement plusieurs dimensions de qualité de la viande de porc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Lhuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20894,103 +20894,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l’évaluation conjointe de la qualité intrinsèque et des impacts environnementaux de la viande porcine : Cas d’étude expérimental combinant type génétique et alimentation des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Malnoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21009,1253 +21009,1253 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building better knowledge on meat quality determination through integrated data mining and curation of proteomics studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Bio-fortification de la viande porcine en vitamine D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Congress of the Animal Science and Production Association (ASPA).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Monopoli, Italy. pp.15</w:t>
+              <w:t xml:space="preserve">Séminaire de restitution du consortium Om3D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE - métaprogramme SYALSA (Systèmes alimentaires et Santé Humaine), Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132114v1</w:t>
+                <w:t xml:space="preserve">hal-04157072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SWATH-MS as an emerging tool for dark-cutting beef biomarker discovery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Protein pattern changes in post-mortem goat semitendinosus muscle: a clustering analysis to reveal the unknowns in muscle to meat conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Djenane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzia Albenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mamen Oliván</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.239-240</w:t>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.231-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185878v1</w:t>
+                <w:t xml:space="preserve">hal-04185886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serial time analysis of post-mortem muscle unveils a disparity in the biomarkers and biochemical pathways underpinning dark-cutting beef development</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving knowledge on the fresh pork colour variations and underlying mechanisms through integrated data mining of proteomics studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surendranath Suman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Purslow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.253-254</w:t>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.235-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185899v1</w:t>
+                <w:t xml:space="preserve">hal-04185761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-mortem muscle metabolism and meat quality from the viewpoint of omics (proteomics)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Bridging environmental sustainability and intrinsic quality traits of pork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pre-congress course of the 69th International Congress of Meat Science and Technology (Icomst)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Padova, Italy</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.943</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId643" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183433v1</w:t>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are the biochemical pathways underlying lamb meat colour and texture determination similar?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Della Malva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agostino Sevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzia Albenzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.233-234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein pattern changes in post-mortem goat semitendinosus muscle: a clustering analysis to reveal the unknowns in muscle to meat conversion</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Post-mortem muscle metabolism and meat quality from the viewpoint of omics (proteomics)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.231-232</w:t>
+              <w:t xml:space="preserve">Pre-congress course of the 69th International Congress of Meat Science and Technology (Icomst)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185886v1</w:t>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving knowledge on the fresh pork colour variations and underlying mechanisms through integrated data mining of proteomics studies</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Serial time analysis of post-mortem muscle unveils a disparity in the biomarkers and biochemical pathways underpinning dark-cutting beef development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iliani Patinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Silva Antonelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo F. Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio C.C. Balieiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alessandroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.235-236</w:t>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.253-254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185761v1</w:t>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging environmental sustainability and intrinsic quality traits of pork</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">SWATH-MS as an emerging tool for dark-cutting beef biomarker discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura González-Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamen Oliván</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.943</w:t>
+              <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.239-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193295v1</w:t>
+                <w:t xml:space="preserve">hal-04185878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-fortification de la viande porcine en vitamine D</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Building better knowledge on meat quality determination through integrated data mining and curation of proteomics studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de restitution du consortium Om3D</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE - métaprogramme SYALSA (Systèmes alimentaires et Santé Humaine), Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">25. Congress of the Animal Science and Production Association (ASPA).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Monopoli, Italy. pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157072v1</w:t>
+                <w:t xml:space="preserve">hal-04132114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shotgun proteomics and chemometrics to discriminate normal and dark-cutting beef muscles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exudate meat proteome analysis using label-free proteomics: a novel way to decipher the complex underlying mechanisms of meat aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisa Lamri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzia Albenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.255-256</w:t>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.229-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185905v1</w:t>
+                <w:t xml:space="preserve">hal-04185843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exudate meat proteome analysis using label-free proteomics: a novel way to decipher the complex underlying mechanisms of meat aging</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shotgun proteomics and chemometrics to discriminate normal and dark-cutting beef muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iliani Patinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Silva Antonelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo F. Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio C.C. Balieiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alessandroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.229-230</w:t>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.255-256</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185843v1</w:t>
+                <w:t xml:space="preserve">hal-04185905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle proteome changes in longissimus thoracis et Lumborum muscle after 28 days of dry-aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth M. Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eileen O'Neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.225-226</w:t>
@@ -22284,103 +22284,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of horn status on bovine Semitendinosus muscle proteome: An analysis of the canonical pathways, upstream regulators and interactive networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sudipta Hazra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth M. Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe P. Kerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51st Annual Food Science and Technology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFSTI, Dec 2023, Dublin, Ireland</w:t>
@@ -22403,359 +22403,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling location matters: differences in the proteome changes and biochemical pathways between interior and surface tissues of bovine striploins during dry-aging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Plasma proteome, a non-invasive biofluid to monitor lamb meat quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella della Malva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId654" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eileen O'Neill</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Santillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Priolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Di Corcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.227-228</w:t>
+              <w:t xml:space="preserve">25. Congress of the Animal Science and Production Association (ASPA).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Monopoli, Italy. pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185829v1</w:t>
+                <w:t xml:space="preserve">hal-04132120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma proteome, a non-invasive biofluid to monitor lamb meat quality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sampling location matters: differences in the proteome changes and biochemical pathways between interior and surface tissues of bovine striploins during dry-aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Martina Di Corcia</w:t>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth M. Hamill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eileen O'Neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Congress of the Animal Science and Production Association (ASPA).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Monopoli, Italy. pp.71</w:t>
+              <w:t xml:space="preserve">69. International Congress of Meat Science and Technology (Icomst)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université of Padova, Aug 2023, Padova, Italy. pp.227-228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132120v1</w:t>
+                <w:t xml:space="preserve">hal-04185829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering organic farming impact on pectoralis major muscle proteome of ross 308 chicken: towards the identification of biomarkers of authenticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68th International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kobe, Japan. pp.163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22793,64 +22793,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peer Community In Animal Science: A free publication model for transparent and open science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22914,103 +22914,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering organic farming impact on pectoralis major muscle proteome of Ross 308 chicken: towards the identification of biomarkers of authenticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maria Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68. INTERNATIONAL CONGRESS OF MEAT SCIENCE AND TECHNOLOGY (ICoMST 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23035,103 +23035,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of rearing practices and pre-slaughter handling on the Longissimus thoracis and the Semitendinosus muscle proteomes of young bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabiaa Ben Mbarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Kerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68. INTERNATIONAL CONGRESS OF MEAT SCIENCE AND TECHNOLOGY (ICoMST 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kobe, Japan</w:t>
@@ -23160,90 +23160,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SWATH-MS proteomics and chemometrics for the discovery of biomarkers of chicken meat authenticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Online Meat Chemistry, Processing &amp; Nutrition Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23268,77 +23268,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing chicken meat authenticity within divergent farming systems (organic versus antibiotic-free) using SWATH-MS-based proteomic analysis and chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Sagratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68th International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kobe, Japan. pp.260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23363,90 +23363,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixing horned and disbudded bulls during rearing: effects on post-mortem muscle proteome and related biochemical pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabiaa Ben Mbarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Kerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23488,77 +23488,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre les pratiques d’élevage et les performances des bovins, les propriétés des carcasses et les qualités des viandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Projet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23577,623 +23577,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport des bases de données individuelles et du continuum de l’élevage à la viande, pour piloter la qualité de la viande</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Apport de l'analyse des bases de données pour la gestion / prédiction des qualités des carcasses et des viandes bovines par les pratiques d'élevages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cluster Herbe Massif Central</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Comité Bovin Viande FranceAgrimer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736696v1</w:t>
+                <w:t xml:space="preserve">hal-02786849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemometrics and supervised learning for cows shear force prediction using the continuum data from farmgate to meat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">L’apport des bases de données individuelles et du continuum de l’élevage à la viande, pour piloter la qualité de la viande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe De Francesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ponsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. International Congress of Meat Science and Technology (ICOMST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">Cluster Herbe Massif Central</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId676" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734375v1</w:t>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de l'analyse des bases de données pour la gestion / prédiction des qualités des carcasses et des viandes bovines par les pratiques d'élevages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Chemometrics and supervised learning for cows shear force prediction using the continuum data from farmgate to meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comité Bovin Viande FranceAgrimer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">64. International Congress of Meat Science and Technology (ICOMST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02786849v1</w:t>
+                <w:t xml:space="preserve">hal-02734375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The farm-to-table continuum as an innovative trade-off approach for optimal management decisions in the beef sector: flavour clustering of young bull meat cuts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Traditional meat products in Algeria: History, Preparation and consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Sellama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SISA2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/ZENODO.1482525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734238v1</w:t>
+                <w:t xml:space="preserve">hal-02737656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId679" w:history="1">
+            <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traditional meat products in Algeria: History, Preparation and consumption</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The farm-to-table continuum as an innovative trade-off approach for optimal management decisions in the beef sector: flavour clustering of young bull meat cuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SISA2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/ZENODO.1482525⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02737656v1</w:t>
+                <w:t xml:space="preserve">hal-02734238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding of beef tenderness variability based on the continuum data using Chemometrics: A proof-of-concept study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64.International Congress of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24218,77 +24218,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude du continuum pratiques d'élevage des bovins – carcasse – muscle – viande pour une gestion optimale des qualités des produits : stratégies statistiques applicables pour l’analyse de métadonnées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres autour des recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24313,103 +24313,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarkers of tenderness and intramuscular fat in five muscles from French PDO Maine-Anjou: I- Muscle type effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Al Jammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ellies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63. International Congress of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Cork, Ireland. pp.427-428, </w:t>
@@ -24447,64 +24447,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rearing practices and carcass and meat properties: a clustering approach in PDO Maine-Anjou cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24566,347 +24566,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cells shrinkage and phosphatidylserine externalization in post mortem muscle by fluorescence microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stress proteins in cull cows: relationships with transport and lairage durations but not with meat tenderness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Becila</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sebastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Multidisciplinary Microscopy and Microanalysis Congress (InterM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-46601-9_7⟩</w:t>
+              <w:t xml:space="preserve">63. International Congress of Meat Science and Technology (ICoMST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Cork, Ireland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3921/978-90-8686-860-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606895v1</w:t>
+                <w:t xml:space="preserve">hal-01607294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId696" w:history="1">
+            <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress proteins in cull cows: relationships with transport and lairage durations but not with meat tenderness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Cells shrinkage and phosphatidylserine externalization in post mortem muscle by fluorescence microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Becila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Boudida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
+            <w:hyperlink r:id="rId696" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Couvreur</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H. Boudchicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63. International Congress of Meat Science and Technology (ICoMST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Cork, Ireland. </w:t>
+              <w:t xml:space="preserve">3. International Multidisciplinary Microscopy and Microanalysis Congress (InterM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Oludeniz, Turkey. </w:t>
             </w:r>
             <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3921/978-90-8686-860-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-46601-9_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId696" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607294v1</w:t>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in the levels of bov-SERPINA3 in Rectus abdominis muscle explain the variability of beef tenderness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Dunoyer-Fredot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Cork, Ireland. pp.832-833</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24931,77 +24931,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre les paramètres de la couleur et l’abondance de protéines biomarqueurs chez des taurillons de deux races à viande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25052,77 +25052,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.R. Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sellama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food futures: ethics, science and culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Porto, Portugal. </w:t>
             </w:r>
             <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
@@ -25150,359 +25150,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle to meat conversion in common carp (cyprinus carpio): new insights involving apoptosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yasmine Boudida</w:t>
+                <w:t xml:space="preserve">Khliaa ezir, a traditional cured meat product of algeria: preparation and characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miguel Sentandreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. International Congress of Meat Science and Technology (ICoMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743103v1</w:t>
+                <w:t xml:space="preserve">hal-02743708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khliaa ezir, a traditional cured meat product of algeria: preparation and characterization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Muscle to meat conversion in common carp (cyprinus carpio): new insights involving apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Boudida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Becila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Sentandreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. International Congress of Meat Science and Technology (ICoMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId709" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743708v1</w:t>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude structurale et ultra structurale d’un aliment traditionnel algérien: Le khliaa ezir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba-Ryma Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Congrès de l'Association Française d’Histotechnologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
@@ -25531,103 +25531,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic biomarkers of meat colour of blonde d’aquitaine young bulls: towards a better comprehension of the biological mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. International Congress of Meat Science and Technology (ICoMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Clermont-Ferrand, France</w:t>
@@ -25656,90 +25656,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meat science and foodomics: application of omics approaches to meat quality management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire International sur les Sciences Alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Constantine, Algeria. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25758,359 +25758,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of diets on bovine muscle composition and sensory quality characteristics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Apoptosis regulation in postmortem muscle: cross-class inhibition of caspases by two bovine serpins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Becila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Boudida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. P. Moloney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Nuernberg</w:t>
+                <w:t xml:space="preserve">Carlos Herrera-Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2013, Nantes, France. 660 p</w:t>
+              <w:t xml:space="preserve">59. International Congress of Meat Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Izmir, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744990v1</w:t>
+                <w:t xml:space="preserve">hal-02749523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId716" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apoptosis regulation in postmortem muscle: cross-class inhibition of caspases by two bovine serpins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Effect of diets on bovine muscle composition and sensory quality characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmine Boudida</w:t>
+                <w:t xml:space="preserve">Didier D. Micol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId716" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. P. Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Herrera-Mendez</w:t>
+                <w:t xml:space="preserve">K. Nuernberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59. International Congress of Meat Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Izmir, Turkey</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2013, Nantes, France. 660 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId716" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749523v1</w:t>
+            <w:hyperlink r:id="rId715" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between overall liking score and sensory meat attributes in different types of beef cattlee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.I. Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59. International Congress of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Izmir, Turkey</w:t>
@@ -26139,103 +26139,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarkers of beef tenderness in young bulls from three breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59. International Congress of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Izmir, Turkey</w:t>
@@ -26296,51 +26296,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward meat industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ferragina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26447,90 +26447,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications of proteomics in meat research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wesley Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surendranath Suman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Meat Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.513-527, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
@@ -26577,90 +26577,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinformatics: In-depth analyses of omics data in the field of muscle biology and meat biochemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Kiyimba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surendranath Suman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gretchen Mafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjith Ramanathan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Meat Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.528-539, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
@@ -26694,51 +26694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics advances in beef production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -26785,64 +26785,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId737" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meat alternatives: A proofed commodity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Boukid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Sources and Applications of Alternative Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 101, Elsevier, pp.213-236, 2022, Advances in Food and Nutrition Research, </w:t>
             </w:r>
             <w:hyperlink r:id="rId738" w:history="1">
               <w:r>
                 <w:rPr>
@@ -26876,64 +26876,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics to explain and predict meat quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Aspects of Meat Quality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.393 - 431, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
@@ -26961,321 +26961,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03891871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed Electric Fields in Sustainable Food</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Enzymes recovery by three phase partitioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Production Technology in Food</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-821233-2.00002-2⟩</w:t>
+              <w:t xml:space="preserve">Three Phase Partitioning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, pp.79-110, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId742" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-824418-0.00015-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180324v1</w:t>
+                <w:t xml:space="preserve">hal-04180322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId744" w:history="1">
+            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymes recovery by three phase partitioning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Pulsed Electric Fields in Sustainable Food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Pateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubén Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Tomasevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId744" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Eduardo Sichetti Munekata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Three Phase Partitioning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier, pp.79-110, 2021, </w:t>
+              <w:t xml:space="preserve">Sustainable Production Technology in Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, pp.125-144, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-824418-0.00015-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-821233-2.00002-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId744" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180322v1</w:t>
+            <w:hyperlink r:id="rId743" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new food and pharmaceutical products: Nutraceuticals and food additives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo E.S. Munekata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian Pateiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubén Dominguéz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture and By-Products: Challenges and Opportunities in the Use of Alternative Protein Sources and Bioactive Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 92, Elsevier, pp.53-96, 2020, Advances in Food and Nutrition Research, </w:t>
@@ -27326,77 +27326,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exotic Meats: An Alternative Food Source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubén Domínguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian Pateiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo E. S. Munekata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco J. Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -27460,51 +27460,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aqueous methods for extraction/recovery of macromolecules from microorganisms of atypical environments: A focus on three phase partitioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology of Atypical Environments, Volume 45</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 45, </w:t>
             </w:r>
             <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
@@ -27551,64 +27551,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId758" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene and protein expression as a tool to explain/predict meat (and fish) quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hollung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -27668,64 +27668,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic investigations of beef tenderness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteomics in Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
@@ -27830,51 +27830,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId767" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Schlegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Tretola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -27942,103 +27942,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets du génotype (croisés Duroc vs. Piétrain) et de la stratégie alimentaire (origine et nature des ressources protéiques) sur l’empreinte environnementale de la production porcine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Malnoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Journées Recherche Porcine (JRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2026, Saint-Malo, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
@@ -28070,424 +28070,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A proteomics characterization of the effects of growth-promoting technologies on muscle metabolism and carcass traits in Angus Steers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peer community in animal science: a free open science publication model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Alexandre Reis</w:t>
+                <w:t xml:space="preserve">K.B. Barragán-Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashley Schilling-Hazlett</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Willian Souza</w:t>
+                <w:t xml:space="preserve">R. Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marion Lautrou; Sylvain Lerch. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 ASAS-CSAS Annual Meeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jas/skaf300.604⟩</w:t>
+              <w:t xml:space="preserve">11. Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Engelberg, Switzerland. Animal - Science proceedings, 16 (3), pp.466-467, 2025, Proceedings of the 11th Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId775" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.07.297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05302616v1</w:t>
+                <w:t xml:space="preserve">hal-05244515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId779" w:history="1">
+            <w:hyperlink r:id="rId776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Pre-slaughter Stress on the Bovine Longissimus Thoracis et lumborum and the Semitendinosus muscle proteomes: A comparative study on cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sudipta Hazra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth M. Hamill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId780" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Kerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British society of animal science conference (BSAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Galway, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId779" w:history="1">
+            <w:hyperlink r:id="rId776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId781" w:history="1">
+            <w:hyperlink r:id="rId778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peer community in animal science: a free open science publication model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+                <w:t xml:space="preserve">A proteomics characterization of the effects of growth-promoting technologies on muscle metabolism and carcass traits in Angus Steers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId779" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Alexandre Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId780" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashley Schilling-Hazlett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId781" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edilane Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.B. Barragán-Fonseca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
+                <w:t xml:space="preserve">Erin Burke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Gervais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Gondret</w:t>
+                <w:t xml:space="preserve">Willian Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Engelberg, Switzerland. Animal - Science proceedings, 16 (3), pp.466-467, 2025, Proceedings of the 11th Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025). </w:t>
+              <w:t xml:space="preserve">2025 ASAS-CSAS Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Hollywood, Florida, United States. Journal of animal science, 103 (Supplement_3), pp.532-533, 2025, 2025 ASAS Annual Meeting Poster Abstracts. </w:t>
             </w:r>
             <w:hyperlink r:id="rId784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.07.297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jas/skaf300.604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId781" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244515v1</w:t>
+            <w:hyperlink r:id="rId778" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05302616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camelina sativa as an emerging sustainable feedstuff for broiler quails (Coturnix japonica): In-depth exploration of the impacts on early postmortem muscle using shotgun proteomics and bioinformatics</w:t>
               </w:r>
@@ -28499,64 +28499,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cullere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alessandroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Foz do Iguaçu, Brazil. </w:t>
             </w:r>
             <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
@@ -28588,484 +28588,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A second look into the underlying biochemical mechanisms of electrically stimulated carcasses as revealed by proteomics: results of an integrative analysis on cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Text-mining assessment of hot boning applications in meat research and associated processing technologies: Analysis of current knowledge and research trends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId790" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sasa Novakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth M. Hamill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yimin Zhang</w:t>
+            <w:hyperlink r:id="rId791" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Duffy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId792" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eoghan Mcdermott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. International Congress of Meat Science and Technology (Icomst)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Foz do Iguaçu, Brazil. </w:t>
             </w:r>
             <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Funpec Editora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.197-198, 2024, 70th International Congress of Meat Science and Technology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692173v1</w:t>
+                <w:t xml:space="preserve">hal-04692251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId790" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R and Bioconductor-based Workflow for Downstream Analysis of LFQ Meat Proteomics Data: Enhancing Reproducibility in Meat Proteomics Research</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A second look into the underlying biochemical mechanisms of electrically stimulated carcasses as revealed by proteomics: results of an integrative analysis on cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId791" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Picard</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welder Baldassini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hopkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yimin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual institute of bioinformatics and evolution (Vibe) &amp; Irish computational biology and genomics symposium (ICBG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Gallway, Ireland</w:t>
+              <w:t xml:space="preserve">70. International Congress of Meat Science and Technology (Icomst)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Foz do Iguaçu, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId788" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Funpec Editora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.197-198, 2024, 70th International Congress of Meat Science and Technology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId790" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795654v1</w:t>
+            <w:hyperlink r:id="rId793" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId792" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text-mining assessment of hot boning applications in meat research and associated processing technologies: Analysis of current knowledge and research trends</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">R and Bioconductor-based Workflow for Downstream Analysis of LFQ Meat Proteomics Data: Enhancing Reproducibility in Meat Proteomics Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sudipta Hazra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId794" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId795" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eoghan Mcdermott</w:t>
+                <w:t xml:space="preserve">Kerry Joe P.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70. International Congress of Meat Science and Technology (Icomst)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.197-198, 2024, 70th International Congress of Meat Science and Technology</w:t>
+              <w:t xml:space="preserve">Virtual institute of bioinformatics and evolution (Vibe) &amp; Irish computational biology and genomics symposium (ICBG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Gallway, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId792" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692251v1</w:t>
+            <w:hyperlink r:id="rId794" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peer Community In Animal Science: A free publication model for transparent and open science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29123,247 +29123,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03872402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of horn status on the muscle proteome of cattle. 35th French Society of Electrophoresis and Proteomic Analysis (SFEAP) congress</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Effect of rearing practices on the abundance of protein biomarkers of tenderness and intramuscular fat content in the French Rouge des Prés cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique (SFEAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Albi, France. 2018</w:t>
+              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734217v1</w:t>
+                <w:t xml:space="preserve">hal-02734240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId801" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of rearing practices on the abundance of protein biomarkers of tenderness and intramuscular fat content in the French Rouge des Prés cows</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Effect of horn status on the muscle proteome of cattle. 35th French Society of Electrophoresis and Proteomic Analysis (SFEAP) congress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId800" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariadna Mato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Maria Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId801" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Silacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+              <w:t xml:space="preserve">35. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique (SFEAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Albi, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId801" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734240v1</w:t>
+            <w:hyperlink r:id="rId799" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A proteomic analysis of skeletal muscle in HspB1 knock-out mouse</w:t>
               </w:r>
@@ -29375,51 +29375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Kammoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29500,77 +29500,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">.Hiba-Ryma Boudechicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Francaise d 'Histotechnologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t>
@@ -29599,103 +29599,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualités sensorielles de la viande et stress oxydant en race angus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Clermont-Ferrand, France. ADIV, Viandes et Produits Carnés, 204 p., 2014, 15èmes Journées Sciences du Muscle et Technologies des Viandes</w:t>
@@ -29737,64 +29737,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction de la tendreté de la viande d’agneau par pénétrométrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Becila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boudjellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Agli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29942,51 +29942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2026, Saint-Malo, France. 58, Ifip, 415 p., 2026, Journées de la Recherche Porcine en France</w:t>
@@ -30054,51 +30054,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -30172,64 +30172,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in OMICs Technologies and Application for Ensuring Meat Quality, Safety and Authenticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohammed Gagaoua et Brigitte Picard. MDPI, 2023, 978-3-0365-5665-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/books978-3-0365-5666-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -30305,90 +30305,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seven steps to enhance open science practices in animal science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birte L Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Tobias Krause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -30446,51 +30446,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs des qualités sensorielles de la viande bovine : compréhension des mécanismes et prédiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Frères Mentouri Constantine, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId823" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -30549,51 +30549,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel de travaux pratiques d’enzymologie générale et génie enzymatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Gagaoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Enzymologie générale et génie enzymatique, Algérie. 2016, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30701,51 +30701,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F9F9B78A"/>
+    <w:nsid w:val="1CCDA87B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30932,51 +30932,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mgagaoua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6913-3379" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/H-3221-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meatsci.2025.109834" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Mohammed-Gagaoua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494387v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongjing Wu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirong Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gagaoua" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2026.118512" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364836v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Zhou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjie Tan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.104350" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05479184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Albenzio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella della Malva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2026.110043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05431424v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2025051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05057234v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364659v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Nazar&#233; Santos Torres" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Artur Loyola Chardulo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welder Angelo Baldassini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Abdallah Curi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Luis Pereira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN25052" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05192006v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiaa Ben Mbarek" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hamill" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Reiche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109922" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081949v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Windisch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Warner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison van Eenennaam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Stanton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfae044" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04865671v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Su" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Fu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine H. Bak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102159" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702523v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Prieto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hopkins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welder Baldassini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Zhang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109663" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283425v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gonz&#225;lez-Blanco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamen Oliv&#225;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Di&#241;eiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Bravo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Sierra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112099" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05431427v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Leila Dib" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hithem Bougherara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Boukhechem" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Moula" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatah Bendali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/blsf2025049014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821220v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandler Stafford" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alruzzi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulaiman Matarneh" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109718" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832467v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara &#193;lvarez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos &#193;lvarez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maria Mullen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen O'Neill" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109729" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100159v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Van Baelen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Smet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109869" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998536v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqin Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Jian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Est&#233;vez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.70148" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04437975v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerine Yasmine Boulahlib" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Aggoun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Arhab" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2024014" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568409v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alessandroni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Sagratini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2024.100757" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309414v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliani Patinho" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylyana Leite Cavalcante" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Salda&#241;a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Behrens" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113778" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04415987v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Franco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjith Ramanathan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2024.105090" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109618" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456512v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Hettiarachchige Udana Eranda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manat Chaijan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilke Uysal-Unalan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Worawan Panpipat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Silotry Naik" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2024.103696" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antonelo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Delgado" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio C.C. Balieiro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109557" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399175v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochms.2024.100194" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683286v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c03651" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04502991v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Das" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramod Kumar Nanda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsc.2024.100910" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Wang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojing Ren" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine H Bak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olugbenga P Soladoye" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2023.115033" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182700v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109315" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093060v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olipriya Biswas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palani Kandasamy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhasish Biswas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Lorenzo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48130/FMR-2023-0005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184535v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annada Das" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisa Lamri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipanwita Bhattacharya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.1.3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180315v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahida Anusha Siddiqui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Alim Bahmid" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayan Mahmud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Boukid" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2036096" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04020965v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Della Malva" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Djenane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a L&#243;pez-Pedrouso" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104868" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04261526v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Sevi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.2.77" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199873v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendranath Suman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Purslow" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109340" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236303v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santanu Nath" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiran Bandyopadhyay" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-023-00483-8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369504v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Feknous" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Ait Saada" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sendous Wadjila Souidi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.3.2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179736v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayssa Scapol" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Ram&#237;rez-Zamudio" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Ladeira" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105316" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875179v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Cittadini" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a V Sarries" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134805" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126195v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Santillo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Di Corcia" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Marino" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.102836" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068768v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Wang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kiyimba" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104893" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232676v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103234" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093048v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wood" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Thorrez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Troy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfac092" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037306v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12061294" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153227v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Zhu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kelly" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104953" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195357v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Natalello" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104997" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093034v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109207" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028254v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismarck Santiago" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ot&#225;vio Machado Neto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Artur Chardulo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Torres" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104871" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180301v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyotishka Kumar Das" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ekhlas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10080322" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885859v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2022.63.2.3" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875726v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Severino" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ribeiro" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Torrecilhas" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012259" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180312v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duffy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Burgess" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamill" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15212/ijafr-2020-0141" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180306v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale de Palo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2022.108925" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180309v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fernando Morales G&#243;mez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nara Regina Brand&#227;o C&#244;nsolo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Silva Antonelo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Beline" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12070640" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180316v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hacene Bererhi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12020162" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180310v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;nia Zanella Pinto" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lden G&#246;ksen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings12050644" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749515v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte L Nielsen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tobias Krause" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgac106" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875529v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11162532" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180314v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christin Baune" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Castellari" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-022-04004-z" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180320v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180318v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11020161" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875479v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leone Rocha" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11203233" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156790v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanima Bhattacharya" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Oz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings11111379" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156202v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Es Munekata" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Pateiro" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lorenzo" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.10.003" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156785v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilija Djekic" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Munekata" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Tomasevic" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.12616" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156214v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjoua Lakhdara" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Botine&#351;tean" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.12.002" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109876v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10010084" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124816v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108311" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156215v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c06485" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156778v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Premanshu Dandapat" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pubali Dhar" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.03.059" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156217v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108423" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510345v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.3.4899" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842695v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torres Sweeney" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10050952" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156784v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khireddine Ghougal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Baghezza" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2021046" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495420v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100008" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156791v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando D&#237;az" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Josefa Garc&#237;a-Espina" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10123115" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156786v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Chentir" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10112633" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156787v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Kadja" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Bouaziz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Espigares" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10111194" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156775v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10020131" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156206v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/854/1/012029" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156781v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benchikh" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sahli" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Alleg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Mohellebi" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0307.12769" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243152v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Viala" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilip Rai" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108488" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156773v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun K Das" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilabja Roy Chowdhury" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020467" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03315957v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108611" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124809v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hughes" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.05.005" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156582v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology9090247" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156576v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Borrajo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangang Zhang" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10072290" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02869638v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c02086" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156574v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Hafid" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James John" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Mansour Sayah" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Becila" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2019.10.048" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156583v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Vargas-Ramella" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E S Munekata" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C B Campagnol" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9101487" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156579v2" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gull&#243;n" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Barba" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gull&#243;n" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.03.039" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622916v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Normand" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruffat" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119003422" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569148v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Sentandreu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Coulis" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108155" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836962v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639192v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9030321" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952056v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9091180" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556426v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10275" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156580v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology9110393" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627755v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108739" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926858v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2020.104209" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629415v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Richardson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2019.06.007" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068376v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8030097" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156568v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Barba" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8100429" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156570v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Berm&#250;dez" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2019.10.002" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048854v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9643" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156573v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chahed" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Agabou" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boussena" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000273" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627558v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Al Jammas" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2019.03.010" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860022v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9301" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048853v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Belkacem" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelazize Franck Bougaham" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Moula&#239;" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2989/00306525.2018.1543214" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629129v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8070274" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818264v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Al-Jammas" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;ric Valais" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4891" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723925v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba-Ryma Boudechicha" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jef.2018.02.004" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824994v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soulat" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.06.011" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925635v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loucif Chemache" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Kehal" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Namoune" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Chaalal" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jef.2018.08.002" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925622v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Sellama" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Boudjellal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950463v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b05744" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722037v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684896v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.070" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860004v2" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.06.039" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727156v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.03.004" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624860v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Chikhoune" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitja Krizman" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Berroua" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaissa Chebbi" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Zeroual" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000222" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154355v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chabi" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588029v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b03239" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156562v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Damjan Pavleca" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Shashkov" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.13163" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578265v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Ziane" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Nait Rabah" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Boucherba" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ait Kaki El-Hadef El-Okki" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2017.04.060" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156559v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bennamoun" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrazed Djekrif" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9727-6" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722033v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Nasri" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Bennaceur" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000199" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156566v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koudougou D&#233;sir&#233; Nanema" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamat Souleymane Souleymane" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-017-2428-z" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417561v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Saracco" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chavent" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47739/2576-1102/1013" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604179v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Le Bec" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Aminot" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b00434" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577104v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bouanane-Darenfed" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cilia Bouiche" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Bouacem" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40643-017-0161-9" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581605v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2017.07.014" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156561v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Bourekoua" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods6010001" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358719v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2090-4967.1000134" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156555v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouel Hoggas" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.01.014" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568770v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Nait-Rabah" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3923/ajft.2016.134.142" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156554v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouanane-Darenfed Amel" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucherba Nawel" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouacem Khelifa" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Manon" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.10.013" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156557v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Zerizer" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Merouane" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazad Bougherara" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18869/IJABBR.2016.275" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639482v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Kammoun" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4020017" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635546v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boudida" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2012.741630" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634400v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan P. Moloney" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2016.07.026" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633628v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aubert" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158644" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638038v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan P Moloney" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2095-3119(16)61340-0" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191442v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Micol" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02615" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156550v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina Rasolofoharitseheno" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisdom Mompi" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bbj/2015/17054" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641553v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.08.022" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637540v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-015-1762-4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156549v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.10.069" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156547v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2014.05.050" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268694v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Legin" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Bettache" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duchiron" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-013-0709-x" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637334v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Smili" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaouda Ider" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156548v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Joseph" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-014-1153-2" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636820v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf501528s" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652573v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2013.05.010" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646139v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/abb.2012.326095" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497272v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290812v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Achou" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oume&#239;ma Touidjini" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Tolba" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/blsf2025049012" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213718v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auberger" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Malnoe" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216521v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05161621v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Hazra" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth M. Hamill" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe P. Kerry" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.04.010" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213340v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Karolak" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213329v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213361v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213395v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Ertbjerg" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Keto" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Linden" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eero Puolanne" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213720v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04554999v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216466v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691241v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703876v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Lhuisset" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04772763v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132114v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185878v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185899v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo F. Delgado" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183433v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185838v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Priolo" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185886v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185761v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193295v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157072v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185905v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185843v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185806v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Alvarez" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alvarez" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552688v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185829v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132120v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251596v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Galli" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04138498v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hess" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skac247.158" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216910v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174793v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kerry" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216917v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251603v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575525v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790426v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736696v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe De Francesco" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bosch" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734375v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786849v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734238v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737656v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/ZENODO.1482525" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734371v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738212v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733759v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Jammas" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-860-5" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785891v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couvreur" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Bec" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aminot" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606895v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becila" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Boudida" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hafid" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boudchicha" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46601-9_7" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607294v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3921/978-90-8686-860-5" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788769v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Dunoyer-Fredot" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603385v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739066v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Boudechicha" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sellama" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boudjellal" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-834-6_92" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743103v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Sentandreu" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743708v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744102v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742906v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743018v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744990v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Moloney" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nuernberg" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749523v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrera-Mendez" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750204v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Richardson" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750415v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568413v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ferragina" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Mishra" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kavanagh" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Hibbett" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780443155161/food-industry-4-0" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15516-1.00013-X" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880466v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Schilling" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Zhang" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85125-1.00123-X" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03916160v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Mafi" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85125-1.00105-8" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156194v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90889-4.00008-7" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180321v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.afnr.2022.02.003" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891871v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-323-85879-3.00023-4" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180324v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Eduardo Sichetti Munekata" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821233-2.00002-2" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180322v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-824418-0.00015-1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180325v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E.S. Munekata" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Domingu&#233;z" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.afnr.2019.12.001" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789171v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E. S. Munekata" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Barba" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-05484-7" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05484-7_13" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877529v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0580951718300138" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mim.2018.07.007" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580640v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hollung" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780081005934000138" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100593-4.00013-8" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580641v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780128040072000114" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-804007-2.00011-4" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497320v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Lin" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schlegel" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tretola" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Pinotti" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/texte/2026.php" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497298v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302616v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alexandre Reis" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Schilling-Hazlett" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilane Martins" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Burke" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willian Souza" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf300.604" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874251v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Kerry" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244515v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Barrag&#225;n-Fonseca" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gervais" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.07.297" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692232v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Dalle Zotte" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cullere" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icomst.ie/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692173v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795654v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Joe P." TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692251v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Novakovic" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Duffy" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoghan Mcdermott" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872402v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.470" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734217v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Mato" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Silacci" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734240v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740570v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739969v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loison" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=.Hiba-Ryma Boudechicha" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743911v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743365v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agli" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/279679.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497611v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05087031v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03951791v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-0365-5666-6" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544902v2" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02795802v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308312v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mgagaoua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6913-3379" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/H-3221-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meatsci.2025.109834" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Mohammed-Gagaoua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364836v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Zhou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjie Tan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gagaoua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.104350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494387v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongjing Wu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirong Huang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Zhang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2026.118512" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05479184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Albenzio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella della Malva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2026.110043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04865671v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Su" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Fu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine H. Bak" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102159" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702523v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Prieto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hopkins" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welder Baldassini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Zhang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109663" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Windisch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Warner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison van Eenennaam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Stanton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfae044" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05057234v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109834" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05431424v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2025051" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05364659v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Nazar&#233; Santos Torres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Artur Loyola Chardulo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welder Angelo Baldassini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Abdallah Curi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Luis Pereira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN25052" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05192006v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiaa Ben Mbarek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hamill" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Reiche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109922" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283425v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gonz&#225;lez-Blanco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamen Oliv&#225;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Di&#241;eiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Bravo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Sierra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112099" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832467v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara &#193;lvarez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos &#193;lvarez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maria Mullen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen O'Neill" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109729" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04821220v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandler Stafford" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alruzzi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulaiman Matarneh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109718" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05431427v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Leila Dib" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hithem Bougherara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Boukhechem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Moula" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatah Bendali" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/blsf2025049014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100159v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Van Baelen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Smet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2025.109869" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998536v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqin Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Jian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Est&#233;vez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.70148" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309414v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliani Patinho" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylyana Leite Cavalcante" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Salda&#241;a" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Behrens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113778" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568409v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alessandroni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Sagratini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2024.100757" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04415987v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Franco" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjith Ramanathan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2024.105090" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04437975v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerine Yasmine Boulahlib" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Aggoun" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Arhab" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2024014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109618" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456512v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Hettiarachchige Udana Eranda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manat Chaijan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilke Uysal-Unalan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Worawan Panpipat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Silotry Naik" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2024.103696" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antonelo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Delgado" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio C.C. Balieiro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2024.109557" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399175v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochms.2024.100194" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683286v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c03651" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04502991v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Das" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramod Kumar Nanda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsc.2024.100910" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875179v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a L&#243;pez-Pedrouso" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Lorenzo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Cittadini" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a V Sarries" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134805" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179736v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayssa Scapol" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Ram&#237;rez-Zamudio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Ladeira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105316" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236303v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipanwita Bhattacharya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annada Das" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santanu Nath" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiran Bandyopadhyay" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-023-00483-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04261526v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Della Malva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Sevi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.2.77" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04020965v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisa Lamri" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Djenane" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104868" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369504v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Feknous" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Ait Saada" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sendous Wadjila Souidi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.3.2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendranath Suman" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Purslow" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109340" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184535v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2023.64.1.3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180315v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahida Anusha Siddiqui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Alim Bahmid" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayan Mahmud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Boukid" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2036096" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093060v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olipriya Biswas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palani Kandasamy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhasish Biswas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48130/FMR-2023-0005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182700v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109315" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143637v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Wang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojing Ren" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine H Bak" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olugbenga P Soladoye" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2023.115033" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126195v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Santillo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Di Corcia" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Marino" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.102836" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068768v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Wang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kiyimba" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104893" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093048v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wood" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Thorrez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Troy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfac092" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232676v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103234" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037306v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12061294" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153227v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Zhu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kelly" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104953" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195357v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Natalello" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104997" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093034v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2023.109207" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028254v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismarck Santiago" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ot&#225;vio Machado Neto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Artur Chardulo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Torres" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104871" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749515v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte L Nielsen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tobias Krause" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgac106" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180316v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hacene Bererhi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12020162" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180310v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;nia Zanella Pinto" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lden G&#246;ksen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings12050644" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180312v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duffy" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Burgess" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamill" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15212/ijafr-2020-0141" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180309v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fernando Morales G&#243;mez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nara Regina Brand&#227;o C&#244;nsolo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Silva Antonelo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Beline" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12070640" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180306v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale de Palo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2022.108925" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885859v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18485/meattech.2022.63.2.3" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875726v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Severino" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ribeiro" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Torrecilhas" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012259" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180301v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyotishka Kumar Das" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ekhlas" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10080322" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875529v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11162532" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180314v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christin Baune" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Castellari" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-022-04004-z" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180320v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180318v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11020161" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875479v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leone Rocha" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11203233" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156784v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khireddine Ghougal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjoua Lakhdara" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Baghezza" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/agrfood.2021046" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510345v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.3.4899" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842695v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torres Sweeney" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10050952" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124816v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108311" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156215v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c06485" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156778v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Premanshu Dandapat" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pubali Dhar" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.03.059" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156217v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108423" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156785v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilija Djekic" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lorenzo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Munekata" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Tomasevic" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.12616" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109876v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10010084" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156202v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Es Munekata" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Pateiro" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.10.003" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156214v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Botine&#351;tean" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.12.002" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156790v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanima Bhattacharya" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Oz" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings11111379" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495420v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100008" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156786v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Chentir" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10112633" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156791v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando D&#237;az" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Josefa Garc&#237;a-Espina" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10123115" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156787v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Kadja" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Bouaziz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Espigares" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10111194" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156775v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10020131" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156781v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benchikh" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sahli" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Alleg" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Mohellebi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0307.12769" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156206v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/854/1/012029" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243152v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Viala" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilip Rai" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108488" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03315957v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2021.108611" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156773v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun K Das" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilabja Roy Chowdhury" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020467" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156579v2" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gull&#243;n" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Barba" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gull&#243;n" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangang Zhang" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.03.039" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156583v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Vargas-Ramella" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E S Munekata" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C B Campagnol" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9101487" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156574v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Hafid" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James John" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Mansour Sayah" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Becila" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2019.10.048" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02869638v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c02086" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156582v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology9090247" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156576v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Borrajo" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10072290" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124809v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hughes" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.05.005" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569148v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Sentandreu" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Coulis" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2020.108155" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622916v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Normand" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruffat" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119003422" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836962v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556426v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10275" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156580v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology9110393" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639192v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9030321" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952056v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9091180" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627755v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108739" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926858v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2020.104209" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048854v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9643" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156573v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chahed" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Agabou" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boussena" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000273" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156570v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Berm&#250;dez" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2019.10.002" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156568v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Barba" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8100429" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068376v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8030097" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629415v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Richardson" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2019.06.007" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627558v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Al Jammas" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2019.03.010" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629129v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods8070274" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048853v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Belkacem" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelazize Franck Bougaham" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Moula&#239;" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2989/00306525.2018.1543214" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860022v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9301" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925622v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba-Ryma Boudechicha" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Sellama" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Boudjellal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925635v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loucif Chemache" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Kehal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Namoune" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Chaalal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jef.2018.08.002" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824994v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soulat" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.06.011" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723925v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jef.2018.02.004" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818264v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Al-Jammas" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;ric Valais" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4891" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950463v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b05744" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722037v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684896v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.070" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727156v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.03.004" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860004v2" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.06.039" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624860v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Chikhoune" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitja Krizman" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Berroua" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaissa Chebbi" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Zeroual" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000222" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154355v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chabi" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156559v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ait Kaki El-Hadef El-Okki" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bennamoun" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrazed Djekrif" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9727-6" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578265v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Ziane" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Nait Rabah" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Boucherba" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2017.04.060" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156562v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Damjan Pavleca" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Shashkov" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.13163" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588029v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b03239" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417561v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Saracco" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chavent" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47739/2576-1102/1013" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156566v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koudougou D&#233;sir&#233; Nanema" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamat Souleymane Souleymane" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-017-2428-z" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604179v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Le Bec" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Aminot" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b00434" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722033v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Nasri" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Bennaceur" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/IFNM.1000199" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577104v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bouanane-Darenfed" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cilia Bouiche" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Bouacem" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40643-017-0161-9" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156561v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Bourekoua" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods6010001" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581605v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2017.07.014" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568770v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Nait-Rabah" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3923/ajft.2016.134.142" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156554v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouanane-Darenfed Amel" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucherba Nawel" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouacem Khelifa" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Manon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.10.013" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156555v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouel Hoggas" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.01.014" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358719v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2090-4967.1000134" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156557v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Zerizer" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Merouane" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazad Bougherara" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18869/IJABBR.2016.275" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639482v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Kammoun" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4020017" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634400v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan P. Moloney" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2016.07.026" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635546v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boudida" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2012.741630" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633628v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aubert" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158644" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638038v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan P Moloney" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2095-3119(16)61340-0" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641553v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.08.022" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156550v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina Rasolofoharitseheno" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisdom Mompi" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bbj/2015/17054" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191442v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Micol" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02615" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637540v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-015-1762-4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156549v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.10.069" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268694v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Legin" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Bettache" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duchiron" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-013-0709-x" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156548v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Joseph" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-014-1153-2" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637334v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Smili" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaouda Ider" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156547v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2014.05.050" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636820v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf501528s" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652573v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2013.05.010" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646139v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/abb.2012.326095" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497272v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213340v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Karolak" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213718v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auberger" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Malnoe" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216521v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05161621v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Hazra" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth M. Hamill" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe P. Kerry" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.04.010" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290812v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Achou" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oume&#239;ma Touidjini" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Tolba" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/blsf2025049012" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213329v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213361v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213395v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Ertbjerg" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Keto" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Linden" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eero Puolanne" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216466v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04554999v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213720v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691241v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703876v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Lhuisset" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04772763v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157072v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185886v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185761v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193295v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185838v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Priolo" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183433v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185899v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo F. Delgado" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185878v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132114v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185843v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185905v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185806v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Alvarez" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alvarez" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552688v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132120v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185829v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251596v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Galli" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04138498v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hess" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skac247.158" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216910v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174793v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kerry" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216917v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251603v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575525v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790426v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786849v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736696v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe De Francesco" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bosch" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734375v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737656v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/ZENODO.1482525" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734238v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734371v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738212v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733759v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Jammas" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-860-5" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785891v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couvreur" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Bec" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aminot" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607294v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3921/978-90-8686-860-5" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606895v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becila" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Boudida" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hafid" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boudchicha" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46601-9_7" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788769v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Dunoyer-Fredot" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603385v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739066v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Boudechicha" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sellama" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boudjellal" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-834-6_92" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743708v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743103v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Sentandreu" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744102v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742906v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743018v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749523v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrera-Mendez" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744990v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Moloney" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nuernberg" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750204v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Richardson" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750415v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568413v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ferragina" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Mishra" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kavanagh" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Hibbett" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780443155161/food-industry-4-0" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15516-1.00013-X" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880466v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Schilling" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Zhang" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85125-1.00123-X" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03916160v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Mafi" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85125-1.00105-8" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04156194v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90889-4.00008-7" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180321v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.afnr.2022.02.003" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891871v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-323-85879-3.00023-4" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180322v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-824418-0.00015-1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180324v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Eduardo Sichetti Munekata" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821233-2.00002-2" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180325v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E.S. Munekata" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Domingu&#233;z" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.afnr.2019.12.001" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789171v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E. S. Munekata" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Barba" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-05484-7" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05484-7_13" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877529v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0580951718300138" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mim.2018.07.007" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580640v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hollung" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780081005934000138" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100593-4.00013-8" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580641v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780128040072000114" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-804007-2.00011-4" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497320v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Lin" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schlegel" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tretola" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Pinotti" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/texte/2026.php" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497298v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244515v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Barrag&#225;n-Fonseca" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gervais" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.07.297" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874251v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Kerry" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302616v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alexandre Reis" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Schilling-Hazlett" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilane Martins" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Burke" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willian Souza" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf300.604" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692232v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Dalle Zotte" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cullere" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icomst.ie/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692251v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Novakovic" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Duffy" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoghan Mcdermott" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692173v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795654v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Joe P." TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872402v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.470" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734240v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734217v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Mato" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Silacci" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740570v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739969v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loison" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=.Hiba-Ryma Boudechicha" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743911v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743365v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agli" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/279679.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497611v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05087031v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03951791v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-0365-5666-6" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544902v2" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02795802v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308312v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>