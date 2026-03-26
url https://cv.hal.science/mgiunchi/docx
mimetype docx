--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -409,364 +409,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Work-Family Boundaries in the Digital Age: A Study in France on Technological Intrusion, Work-Family Conflict, and Stress</w:t>
+                <w:t xml:space="preserve">Réussir le télétravail : le rôle du leadership et la relation avec l’épuisement professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sara Petrilli</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Dolce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Vonthron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicina Del Lavoro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 114 (4), pp.e2023039</w:t>
+              <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Pour une approche psycho-socio-organisationnelle du management, 30 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194084v1</w:t>
+                <w:t xml:space="preserve">hal-04357892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réussir le télétravail : le rôle du leadership et la relation avec l’épuisement professionnel</w:t>
+                <w:t xml:space="preserve">La relation entre l’usage professionnel des technologies numériques et l’addiction au travail médiatisée par les demandes psychologiques au travail : quelles différences entre les hommes et les femmes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chiara Ghislieri</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-M. Vonthron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître, Pour une approche psycho-socio-organisationnelle du management, 30 (2)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 29 (3), pp.151-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pto.2023.05.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357892v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation entre l’usage professionnel des technologies numériques et l’addiction au travail médiatisée par les demandes psychologiques au travail : quelles différences entre les hommes et les femmes ?</w:t>
+                <w:t xml:space="preserve">Work-Family Boundaries in the Digital Age: A Study in France on Technological Intrusion, Work-Family Conflict, and Stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.-M. Vonthron</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Peña-Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Petrilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medicina Del Lavoro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 114 (4), pp.e2023039</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pto.2023.05.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04240213v1</w:t>
+                <w:t xml:space="preserve">hal-04194084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Might insecurity and use of ICT enhance internet addiction and exhaust people? A study in two European countries during emergency remote working</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Dolce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenico Sanseverino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -869,51 +869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Marques-Quinteiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Vonthron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -986,51 +986,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Vonthron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (3), pp.784. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1090,51 +1090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1306,51 +1306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Personnel Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44 (1), pp.22-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1401,230 +1401,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation entre soutien organisationnel perçu (POS) et technostress : différences entre les hommes et les femmes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreia Lopes</w:t>
+                <w:t xml:space="preserve">The dark side of networking in the digital era and its impact on career satisfaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Peña-Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Luu</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bazine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIème Congrès de l’Association Internationale de Psychologie du Travail de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française (AIPTLF), Jul 2025, Nice, France</w:t>
+              <w:t xml:space="preserve">22nd European Congress of Work &amp; Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Work &amp; Organizational Psychology, May 2025, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090859v1</w:t>
+                <w:t xml:space="preserve">hal-05083806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dark side of networking in the digital era and its impact on career satisfaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Serra</w:t>
+                <w:t xml:space="preserve">La relation entre soutien organisationnel perçu (POS) et technostress : différences entre les hommes et les femmes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreia Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bazine</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Luu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd European Congress of Work &amp; Organizational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Work &amp; Organizational Psychology, May 2025, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">XXIIIème Congrès de l’Association Internationale de Psychologie du Travail de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française (AIPTLF), Jul 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05083806v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05090859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'importance du climat d'apprentissage pour la satisfaction et l'ouverture à la diversité : résultats d'une étude quantitative auprès des étudiants de l'Université Paris Nanterre.</w:t>
               </w:r>
@@ -1768,627 +1768,627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case study sulle nuove forme di lavoro nel New Normal: le sfide del lavoro in presenza e da remoto sul benessere e identità dei lavoratori in una piccola azienda italiana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Il bisogno di appropriazione dello spazio di lavoro: analisi di work engagement e senso del lavoro in un campione di lavoratori francesi in modalità ibrida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Petrilli</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Silvio Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cagliari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262441v1</w:t>
+                <w:t xml:space="preserve">hal-04262403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il bisogno di appropriazione dello spazio di lavoro: analisi di work engagement e senso del lavoro in un campione di lavoratori francesi in modalità ibrida</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les lieux de travail dans la nouvelle normalité: Analyse de l'identité et des processus de construction de sens des travailleurs qui font l'expérience de différentes reconfigurations et modalités de travail dans les organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Petrilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Vonthron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Cagliari, Italy</w:t>
+              <w:t xml:space="preserve">Doctoriales de l’ED 139</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nanterre, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04262403v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lieux de travail dans la nouvelle normalité: Analyse de l'identité et des processus de construction de sens des travailleurs qui font l'expérience de différentes reconfigurations et modalités de travail dans les organisations</w:t>
+                <w:t xml:space="preserve">Luoghi di lavoro nel New Normal: Analisi dei processi identitari e di creazione di significato dei lavoratori che sperimentano diverse riconfigurazioni e modalità di lavoro nelle organizzazioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Petrilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriales de l’ED 139</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Nanterre, Sep 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">XIX Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Cagliari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259128v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luoghi di lavoro nel New Normal: Analisi dei processi identitari e di creazione di significato dei lavoratori che sperimentano diverse riconfigurazioni e modalità di lavoro nelle organizzazioni</w:t>
+                <w:t xml:space="preserve">Case study sulle nuove forme di lavoro nel New Normal: le sfide del lavoro in presenza e da remoto sul benessere e identità dei lavoratori in una piccola azienda italiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Petrilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cagliari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262431v1</w:t>
+                <w:t xml:space="preserve">hal-04262441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epuisement professionnel chez les télétravailleur.se.s en contexte de crise sanitaire : rôle de l’insécurité professionnelle, des exigences organisationnelles et des usages de technologies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Domenico Sanseverino</w:t>
+                <w:t xml:space="preserve">La relation entre l’insécurité de l’emploi, l’épuisement émotionnel et le désengagement au travail expliquée par l’enrichissement et le conflit travail/famille : quelles différences de genre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Dolce</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chiara Ghislieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Vonthron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e congrès international de psychologie du travail (AIPTLF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail en Langue Française, Jul 2021, Paris (Online), France</w:t>
+              <w:t xml:space="preserve">XX1ème Congrès International de Psychologie du Travail de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale de psychologie du travail de langue française (AIPTLF), Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03464915v1</w:t>
+                <w:t xml:space="preserve">hal-04259136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation entre l’insécurité de l’emploi, l’épuisement émotionnel et le désengagement au travail expliquée par l’enrichissement et le conflit travail/famille : quelles différences de genre ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Epuisement professionnel chez les télétravailleur.se.s en contexte de crise sanitaire : rôle de l’insécurité professionnelle, des exigences organisationnelles et des usages de technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wodociag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Ghisleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Sanseverino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Dolce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Vayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XX1ème Congrès International de Psychologie du Travail de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale de psychologie du travail de langue française (AIPTLF), Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">21e congrès international de psychologie du travail (AIPTLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail en Langue Française, Jul 2021, Paris (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259136v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03464915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations of job insecurity perceptions over time and work-related social support: a diary study among Italian precarious teachers</w:t>
               </w:r>
@@ -2469,51 +2469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2545,355 +2545,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technology-assisted supplemental work, work-family interface and gender differences: an Italian study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Insicurezza lavorativa, utilizzo della tecnologia per motivi professionali ed esaurimento lavorativo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Emanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the European Association of Work and Organizational Psychology (EAWOP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Caserta, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262529v1</w:t>
+                <w:t xml:space="preserve">hal-04262497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived job insecurity and work engagement in young TAWs: the moderator role of autonomous motivation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianna Giunchi</w:t>
+                <w:t xml:space="preserve">Technology-assisted supplemental work, work-family interface and gender differences: an Italian study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Ghislieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Molino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Cortese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the European Association of Work and Organizational Psychology (EAWOP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04262539v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insicurezza lavorativa, utilizzo della tecnologia per motivi professionali ed esaurimento lavorativo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perceived job insecurity and work engagement in young TAWs: the moderator role of autonomous motivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Giunchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Caserta, Italy</w:t>
+              <w:t xml:space="preserve">Congress of the European Association of Work and Organizational Psychology (EAWOP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262497v1</w:t>
+                <w:t xml:space="preserve">hal-04262539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceived job insecurity and use of technology for work-related reasons during leisure-time: consequences on workers’ well-being</w:t>
               </w:r>
@@ -2905,51 +2905,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the European Association of Work and Organizational Psychology (EAWOP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3000,51 +3000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the European Association of Work and Organizational Psychology (EAWOP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3095,51 +3095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3203,51 +3203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Applied Psychology (ICAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3481,51 +3481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congresso Nazionale della Sezione di Psicologia per le Organizzazioni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Pavia (IT), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3576,51 +3576,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII Conference of European Academy of Occupational Health Psychology (EAOHP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Athens (Greece), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3671,51 +3671,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Emanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3766,51 +3766,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relazione tra insicurezza lavorativa ed esaurimento-vigore: differenze di genere in un campione di lavoratori interinali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghisleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4005,51 +4005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Giunchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Chambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ghisleri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Escrytos. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trabalhadores de agencia em Portugal: motivos e experiencias.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
@@ -4324,51 +4324,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59137374"/>
+    <w:nsid w:val="1775DCB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4555,51 +4555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mgiunchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4876-6315" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04704862v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Serra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Giunchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pe&#241;a-Jimenez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2024.108456" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Petrilli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Vonthron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1482/114455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194084v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357892v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Dolce" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ghislieri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240213v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Vonthron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2023.05.001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03451848v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Sanseverino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wodociag" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2021.107010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240216v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marques-Quinteiro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-12-2019-0283" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240223v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030784" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02885003v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Emanuel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Chambel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02906316v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Emanuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Chambel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ghislieri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02884988v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090859v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Lopes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Luu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05083806v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557139v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557150v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnoux-Nicolas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262441v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ripamonti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262403v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259128v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Giunchi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262431v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03464915v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ghisleri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vayre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262484v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262468v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Molino" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Colombo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Cortese" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262539v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262497v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262512v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262545v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262570v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262357v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262340v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262554v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04240515v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Pereira Lopez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04240532v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262613v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262619v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mgiunchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4876-6315" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04704862v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Serra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Giunchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pe&#241;a-Jimenez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2024.108456" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Petrilli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Vonthron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1482/114455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357892v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Dolce" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ghislieri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240213v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Vonthron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2023.05.001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194084v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03451848v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Sanseverino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wodociag" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2021.107010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240216v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marques-Quinteiro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-12-2019-0283" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240223v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030784" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02885003v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Emanuel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Chambel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02906316v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Emanuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Chambel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ghislieri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02884988v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05083806v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090859v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Lopes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Luu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557139v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557150v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnoux-Nicolas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262403v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259128v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Giunchi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ripamonti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262431v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262441v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259136v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03464915v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ghisleri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vayre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262484v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262468v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262497v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262529v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Molino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Colombo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Cortese" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262539v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262512v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262545v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262570v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04259158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262357v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262340v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262554v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04262327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04240515v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Pereira Lopez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04240532v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262613v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262619v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>