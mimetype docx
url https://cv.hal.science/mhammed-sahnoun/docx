--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.79141104294px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> M'Hammed Sahnoun </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing decision-making in Industry 5.0 through adaptive human–machine interfaces: A systematic literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi-Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Standards and Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 96, pp.104091. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csi.2025.104091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy savings and coverage optimization in edge WiFi sensor deployment for buildings: A multi-objective evolutionary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 141 (3), pp.108096. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eneco.2024.108096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent system simulation of job shop scheduling with human consideration: A comparative analysis of AGVs and AIVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 139, pp.103060. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpat.2024.103060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid approach using ant colony optimisation for integrated scheduling of production and transportation tasks within flexible manufacturing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180, pp.107059. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2025.107059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Cooperative Vehicle Routing in Multi-Depot Collection Systems for Circular Economy: Model Development and Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 486, pp.144417. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.144417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Game Theory Approach for Optimizing Job Shop Scheduling Problems with Transportation in Common Shared Human-Robot Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2025.111366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05166930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging digital twin and dynamic scheduling for enhanced human–robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.109823. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2025.109823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies and strategies for optimizing the potato supply chain: A systematic literature review and some ideas for application in the algerian context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 234, pp.110171. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating uncertain human behavior in production scheduling for enhanced productivity in Industry 5.0 context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274, pp.109311. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2024.109311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Deployment of Fog-Based Solution for Connected Devices in Smart Factory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (4), pp.5137-5146. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2023.3330336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi objective optimization of human-robot collaboration: A case study in aerospace assembly line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.106874. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2024.106874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis using deep neural networks for industrial alarm sequence clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (3), pp.220. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-024-06161-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent system simulation based approach for collision avoidance in integrated Job-Shop Scheduling Problem with transportation tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68, pp.209-226. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2023.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Deployment of Fog-Based Solution for Connected Devices in Smart Factory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2023.3330336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulated multi-objective model for flexible job shop transportation scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 311 (2), pp.899-920. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-020-03600-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User behaviour-based approach to define mobility devices needs of disabled person in Algeria: a questionnaire study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.453-461. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2020.1791263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fog-supported Low-latency Monitoring of System Disruptions in Industry 4.0: A Federated Learning Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Cyber-Physical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (2), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3477272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-period optimal schedule of a multi-product pipeline: A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 159, pp.107483. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2021.107483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data architecture and model design for Industry 4.0 components integration in cyber-physical production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 235 (14), pp.2338-2349. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954405420979463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular mobile manipulators coalition formation through distributed transportation tasks allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 235 (14), pp.2262-2272. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954405420961225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent based simulation-optimization of maintenance routing in offshore wind farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adjoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sm. Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 157, pp.107342. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2021.107342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et simulation multi-agent des systèmes cyber-physiques industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Systémique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable capacitated facility location/network design problem: a Non-dominated Sorting Genetic Algorithm based multiobjective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 311 (2), pp.821-852. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-020-03659-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation and optimization of robotic tasks for UV treatment of diseases in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.27. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12351-019-00541-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02495564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-component modeling and classification for failure propagation of an offshore wind turbine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Energy Sector Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (2), pp.397-420. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJESM-10-2019-0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of operation and maintenance strategy for offshore wind farms based on multi-agent system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-015-1171-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective WSN Deployment Using Genetic Algorithms Under Cost, Coverage, and Connectivity Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkhalak El-Hami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94 (4), pp.2739-2768. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-017-3974-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of spare parts remanufacturing on the operation and maintenance performance of offshore wind turbines: a multi-agent approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Boudhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (7), pp.1531-1549. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-015-1154-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLM adoption in SMEs context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Mahdikhah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer-Aided Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (5), pp.618-627. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16864360.2016.1150706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based optimization of sampling plans to reduce inspections while mastering the risk exposure in semiconductor manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-014-0956-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality control planning to prevent excessive scrap production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel-Jean Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 33 (3), pp.400-411. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2014.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Job Shop Models for Solving Scheduling and Layout Problems Using Coloured Petri Nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMM-Daily</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 598, pp.638-642. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.598.638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of the process control in a semiconductor company: model and case study of defectivity sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 49 (No. 13), pp.3873-3890. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2010.484429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the process control in a semiconductor company. Model and case study of defectivity sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialetelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2010.484429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00606287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisted Control Mode for a Smart Wheelchair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Advancement of modeling and simulation techniques in entreprises (AMSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.158-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (95)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Humanoid collaboration in manufacturing: opportunities and challenges in the context of industry 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Belghoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 52nd International Conference on. Computers and Industrial Engineering (CIE52)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Oct 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Waste Treatment Center Locations: A Mathematical Modeling and Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th SIMULATION WORKSHOP (SW25)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Exeter (England), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Maintenance, Production Planning, and Quality Control in Lithium-ion Battery Manufacturing Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Abdelghani Chabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Hafsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Individuals to Teams: A Conceptual Model for Group Behavior Integration in Industry 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Hebbadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Battaia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2025:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jun 2025, Trondheim, Norway. pp.993-998, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netlogopy: Unlocking Advanced Simulation and Integration for NetLogo Using Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Workshop 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Exeter, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36819/SW25.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982069v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective resolution of hub location problem with hop-constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Azzoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latéfa Ghomri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement d’atelier de production flexible sous incertitude du comportement humain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le congrès annuel de la SAGIP est une manifestation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Villeurbanne (Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627782v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Web-Based Application for Optimizing Multi-Product Pipeline Scheduling in the Oil Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlecem, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-centered production scheduling in a flexible and robotic manufacturing workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheir Eddine Zerrou Betchim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global approach based on k-means clustering principle for optimal smartphones and laptops batteries waste collection in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djellouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlamcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the Potato Supply Chain in Western Algeria: An Optimization Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Tlemcen, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Simulation of Worker Profiles in Production Systems Based on Punctuality, Fatigue, and Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Technology Management, Operations and Decisions (ICTMOD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sharjah, United Arab Emirates. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTMOD63116.2024.10878184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning for Predicting Personality Traits from Eye Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meftah Salima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahnoun M'Hammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Annaba, Sep 2023, Annaba, Algeria. pp.126-130, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hub Location Problems: Classification and Bibliometric Analysis of Relevant Works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Azzoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latéfa Ghomri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, Algeria. pp.474-479, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Evaluation and Scheduling for Manual Tasks: A Break Planning Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed NAIT CHABANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderraouf Benali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th International Conference on Computers and Industrial Engineering, CIE 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Computers &amp; Industrial Engineering: An International Journal, Oct 2023, Sharjah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prototype of the Solution with a View to Industrialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Bangkok, Thailand. pp.364-369, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn57228.2023.10050928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of Waste Management Systems in Algeria and Other Countries : a literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, France. pp.164-169, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Resource Allocation in the Flexible Job Shop Problem: Assessing the Impact of Rest Breaks on Task Strenuousness Reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Badji Mokhtar in Annaba, Sep 2023, Annaba, Algeria. pp.320-325, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electric Vehicle Route Simulation: A Preliminary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Saouabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imad Mourtaji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, France. pp.641-645, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable and Flexible Hub Location Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Bangkok, Thailand. pp.544-549, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn57228.2023.10050887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potatoes Supply Chain Challenges and Opportunities in Algeria : A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, Algeria. pp.646-651, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulation of human behavior impact on production throughput</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Latreche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC CONFERENCE ON MANUFACTURING MODELLING, MANAGEMENT AND CONTROL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Atlantique, Jun 2022, Nantes, France. pp.1740-1745, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sim-optimization hybrid approach for scheduling randomly deteriorating treatment tasks in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mhammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2022: Nantes, France, 22-24 June 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.538-543, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Agent Simulation for Flexible Job-Shop Scheduling Problem With Traffic-Aware Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Bekrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented, Holonic and Multi-agent Manufacturing Systems for Industry of the Future (SOHOMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Cluny, France. pp.573-583, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99108-1_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How could SMEs take advantage of the Covid-19 crisis to improve their resilience during energy transition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIN2 022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LAMIH - Université Polytechnique, Jul 2022, Cambrai et valencienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Echelon Location Routing Problem for Bio-Waste Transportation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges facing the implementation of wind energy in Algeria : a review paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benslimane Sidi-Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoudj Reda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Dispatching Rules Performance for a DJSSP: Towards their Application in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scheduling of multi product/multi-pump pipeline distribtion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellaoui Wassila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relvas Susana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souier Mehdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Optimization of Active Human-Robot Collaboration: Case Study of the Aircraft Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hemono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed NAIT CHABANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14 th International Conference on Multiple Objective Programming and Goal Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SKEMA Business School, France, Dec 2021, Online Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitated multiple allocation incomplete hub location problem allowing direct links between non-hub nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Energy-Conscious Dynamic Flexible Job Shop Scheduling: Multi-agent Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Bekrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference On Cyber Management and Engineering, CyMaEn 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting KPIs of Production Systems Using LSTM Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent Simulation to Predict Global Behavior of Population Based on Elementary Local Markovian model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cymaen50288.2021.9497274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Human-Robot Interaction on the Fleet Size of AIV Transporters in FMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancelot Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gonzalez-Romo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost Optimisation for Wheelchair Redesign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent modeling and simulation of wind turbine behavior with failure propagation consideration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 2nd International Workshop on Human-Centric Smart Environments for Health and Well-being (IHSH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Boumerdes, Algeria. pp.97-102, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IHSH51661.2021.9378717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and optimization of the pharmaceutical distribution chain of NIGAPHARM company:A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Yalaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souier Mehdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 50 th Annual Conference of the Operations Research Society of South Africa (ORSSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation and Simulation of Transportation Tasks in Flexible Job Shop with Muti-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lazher Zaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Fog-Based Architecture For Internal Logistics in Industry 4.0 Production Floor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bi-Objective Indirect Optimization of Robotic Transportation Task Assignment Based on Auction Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa Goumeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Electron Devices Technology and Manufacturing Conference (EDTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Penang, Malaysia. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDTM47692.2020.9117862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Scheduling of Robotic Mildew Treatment by UV-c in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th SOHOMA European Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France. pp.496-507, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-69373-2_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Scheduling of Machines and AGVs in Flexible Manufacturing System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gonzalez-Romo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Working Seminar on Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Innsbruch, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement dynamique des tâches robotisées pour le traitement du mildiou par radiation UV-c dans l’horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIRMM, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Scheduling of Robotic Tasks for Treating Mildew by UV-c Radiation in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21 eme congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fog-based Logistic Application Modeling in an Industry 4.0 Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 4th International Conference on Manufacturing Technologies (ICMT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Seattle, United States. pp.012026, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/842/1/012026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human’s New Roles to Ensure Resilience of Industrial Cyber-Physical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Conference on Industrial Cyberphysical Systems (ICPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Tampere, France. pp.453-458, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPS48405.2020.9274775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and Localization-Aware Rescheduling for Flexible Flow Shops in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France. pp.1929-1934, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractal modeling of Cyber physical production system using multi-agent systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Applied Automation and Industrial Diagnostics (ICAAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Elazig, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the scheduling of a multi products pipeline: A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggregate modeling of scheduling multiproduct pipeline system with constrains of multi-pumps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Applied Automation and Industrial Diagnostics (ICAAID 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ziane Achour; Applied Automation and Industrial Diagnostics Laboratory (Djelfa University, Algeria), Sep 2019, Elazığ, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03233476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deployment of Fog Computing Platform for Cyber Physical Production System Based on Docker Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Applied Automation and Industrial Diagnostics (ICAAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Elazig, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Transportation Collaborative Robots Fleet Size in Flexible Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOMMANDATION DE PARCOURS DE VISITEURS DANS LES SITES HISTORIQUES BASÉE SUR LE Q-LEARNING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XTERM2019 : SYSTÈMES COMPLEXES, INTELLIGENCE TERRITORIALE ET MOBILITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE HAVRE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandation de contenus dans les Site Culturels et Patrimoniaux (SCP) avec prise en compte des contraintes spatiotemporelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la ROADEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task allocation based on shared resource constraint for multi-robot systems in manufacturing industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lazher Zaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9th IFAC conference MIM 2019 on manufacturing Modeling, Management and Control, Aug 2019, Berlin (DE), Germany. pp.2020-2025, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la planification des tâches de traitement robotisé des horticultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benatia Mohamed Amin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packaged Bio-Waste Management Simulation Model Application: Normandy Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for data management, visualisation and supervision of Cyber-Physical Production Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Manufacturing Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Belfast (Northern Ireland), Ireland. pp.81 - 86, </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ATDE190015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04095737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un processus décisionnel basé sur la localisation de ressources pour la planification dynamique des tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XTERM2019 : SYSTÈMES COMPLEXES, INTELLIGENCE TERRITORIALE ET MOBILITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE HAVRE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMISATION DE LA TAILLE DE FLOTTE DE ROBOTS DANS UN ATELIER FLEXIBLE: APPROCHE PAR SIMULATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xterm Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind Turbine Components Classification based on Failure Causes for Proactive Maintenance Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Predicting System Disruption in Industry 4.0: Machine Learning-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 10th International Conference on Ambient Systems, Networks and Technologies (ANT 2019) / The 2nd International Conference on Emerging Data and Industry 4.0 (EDI40 2019) / Affiliated Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Leuven, Belgium. pp.667-674, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2019.04.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular Mobile Manipulators Task Allocation Auction-based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa Goumeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17 th International Conference in Manufacturing Research ICMR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Belfast, United Kingdom. pp.99-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain-Computer Interface-based autonomous communicating robot for disability assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Zammouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufian Zerouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Third International Conference on Intelligent Systems and Computer Vision (ISCV 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Fez (Maroc), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UV-Robot supervision system design and development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chawki El Zant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Problem: Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2018 International Conference of the African Federation of Operational Research Societies (AFROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges Facing the Industrial Implementation of Fog Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Sghaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 6th International Conference on Future Internet of Things and Cloud (FiCloud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Barcelona, Spain. pp.341-348, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FiCloud.2018.00056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTEROPERABILITE DES SYSTEMES DE PRODUCTION ROBOTISES FLEXIBLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalb Eddine Chelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Goumeye Souleymane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Conception de Produits et Innovation de L'ENSAM, Jul 2018, BUDAPEST, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure causes Based Wind Turbine Components Classification and Failure Propagation: For proactive maintenance implementatio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 International Conference on Wind Energy and Applications in Algeria (ICWEAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Algiers, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWEAA.2018.8605082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Robotized Tasks for the UV-C Treatment of Diseases in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2018 International Conference of the African Federation of Operational Research Societies (AFROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SUPERVISION D'UN SYSTEME DE PRODUCTION CONSTITUE DE ROBOTS COLLABORATIFS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Goumeye Souleymane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">confere 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, seville, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain waves-based index for workload estimation and mental effort engagement recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zammouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chraa-Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ait Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on New Computational Methods for Inverse Problems 12 May 2017, Paris-Saclay, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France. pp.012008, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/904/1/012008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi robot path planning approach for dynamic environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Trimoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine El Zaher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Viazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-792-4-275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et optimisation de la tournée des véhicules pour la collecte de biodéchets conditionnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Constant-Meney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Sevilla (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation Des Biodéchets Conditionnes : Programmation Linéaire Pour L’optimisation Des Flux De Matière Organique Hygiénisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vencent Constant-Meney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Sevilla (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Transportation Problem: Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Multiple Objective Programming and Goal Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Problem: Simulation Approach (MOPGP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 12TH INTERNATIONAL CONFERENCE ON MULTIPLE OBJECTIVE PROGRAMMING AND GOAL PROGRAMMING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Application of Distributed Simulation for Hybrid Modeling of Offshore Wind Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGSIM-PADS '15: SIGSIM Principles of Advanced Discrete Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London United Kingdom, United Kingdom. pp.171-172, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2769458.2769492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating execution strategies for hybrid models developed using multiple M&S methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANSS '15: Proceedings of the 48th Annual Simulation Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, San diago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meta-heuristique hybride pour l'optimisation du déploiement de Réseaux de Capteurs Sans Fil (RCSF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benatia Mohamed Amin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 eme congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of production in flexible manufacturing systems:petri net modelling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Conférence Internationale : Conception et Production Intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure analysis of onshore wind farms based on experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid Bagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information &amp; Communication Technologies'2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EL MOUSSATI Ali, May 2015, Saidia, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the routing flexibility of a manufacturing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Conférence Internationale : Conception et Production Intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODÉLISATION D'UN PLAN DE MAINTENANCE BASÉ SUR LES SYSTÈMES MULTI-AGENTS POUR LES ÉOLIENNES OFFSHORE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELLING OF MAINTENANCE STRATEGY OF OFFSHORE WIND FARMS BASED MULTI-AGENT-SYSTEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belhacène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">computer and industrial engineering congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Istambul, Turkey, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Sink node Deployment in WSN Using Genetic Algorithms through Coverage and Cost Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internation Conference on Metaheuristics and Nature Inspired Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Marrakech (MA), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart sampling for risk reduction and delay optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE International Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, vancouver, Canada. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux Bayésiens pour la classification des causes de défaillances : Application aux systèmes à événements discrets complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Farouk Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Francophones sur les Réseaux Bayésiens (JFRB'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Îles Kerkennah,, Tunisie. papier N°2-03, pp 37 - 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making based on the EHF integration in a complex semiconductor manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Farouk Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hubac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Advanced Process Control and Manufacturing Conference (APCM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, MINATEC Grenoble,, France. N°306, pp 205 - 210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Return On Inspection Trough Defectivity Smart Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Semiconductor Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Tokyo, Japan. pp.978-4-9904138-3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Sampling on W@R and Metrology Time delay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Mili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intel European Research &amp; Innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, dublin, Ireland. pp.273-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Wafer-At-Risk from Theory to Real Life Demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing Challenges in European Semiconductor Fabs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rousset, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisted Control Mode for a Smart Wheelchair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE 10th International Conference on Rehabilitation Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Noordwijk, Netherlands. pp.158-163, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICORR.2007.4428422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Force feedback joystick control of a powered wheelchair: preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Fattouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 IEEE International Conference on Systems, Man and Cybernetics (IEEE Cat. No.04CH37583)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, The Hague, Netherlands. pp.2640-2645, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.2004.1400729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent Simulation for Scheduling and Path Planning of Autonomous Intelligent Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Tools and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 519, Springer Nature Switzerland; Springer Nature Switzerland; Springer Nature Switzerland, pp.195-205, 2024, Lecture Notes of the Institute for Computer Sciences, Social Informatics and Telecommunications Engineering, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57523-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04565139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation, simulation et pilotage des systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Modélisation et simulation. Normandue Université, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04104462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et simulation d'une commande à retour d'effort pour fauteuil roulant électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hamed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Paul Verlaine - Metz, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2007METZ039S⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01748999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.79141104294px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> M'Hammed Sahnoun </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing decision-making in Industry 5.0 through adaptive human–machine interfaces: A systematic literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi-Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Standards and Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 96, pp.104091. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csi.2025.104091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy savings and coverage optimization in edge WiFi sensor deployment for buildings: A multi-objective evolutionary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 141 (3), pp.108096. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eneco.2024.108096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent system simulation of job shop scheduling with human consideration: A comparative analysis of AGVs and AIVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 139, pp.103060. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpat.2024.103060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid approach using ant colony optimisation for integrated scheduling of production and transportation tasks within flexible manufacturing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180, pp.107059. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2025.107059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Cooperative Vehicle Routing in Multi-Depot Collection Systems for Circular Economy: Model Development and Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 486, pp.144417. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.144417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Game Theory Approach for Optimizing Job Shop Scheduling Problems with Transportation in Common Shared Human-Robot Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2025.111366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05166930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging digital twin and dynamic scheduling for enhanced human–robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.109823. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2025.109823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies and strategies for optimizing the potato supply chain: A systematic literature review and some ideas for application in the algerian context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 234, pp.110171. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Deployment of Fog-Based Solution for Connected Devices in Smart Factory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (4), pp.5137-5146. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2023.3330336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating uncertain human behavior in production scheduling for enhanced productivity in Industry 5.0 context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274, pp.109311. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2024.109311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi objective optimization of human-robot collaboration: A case study in aerospace assembly line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.106874. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2024.106874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis using deep neural networks for industrial alarm sequence clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (3), pp.220. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-024-06161-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent system simulation based approach for collision avoidance in integrated Job-Shop Scheduling Problem with transportation tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68, pp.209-226. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2023.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Deployment of Fog-Based Solution for Connected Devices in Smart Factory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2023.3330336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User behaviour-based approach to define mobility devices needs of disabled person in Algeria: a questionnaire study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.453-461. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2020.1791263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulated multi-objective model for flexible job shop transportation scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 311 (2), pp.899-920. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-020-03600-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fog-supported Low-latency Monitoring of System Disruptions in Industry 4.0: A Federated Learning Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Cyber-Physical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (2), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3477272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-period optimal schedule of a multi-product pipeline: A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 159, pp.107483. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2021.107483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data architecture and model design for Industry 4.0 components integration in cyber-physical production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 235 (14), pp.2338-2349. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954405420979463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent based simulation-optimization of maintenance routing in offshore wind farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adjoudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sm. Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 157, pp.107342. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2021.107342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular mobile manipulators coalition formation through distributed transportation tasks allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 235 (14), pp.2262-2272. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954405420961225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et simulation multi-agent des systèmes cyber-physiques industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Systémique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable capacitated facility location/network design problem: a Non-dominated Sorting Genetic Algorithm based multiobjective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 311 (2), pp.821-852. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-020-03659-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation and optimization of robotic tasks for UV treatment of diseases in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.27. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12351-019-00541-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02495564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-component modeling and classification for failure propagation of an offshore wind turbine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Energy Sector Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (2), pp.397-420. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJESM-10-2019-0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of operation and maintenance strategy for offshore wind farms based on multi-agent system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-015-1171-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective WSN Deployment Using Genetic Algorithms Under Cost, Coverage, and Connectivity Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkhalak El-Hami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94 (4), pp.2739-2768. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-017-3974-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of spare parts remanufacturing on the operation and maintenance performance of offshore wind turbines: a multi-agent approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Boudhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (7), pp.1531-1549. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-015-1154-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLM adoption in SMEs context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Mahdikhah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer-Aided Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (5), pp.618-627. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16864360.2016.1150706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based optimization of sampling plans to reduce inspections while mastering the risk exposure in semiconductor manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10845-014-0956-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality control planning to prevent excessive scrap production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel-Jean Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 33 (3), pp.400-411. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2014.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Job Shop Models for Solving Scheduling and Layout Problems Using Coloured Petri Nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMM-Daily</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 598, pp.638-642. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.598.638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of the process control in a semiconductor company: model and case study of defectivity sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 49 (No. 13), pp.3873-3890. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2010.484429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the process control in a semiconductor company. Model and case study of defectivity sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialetelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2010.484429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00606287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisted Control Mode for a Smart Wheelchair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Advancement of modeling and simulation techniques in entreprises (AMSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.158-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (95)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Humanoid collaboration in manufacturing: opportunities and challenges in the context of industry 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Belghoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 52nd International Conference on. Computers and Industrial Engineering (CIE52)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Oct 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Waste Treatment Center Locations: A Mathematical Modeling and Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th SIMULATION WORKSHOP (SW25)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Exeter (England), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Maintenance, Production Planning, and Quality Control in Lithium-ion Battery Manufacturing Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Abdelghani Chabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Hafsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Individuals to Teams: A Conceptual Model for Group Behavior Integration in Industry 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Hebbadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Battaia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2025:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAC, Jun 2025, Trondheim, Norway. pp.993-998, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netlogopy: Unlocking Advanced Simulation and Integration for NetLogo Using Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Workshop 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Exeter, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36819/SW25.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982069v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-centered production scheduling in a flexible and robotic manufacturing workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheir Eddine Zerrou Betchim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Web-Based Application for Optimizing Multi-Product Pipeline Scheduling in the Oil Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlecem, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective resolution of hub location problem with hop-constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Azzoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latéfa Ghomri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement d’atelier de production flexible sous incertitude du comportement humain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le congrès annuel de la SAGIP est une manifestation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Villeurbanne (Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627782v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global approach based on k-means clustering principle for optimal smartphones and laptops batteries waste collection in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djellouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Tlamcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the Potato Supply Chain in Western Algeria: An Optimization Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference of the African Federation of Operational Research Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Tlemcen, Nov 2024, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Simulation of Worker Profiles in Production Systems Based on Punctuality, Fatigue, and Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Technology Management, Operations and Decisions (ICTMOD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sharjah, United Arab Emirates. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTMOD63116.2024.10878184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prototype of the Solution with a View to Industrialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Bangkok, Thailand. pp.364-369, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn57228.2023.10050928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hub Location Problems: Classification and Bibliometric Analysis of Relevant Works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Azzoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latéfa Ghomri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, Algeria. pp.474-479, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Evaluation and Scheduling for Manual Tasks: A Break Planning Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed NAIT CHABANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderraouf Benali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th International Conference on Computers and Industrial Engineering, CIE 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Computers &amp; Industrial Engineering: An International Journal, Oct 2023, Sharjah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning for Predicting Personality Traits from Eye Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meftah Salima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahnoun M'Hammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Annaba, Sep 2023, Annaba, Algeria. pp.126-130, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of Waste Management Systems in Algeria and Other Countries : a literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, France. pp.164-169, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Resource Allocation in the Flexible Job Shop Problem: Assessing the Impact of Rest Breaks on Task Strenuousness Reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hémono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Badji Mokhtar in Annaba, Sep 2023, Annaba, Algeria. pp.320-325, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electric Vehicle Route Simulation: A Preliminary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Saouabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imad Mourtaji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, France. pp.641-645, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potatoes Supply Chain Challenges and Opportunities in Algeria : A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Ghizlene Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Decision Aid Sciences and Applications (DASA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Annaba, Algeria. pp.646-651, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DASA59624.2023.10286579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable and Flexible Hub Location Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Bangkok, Thailand. pp.544-549, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn57228.2023.10050887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulation of human behavior impact on production throughput</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Yassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Latreche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC CONFERENCE ON MANUFACTURING MODELLING, MANAGEMENT AND CONTROL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Atlantique, Jun 2022, Nantes, France. pp.1740-1745, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sim-optimization hybrid approach for scheduling randomly deteriorating treatment tasks in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mhammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2022: Nantes, France, 22-24 June 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.538-543, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Agent Simulation for Flexible Job-Shop Scheduling Problem With Traffic-Aware Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Bekrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented, Holonic and Multi-agent Manufacturing Systems for Industry of the Future (SOHOMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Cluny, France. pp.573-583, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99108-1_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How could SMEs take advantage of the Covid-19 crisis to improve their resilience during energy transition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIN2 022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LAMIH - Université Polytechnique, Jul 2022, Cambrai et valencienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Echelon Location Routing Problem for Bio-Waste Transportation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting KPIs of Production Systems Using LSTM Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Energy-Conscious Dynamic Flexible Job Shop Scheduling: Multi-agent Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Bekrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference On Cyber Management and Engineering, CyMaEn 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent Simulation to Predict Global Behavior of Population Based on Elementary Local Markovian model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cymaen50288.2021.9497274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitated multiple allocation incomplete hub location problem allowing direct links between non-hub nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Anwar Brahami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Optimization of Active Human-Robot Collaboration: Case Study of the Aircraft Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hemono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed NAIT CHABANE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14 th International Conference on Multiple Objective Programming and Goal Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SKEMA Business School, France, Dec 2021, Online Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges facing the implementation of wind energy in Algeria : a review paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Allal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benslimane Sidi-Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjoudj Reda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scheduling of multi product/multi-pump pipeline distribtion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellaoui Wassila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relvas Susana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souier Mehdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Dispatching Rules Performance for a DJSSP: Towards their Application in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Human-Robot Interaction on the Fleet Size of AIV Transporters in FMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancelot Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gonzalez-Romo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost Optimisation for Wheelchair Redesign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Eddine Bellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Hayet Mouss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and optimization of the pharmaceutical distribution chain of NIGAPHARM company:A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Yalaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souier Mehdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 50 th Annual Conference of the Operations Research Society of South Africa (ORSSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent modeling and simulation of wind turbine behavior with failure propagation consideration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 2nd International Workshop on Human-Centric Smart Environments for Health and Well-being (IHSH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Boumerdes, Algeria. pp.97-102, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IHSH51661.2021.9378717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation and Simulation of Transportation Tasks in Flexible Job Shop with Muti-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lazher Zaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Fog-Based Architecture For Internal Logistics in Industry 4.0 Production Floor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 1st International Conference On Cyber Management And Engineering (CyMaEn)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Hammamet, Tunisia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CyMaEn50288.2021.9497294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Scheduling of Machines and AGVs in Flexible Manufacturing System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naihui He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gonzalez-Romo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Working Seminar on Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Innsbruch, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Scheduling of Robotic Mildew Treatment by UV-c in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th SOHOMA European Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France. pp.496-507, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-69373-2_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement dynamique des tâches robotisées pour le traitement du mildiou par radiation UV-c dans l’horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIRMM, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bi-Objective Indirect Optimization of Robotic Transportation Task Assignment Based on Auction Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa Goumeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Electron Devices Technology and Manufacturing Conference (EDTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Penang, Malaysia. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDTM47692.2020.9117862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Scheduling of Robotic Tasks for Treating Mildew by UV-c Radiation in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21 eme congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fog-based Logistic Application Modeling in an Industry 4.0 Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 4th International Conference on Manufacturing Technologies (ICMT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Seattle, United States. pp.012026, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/842/1/012026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human’s New Roles to Ensure Resilience of Industrial Cyber-Physical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Conference on Industrial Cyberphysical Systems (ICPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Tampere, France. pp.453-458, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPS48405.2020.9274775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and Localization-Aware Rescheduling for Flexible Flow Shops in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France. pp.1929-1934, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractal modeling of Cyber physical production system using multi-agent systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Applied Automation and Industrial Diagnostics (ICAAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Elazig, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOMMANDATION DE PARCOURS DE VISITEURS DANS LES SITES HISTORIQUES BASÉE SUR LE Q-LEARNING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XTERM2019 : SYSTÈMES COMPLEXES, INTELLIGENCE TERRITORIALE ET MOBILITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE HAVRE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandation de contenus dans les Site Culturels et Patrimoniaux (SCP) avec prise en compte des contraintes spatiotemporelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la ROADEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deployment of Fog Computing Platform for Cyber Physical Production System Based on Docker Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Applied Automation and Industrial Diagnostics (ICAAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Elazig, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Transportation Collaborative Robots Fleet Size in Flexible Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggregate modeling of scheduling multiproduct pipeline system with constrains of multi-pumps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Dahane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Applied Automation and Industrial Diagnostics (ICAAID 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ziane Achour; Applied Automation and Industrial Diagnostics Laboratory (Djelfa University, Algeria), Sep 2019, Elazığ, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAAID.2019.8934991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03233476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the scheduling of a multi products pipeline: A case study in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassila Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Souier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task allocation based on shared resource constraint for multi-robot systems in manufacturing industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lazher Zaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9th IFAC conference MIM 2019 on manufacturing Modeling, Management and Control, Aug 2019, Berlin (DE), Germany. pp.2020-2025, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la planification des tâches de traitement robotisé des horticultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benatia Mohamed Amin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMISATION DE LA TAILLE DE FLOTTE DE ROBOTS DANS UN ATELIER FLEXIBLE: APPROCHE PAR SIMULATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xterm Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for data management, visualisation and supervision of Cyber-Physical Production Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Manufacturing Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Belfast (Northern Ireland), Ireland. pp.81 - 86, </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ATDE190015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04095737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packaged Bio-Waste Management Simulation Model Application: Normandy Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un processus décisionnel basé sur la localisation de ressources pour la planification dynamique des tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XTERM2019 : SYSTÈMES COMPLEXES, INTELLIGENCE TERRITORIALE ET MOBILITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, LE HAVRE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Predicting System Disruption in Industry 4.0: Machine Learning-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouziane Brik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 10th International Conference on Ambient Systems, Networks and Technologies (ANT 2019) / The 2nd International Conference on Emerging Data and Industry 4.0 (EDI40 2019) / Affiliated Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Leuven, Belgium. pp.667-674, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2019.04.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind Turbine Components Classification based on Failure Causes for Proactive Maintenance Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohamed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 8th International Conference on Modeling Simulation and Applied Optimization (ICMSAO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Manama, Bahrain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMSAO.2019.8880370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular Mobile Manipulators Task Allocation Auction-based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Moussa Goumeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17 th International Conference in Manufacturing Research ICMR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Belfast, United Kingdom. pp.99-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain-Computer Interface-based autonomous communicating robot for disability assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Zammouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufian Zerouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Third International Conference on Intelligent Systems and Computer Vision (ISCV 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Fez (Maroc), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UV-Robot supervision system design and development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chawki El Zant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTEROPERABILITE DES SYSTEMES DE PRODUCTION ROBOTISES FLEXIBLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalb Eddine Chelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Goumeye Souleymane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Conception de Produits et Innovation de L'ENSAM, Jul 2018, BUDAPEST, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges Facing the Industrial Implementation of Fog Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bouzarkouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Sghaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 6th International Conference on Future Internet of Things and Cloud (FiCloud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Barcelona, Spain. pp.341-348, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FiCloud.2018.00056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Problem: Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2018 International Conference of the African Federation of Operational Research Societies (AFROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure causes Based Wind Turbine Components Classification and Failure Propagation: For proactive maintenance implementatio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Souad Bezzaoucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 International Conference on Wind Energy and Applications in Algeria (ICWEAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Algiers, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWEAA.2018.8605082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Robotized Tasks for the UV-C Treatment of Diseases in Horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Klement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2018 International Conference of the African Federation of Operational Research Societies (AFROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SUPERVISION D'UN SYSTEME DE PRODUCTION CONSTITUE DE ROBOTS COLLABORATIFS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Goumeye Souleymane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">confere 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, seville, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain waves-based index for workload estimation and mental effort engagement recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zammouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chraa-Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ait Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on New Computational Methods for Inverse Problems 12 May 2017, Paris-Saclay, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France. pp.012008, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/904/1/012008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi robot path planning approach for dynamic environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Trimoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine El Zaher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Viazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-792-4-275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et optimisation de la tournée des véhicules pour la collecte de biodéchets conditionnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Constant-Meney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Sevilla (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation Des Biodéchets Conditionnes : Programmation Linéaire Pour L’optimisation Des Flux De Matière Organique Hygiénisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vencent Constant-Meney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merouane Mazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Sevilla (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Transportation Problem: Simulation Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Multiple Objective Programming and Goal Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Flexible Job Shop Scheduling Problem: Simulation Approach (MOPGP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiyi Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Ben Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 12TH INTERNATIONAL CONFERENCE ON MULTIPLE OBJECTIVE PROGRAMMING AND GOAL PROGRAMMING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of production in flexible manufacturing systems:petri net modelling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Conférence Internationale : Conception et Production Intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meta-heuristique hybride pour l'optimisation du déploiement de Réseaux de Capteurs Sans Fil (RCSF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benatia Mohamed Amin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 eme congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Application of Distributed Simulation for Hybrid Modeling of Offshore Wind Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGSIM-PADS '15: SIGSIM Principles of Advanced Discrete Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London United Kingdom, United Kingdom. pp.171-172, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2769458.2769492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating execution strategies for hybrid models developed using multiple M&S methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navonil Mustafee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Andi Smart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANSS '15: Proceedings of the 48th Annual Simulation Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, San diago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure analysis of onshore wind farms based on experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid Bagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Messaadia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information &amp; Communication Technologies'2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EL MOUSSATI Ali, May 2015, Saidia, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the routing flexibility of a manufacturing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Eloundou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bensrhair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Conférence Internationale : Conception et Production Intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODÉLISATION D'UN PLAN DE MAINTENANCE BASÉ SUR LES SYSTÈMES MULTI-AGENTS POUR LES ÉOLIENNES OFFSHORE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELLING OF MAINTENANCE STRATEGY OF OFFSHORE WIND FARMS BASED MULTI-AGENT-SYSTEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Godsiff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belhacène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">computer and industrial engineering congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Istambul, Turkey, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Sink node Deployment in WSN Using Genetic Algorithms through Coverage and Cost Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amin Benatia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internation Conference on Metaheuristics and Nature Inspired Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Marrakech (MA), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart sampling for risk reduction and delay optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE International Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, vancouver, Canada. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux Bayésiens pour la classification des causes de défaillances : Application aux systèmes à événements discrets complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Farouk Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Francophones sur les Réseaux Bayésiens (JFRB'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Îles Kerkennah,, Tunisie. papier N°2-03, pp 37 - 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making based on the EHF integration in a complex semiconductor manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Farouk Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hubac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Advanced Process Control and Manufacturing Conference (APCM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, MINATEC Grenoble,, France. N°306, pp 205 - 210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Return On Inspection Trough Defectivity Smart Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Semiconductor Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Tokyo, Japan. pp.978-4-9904138-3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Sampling on W@R and Metrology Time delay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgacem Bettayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Mili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intel European Research &amp; Innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, dublin, Ireland. pp.273-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Wafer-At-Risk from Theory to Real Life Demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vialletelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Tollenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soidri Bastoini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing Challenges in European Semiconductor Fabs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rousset, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisted Control Mode for a Smart Wheelchair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE 10th International Conference on Rehabilitation Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Noordwijk, Netherlands. pp.158-163, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICORR.2007.4428422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Force feedback joystick control of a powered wheelchair: preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Fattouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bourhis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 IEEE International Conference on Systems, Man and Cybernetics (IEEE Cat. No.04CH37583)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, The Hague, Netherlands. pp.2640-2645, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.2004.1400729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-agent Simulation for Scheduling and Path Planning of Autonomous Intelligent Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kader Sanogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hammed Sahnoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Mekhalef Benhafssa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Tools and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 519, Springer Nature Switzerland; Springer Nature Switzerland; Springer Nature Switzerland, pp.195-205, 2024, Lecture Notes of the Institute for Computer Sciences, Social Informatics and Telecommunications Engineering, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-57523-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04565139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation, simulation et pilotage des systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'hammed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Modélisation et simulation. Normandue Université, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04104462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et simulation d'une commande à retour d'effort pour fauteuil roulant électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hamed Sahnoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Paul Verlaine - Metz, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2007METZ039S⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01748999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474435v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Meftah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hammed Sahnoun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Messaadia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohamed Benslimane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csi.2025.104091" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979532v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin Benatia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ben Abdelaziz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2024.108096" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Sanogo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mekhalef Benhafssa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.103060" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023639v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naihui He" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2025.107059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982032v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyi Xu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.144417" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166930v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hammed Sahnoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2025.111366" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316670v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;mono" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nait Chabane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2025.109823" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143927v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Ghizlene Allal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bennekrouf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110171" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourddine Bouaziz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Yassine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2024.109311" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05265688v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bouzarkouna" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'hammed Sahnoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2023.3330336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759766v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2024.106874" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864361v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-024-06161-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055057v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Abderrahim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2023.03.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370796v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098339v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-020-03600-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097128v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Bellal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Hayet Mouss" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2020.1791263" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069947v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Brik" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3477272" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Abdellaoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Souier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2021.107483" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069993v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420979463" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Moussa G." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bensrhair" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420961225" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097357v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Allal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adjoudj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sm. Benslimane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2021.107342" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104707v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Anwar Brahami" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Dahane" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-020-03659-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495564v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merouane Mazar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12351-019-00541-w" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098088v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Souad Bezzaoucha" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohamed Benslimane" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-10-2019-0020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248095v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navonil Mustafee" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Andi Smart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Godsiff" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-015-1171-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalak El-Hami" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-017-3974-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235078v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Boudhar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-015-1154-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099525v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mahdikhah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Evans" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2016.1150706" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063102v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bassetto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tollenaere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-014-0956-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel-Jean Bassetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2014.01.001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099562v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eloundou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.598.638" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676970v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vialletelle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soidri Bastoini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2010.484429" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606287v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vialetelle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105716v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bourhis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413732v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Belghoul" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Abderrahim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379465v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Abdelghani Chabri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Hafsi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288337v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hebbadj" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Battaia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.168" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982069v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36819/SW25.019" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Azzoug" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lat&#233;fa Ghomri" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627782v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982213v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982269v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheir Eddine Zerrou Betchim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vignal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982200v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djellouli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982106v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981367v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTMOD63116.2024.10878184" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474691v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meftah Salima" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahnoun M'Hammed" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286789" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460708v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286670" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273200v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed NAIT CHABANE" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Benali" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069999v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn57228.2023.10050928" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478344v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286801" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286783" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478325v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Saouabe" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Mourtaji" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286625" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069961v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn57228.2023.10050887" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460712v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286579" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069939v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Latreche" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.649" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871250v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhammed Sahnoun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.449" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818249v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Bekrar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99108-1_41" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pillon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097486v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497293" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097754v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benslimane Sidi-Mohamed" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjoudj Reda" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497272" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084526v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tlahig" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497286" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105303v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellaoui Wassila" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Relvas Susana" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souier Mehdi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497287" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098159v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hemono" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590727v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497308" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710647v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497301" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093763v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497278" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433057v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cymaen50288.2021.9497274" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069977v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Martin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gonzalez-Romo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497273" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098051v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497281" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098098v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohammed Benslimane" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IHSH51661.2021.9378717" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108387v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Yalaoui" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ferhat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069982v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazher Zaidi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497283" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097528v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497294" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082880v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Moussa Goumeye" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDTM47692.2020.9117862" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019097v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-69373-2_36" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108396v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070258v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098141v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098145v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/842/1/012026" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117649v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bailly" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPS48405.2020.9274775" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098395v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820445" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098378v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934976" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098422v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880311" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233476v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934991" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098375v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abid" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934949" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098421v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880315" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103550v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103531v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098425v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.502" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098429v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benatia Mohamed Amin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098423v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880427" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095737v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE190015" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103553v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098391v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098420v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880370" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082223v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.089" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082284v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108395v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Zammouri" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Zerouali" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053320v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki El Zant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098434v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098433v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Sghaier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FiCloud.2018.00056" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04107939v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalb Eddine Chelli" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Goumeye Souleymane" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098432v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWEAA.2018.8605082" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053335v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593824v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099384v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zammouri" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chraa-Mesbahi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait Moussa" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerouali" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/904/1/012008" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099316v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trimoulet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine El Zaher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Viazzi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-792-4-275" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099521v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Constant-Meney" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099335v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vencent Constant-Meney" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099519v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108901v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099544v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Smart" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2769458.2769492" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099554v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098372v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260683v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Eloundou" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274496v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bagui" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260680v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166633v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099560v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhac&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099556v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685926v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722732v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Farouk Bouaziz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Zama&#239;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688997v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hubac" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685906v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685922v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mili" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685918v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105715v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR.2007.4428422" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070028v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fattouh" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2004.1400729" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565139v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57523-5_15" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104462v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748999v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Sahnoun" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007METZ039S" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474435v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Meftah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hammed Sahnoun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Messaadia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohamed Benslimane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csi.2025.104091" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979532v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin Benatia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ben Abdelaziz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2024.108096" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Sanogo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mekhalef Benhafssa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.103060" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023639v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naihui He" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2025.107059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982032v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyi Xu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.144417" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166930v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hammed Sahnoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2025.111366" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316670v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;mono" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nait Chabane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2025.109823" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143927v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Ghizlene Allal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bennekrouf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110171" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05265688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bouzarkouna" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'hammed Sahnoun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gout" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2023.3330336" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627741v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourddine Bouaziz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Yassine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2024.109311" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759766v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2024.106874" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864361v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-024-06161-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055057v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Abderrahim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2023.03.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370796v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097128v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Bellal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Hayet Mouss" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2020.1791263" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098339v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-020-03600-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069947v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Brik" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3477272" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Abdellaoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Souier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2021.107483" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069993v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420979463" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097357v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Allal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adjoudj" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sm. Benslimane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2021.107342" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069996v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Moussa G." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bensrhair" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420961225" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104707v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Anwar Brahami" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Dahane" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-020-03659-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495564v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merouane Mazar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12351-019-00541-w" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098088v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Souad Bezzaoucha" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohamed Benslimane" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-10-2019-0020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248095v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navonil Mustafee" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Andi Smart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Godsiff" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-015-1171-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalak El-Hami" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-017-3974-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235078v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Boudhar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-015-1154-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099525v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mahdikhah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Evans" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2016.1150706" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063102v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bassetto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tollenaere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-014-0956-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel-Jean Bassetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2014.01.001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099562v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eloundou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.598.638" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676970v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vialletelle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soidri Bastoini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2010.484429" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606287v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vialetelle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105716v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bourhis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413732v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Belghoul" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Abderrahim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379465v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Abdelghani Chabri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Hafsi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288337v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hebbadj" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Battaia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.168" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982069v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36819/SW25.019" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982269v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheir Eddine Zerrou Betchim" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vignal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982213v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982118v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Azzoug" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lat&#233;fa Ghomri" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627782v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982200v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djellouli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982106v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981367v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTMOD63116.2024.10878184" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069999v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn57228.2023.10050928" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460708v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286670" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273200v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed NAIT CHABANE" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Benali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474691v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meftah Salima" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahnoun M'Hammed" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286789" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478344v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286801" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286783" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478325v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Saouabe" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Mourtaji" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286625" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460712v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA59624.2023.10286579" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069961v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn57228.2023.10050887" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069939v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Latreche" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.649" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871250v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhammed Sahnoun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.449" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818249v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Bekrar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99108-1_41" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pillon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097486v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497293" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093763v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497278" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710647v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497301" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433057v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cymaen50288.2021.9497274" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590727v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497308" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098159v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hemono" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097754v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benslimane Sidi-Mohamed" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjoudj Reda" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497272" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105303v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellaoui Wassila" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Relvas Susana" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souier Mehdi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497287" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084526v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tlahig" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497286" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069977v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Martin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gonzalez-Romo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497273" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098051v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497281" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108387v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Yalaoui" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ferhat" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098098v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohammed Benslimane" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IHSH51661.2021.9378717" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069982v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazher Zaidi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497283" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097528v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CyMaEn50288.2021.9497294" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108396v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019097v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-69373-2_36" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070258v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082880v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Moussa Goumeye" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDTM47692.2020.9117862" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098141v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098145v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/842/1/012026" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117649v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bailly" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPS48405.2020.9274775" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098395v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820445" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098378v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934976" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103550v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103531v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098375v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abid" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934949" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098421v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880315" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233476v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAAID.2019.8934991" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098422v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880311" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098425v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.502" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098429v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benatia Mohamed Amin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098391v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095737v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE190015" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098423v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880427" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103553v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082223v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.089" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098420v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMSAO.2019.8880370" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082284v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108395v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Zammouri" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Zerouali" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053320v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki El Zant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04107939v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalb Eddine Chelli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Goumeye Souleymane" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098433v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Sghaier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FiCloud.2018.00056" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098434v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098432v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWEAA.2018.8605082" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053335v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593824v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099384v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zammouri" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chraa-Mesbahi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait Moussa" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerouali" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/904/1/012008" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099316v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trimoulet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine El Zaher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Viazzi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-792-4-275" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099521v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Constant-Meney" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099335v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vencent Constant-Meney" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099519v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108901v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260683v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Eloundou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098372v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099544v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Smart" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2769458.2769492" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099554v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274496v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bagui" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260680v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166633v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099560v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhac&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099556v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685926v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722732v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Farouk Bouaziz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Zama&#239;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688997v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hubac" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685906v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685922v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mili" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685918v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105715v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR.2007.4428422" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070028v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fattouh" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2004.1400729" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565139v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57523-5_15" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104462v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748999v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Sahnoun" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007METZ039S" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>