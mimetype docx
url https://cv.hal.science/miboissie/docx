--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,1398 +66,1398 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L-PBF processing and characterization of a Ti 35 Nb 30 Zr 29 Mo 3 Ta 3 multiprincipal element alloy for medical implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farzin Arjmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mourgout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alima Chali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Monasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 125 (4), pp.041904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0208341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of the sterilization effect on biphasic scaffold based on bioactive glass and polymer honeycomb membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Deraine Coquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartosz Bondzior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laeticia Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Kellomäki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pauthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (1), pp.154-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.19406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Generation of Hybrid Materials Based on Gelatin and Bioactive Glass Particles for Bone Tissue Regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Houaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata Szczodra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mari Lallukka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia El-Guermah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Agniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom11030444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polymer-Based Honeycomb Films on Bioactive Glass: Toward a Biphasic Material for Bone Tissue Engineering Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Deraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T Rebelo Calejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Agniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kellomäki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pauthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.1c03759⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osteoformation potential of an allogenic partially demineralized bone matrix in critical-size defects in the rat calvarium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Moustapha Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Moustapha Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Boissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 127, pp.112207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2021.112207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phosphate/oxyfluorophosphate glass crystallization and its impact on dissolution and cytotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nommeots-Nomm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Houaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pradeepan Packiyanathar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hokka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117, pp.111269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2020.111269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phosphate/oxyfluorophosphate glass crystallization and its impact on dissolution and cytotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nommeots-Nomm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Houaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pradeepan Packiyanathar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hokka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117, pp.111269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2020.111269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dissolution, bioactivity and osteogenic properties of composites based on polymer and silicate or borosilicate bioactive glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Houaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inari Lyyra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Agniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pauthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Massera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 107, pp.110340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2019.110340⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIOACTIVE GLASS-BASED COMPOSITES AND HYBRIDS, TOWARD OPTIMIZED SUBSTITUTES TO ADDRESS THE CHALLENGES OF BONE BIOENGINEERING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Houaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Massera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Boissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pauthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Biomaterials congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Daegu (Korea), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04743150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel biocompatible alloys via peptides surface engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Monasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alima Chali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Touharia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mourgout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farzin Arjmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A decade of Peptide Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Sorrento, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04725375v1</w:t>
-              </w:r>
-[...1102 lines deleted...]
-                <w:t xml:space="preserve">hal-02938448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1501,51 +1501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Deraine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pauthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Annual Conference of the European Society for Biomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bordeaux, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1739,51 +1739,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Houaoui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Massera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boissiere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pauthe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725375v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monasson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alima Chali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Touharia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mourgout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzin Arjmand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739764v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djemai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0208341" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442265v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deraine Coquen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Bondzior" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Kellom&#228;ki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19406" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264077v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Szczodra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Lallukka" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia El-Guermah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Agniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11030444" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264058v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deraine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T Rebelo Calejo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Agniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kellom&#228;ki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauthe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c03759" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264528v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Moustapha Diallo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rota" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boissi&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bardonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2021.112207" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938454v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nommeots-Nomm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Houaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pradeepan Packiyanathar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hokka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.111269" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264286v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938448v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inari Lyyra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massera" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2019.110340" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442336v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deraine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739764v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzin Arjmand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mourgout" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alima Chali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djemai" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monasson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0208341" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442265v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deraine Coquen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Bondzior" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Kellom&#228;ki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pauthe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19406" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264077v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Houaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Szczodra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Lallukka" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia El-Guermah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Agniel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11030444" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264058v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deraine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T Rebelo Calejo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Agniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kellom&#228;ki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauthe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c03759" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264528v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Moustapha Diallo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rota" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boissi&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bardonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2021.112207" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nommeots-Nomm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Houaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pradeepan Packiyanathar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hokka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.111269" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938454v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938448v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inari Lyyra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2019.110340" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743150v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Massera" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boissiere" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725375v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Touharia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442336v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deraine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>