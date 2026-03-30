--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -556,234 +556,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00322627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maison-mixte et bâtiments à plan absidal en Bretagne et Limousin du XIe au XVIe siècle</w:t>
+                <w:t xml:space="preserve">The contribution of British archaeologists to Breton archaeology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Batt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque de la Société d'Archéologie Médiévale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Caen, France. p. 21-38</w:t>
+              <w:t xml:space="preserve">Journée à Gouarec (22) sur l'intégration des Britanniques en centre-ouest Bretagne (Association d'intégration en Kreiz Briez)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Gouarec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322679v1</w:t>
+                <w:t xml:space="preserve">hal-00322619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of British archaeologists to Breton archaeology</w:t>
+                <w:t xml:space="preserve">Des repères chronologiques pour la compréhension de l'architecture rurale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Batt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée à Gouarec (22) sur l'intégration des Britanniques en centre-ouest Bretagne (Association d'intégration en Kreiz Briez)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Gouarec, France</w:t>
+              <w:t xml:space="preserve">Des repères chronologiques pour la compréhension de l'architecture rurale. Journées d'étude organisées par la Direction de l'Architecture et du Patrimoine (MCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Saint Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322619v1</w:t>
+                <w:t xml:space="preserve">hal-00322613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des repères chronologiques pour la compréhension de l'architecture rurale</w:t>
+                <w:t xml:space="preserve">Maison-mixte et bâtiments à plan absidal en Bretagne et Limousin du XIe au XVIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Batt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des repères chronologiques pour la compréhension de l'architecture rurale. Journées d'étude organisées par la Direction de l'Architecture et du Patrimoine (MCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Saint Dié des Vosges, France</w:t>
+              <w:t xml:space="preserve">Actes du colloque de la Société d'Archéologie Médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Caen, France. p. 21-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322613v1</w:t>
+                <w:t xml:space="preserve">hal-00322679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maison rurale du XIIe au XIVe siècle dans les Monts d'Arrée (Finistère) : les données des fouilles archéologiques</w:t>
               </w:r>
@@ -1007,51 +1007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01714211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fajal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernouis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4988" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461119v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Batt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778050v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouvet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Bihan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nillesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Villard-Le Tiec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2003.3144" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322627v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322679v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322619v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322613v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461114v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01714211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fajal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernouis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4988" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461119v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Batt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778050v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouvet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Bihan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nillesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Villard-Le Tiec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2003.3144" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322627v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322619v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322613v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322679v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461114v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>