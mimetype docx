--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -201,51 +201,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -503,265 +503,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daily fluctuations in leaf temperature modulate the development of a foliar pathogen</w:t>
+                <w:t xml:space="preserve">Patterns of thermal adaptation in a globally distributed plant pathogen: Local diversity and plasticity reveal two‐tier dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bernard</w:t>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Fortineau</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Suffert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2022.109031⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685073v1</w:t>
+                <w:t xml:space="preserve">hal-03544375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of thermal adaptation in a globally distributed plant pathogen: Local diversity and plasticity reveal two‐tier dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Daily fluctuations in leaf temperature modulate the development of a foliar pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fortineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michaël Chelle</w:t>
+                <w:t xml:space="preserve">Ons Riahi El Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Suffert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 322, pp.109031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8515⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2022.109031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544375v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen Uptake Efficiency, Mediated by Fine Root Growth, Early Determines Temporal and Genotypic Variations in Nitrogen Use Efficiency of Winter Oilseed Rape</w:t>
               </w:r>
@@ -877,51 +877,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotyping Thermal Responses of Yeasts and Yeast-like Microorganisms at the Individual and Population Levels: Proof-of-Concept, Development and Application of an Experimental Framework to a Plant Pathogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1623,424 +1623,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating discrepancies in heat, CO2 fluxes and O-3 deposition velocity over maize as measured by the eddy-covariance and the aerodynamic gradient methods</w:t>
+                <w:t xml:space="preserve">The fourth radiation transfer model intercomparison (RAMI-IV): Proficiency testing of canopy reflectance models with ISO-13528</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+                <w:t xml:space="preserve">J. -L. Widlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre P. Cellier</w:t>
+                <w:t xml:space="preserve">B. Pinty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe C. Flechard</w:t>
+                <w:t xml:space="preserve">M. Lopatka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier O. Zurfluh</w:t>
+                <w:t xml:space="preserve">C. Atzberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Rankin M. R. Irvine</w:t>
+                <w:t xml:space="preserve">D. Buzica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 169, pp.35-50. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118 (13), pp.6869 - 6890. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2012.09.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jgrd.50497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000826v1</w:t>
+                <w:t xml:space="preserve">hal-01003288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The development of a foliar fungal pathogen does react to leaf temperature !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic F. Bernard</w:t>
+                <w:t xml:space="preserve">Ivan I. Sache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 198 (1), pp.232-240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.12134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fourth radiation transfer model intercomparison (RAMI-IV): Proficiency testing of canopy reflectance models with ISO-13528</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating discrepancies in heat, CO2 fluxes and O-3 deposition velocity over maize as measured by the eddy-covariance and the aerodynamic gradient methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. -L. Widlowski</w:t>
+                <w:t xml:space="preserve">Pierre P. Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pinty</w:t>
+                <w:t xml:space="preserve">Christophe C. Flechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lopatka</w:t>
+                <w:t xml:space="preserve">Olivier O. Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Atzberger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Buzica</w:t>
+                <w:t xml:space="preserve">Mark Rankin M. R. Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 169, pp.35-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2012.09.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jgrd.50497⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01003288v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional-structural plant modelling: a new versatile tool in crop science.</w:t>
               </w:r>
@@ -2284,479 +2284,479 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blue light modifies the response of Arabidopsis thaliana to limiting nitrogen supply</w:t>
+                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 153 (2), pp.S208. </w:t>
+              <w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.632⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03258531v1</w:t>
+                <w:t xml:space="preserve">hal-03372934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a turbid medium approach to estimate light interception by individual plants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abraham A. Escobar Gutierrez</w:t>
+                <w:t xml:space="preserve">Blue light modifies the response of Arabidopsis thaliana to limiting nitrogen supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alban Verdenal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.553⟩</w:t>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 153 (2), pp.S208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757167v1</w:t>
+                <w:t xml:space="preserve">hal-03258531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal variability in air temperature over time within a maize inter-row</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using a turbid medium approach to estimate light interception by individual plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abraham A. Escobar Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cellier</w:t>
+                <w:t xml:space="preserve">Alban Verdenal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 149 (8), pp.1294-1300. </w:t>
+              <w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 153 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2009.02.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01192034v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Horizontal variability in air temperature over time within a maize inter-row</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Ney</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 149 (8), pp.1294-1300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2009.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372934v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure du rayonnement naturel pour la modélisation de la température des organes : application aux fruits</w:t>
               </w:r>
@@ -2867,51 +2867,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a turbid medium model to stimulate light interception by walnut trees (hybrid NG38 x RA and Juglans regia) and sorghum canopies (Sorghum bicolor) at three spatial scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2978,1907 +2978,1924 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving light position in a growth chamber through the use of a genetic algorithm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation of the three dimensional distribution of the red:far-red ratio within crop canopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Delepoulle</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J.B. Evers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Varlet-Grancher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Computational Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-85128-8⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 176 (1), pp.223-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2007.02161.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192301v1</w:t>
+                <w:t xml:space="preserve">hal-01191921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of the three dimensional distribution of the red:far-red ratio within crop canopies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensitivity of gap fraction to maize architectural characteristics based on 4D model simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lopez-Lozano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rochdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. España</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2007.02161.x⟩</w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 143 (3-4), pp.217-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2006.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191921v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of gap fraction to maize architectural characteristics based on 4D model simulations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Rochdi</w:t>
+                <w:t xml:space="preserve">A 3D model for simulating the spatial and temporal distribution of temperature within ellipsoidal fruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. España</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Santin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Marquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris B. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 143 (3-4), pp.217-229. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2006.12.005⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 147 (1-2), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2007.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192023v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D model for simulating the spatial and temporal distribution of temperature within ellipsoidal fruit</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">André Marquier</w:t>
+                <w:t xml:space="preserve">Simulating the effects of localized red : far-red ratio on tillering in spring wheat (Triticum aestivum) using a three-dimensional virtual plant model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Evers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris B. Adam</w:t>
+                <w:t xml:space="preserve">Jan Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 147 (1-2), pp.1-15. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 176 (2), pp.325-336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2007.06.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2007.02168.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01189271v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the effects of localized red : far-red ratio on tillering in spring wheat (Triticum aestivum) using a three-dimensional virtual plant model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">An architectural model of spring wheat: Evaluation of the effects of population density and shading on model parameterization and performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochem Evers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 200 (3-4), pp.308-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2006.07.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2007.02168.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01191979v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An architectural model of spring wheat: Evaluation of the effects of population density and shading on model parameterization and performance</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Could plant leaves be treated as Lambertian surfaces in dense crop canopies to estimate light absorption?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 200 (3-4), pp.308-320. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 198 (1-2), pp.219-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2006.04.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2006.07.042⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191976v1</w:t>
+                <w:t xml:space="preserve">hal-02655838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could plant leaves be treated as Lambertian surfaces in dense crop canopies to estimate light absorption?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ara-Rhizotron: An Effective Culture System to Study Simultaneously Root and Shoot Development of Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Devienne-Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2006.04.010⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 280 (1-2), pp.253-266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-005-3224-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655838v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ara-Rhizotron: An Effective Culture System to Study Simultaneously Root and Shoot Development of Arabidopsis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+                <w:t xml:space="preserve">An assessment of needles clumping within shoots when modeling radiative transfer within homogeneous canopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Rochdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Ney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-005-3224-1⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 102, pp.116-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2006.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01334723v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An assessment of needles clumping within shoots when modeling radiative transfer within homogeneous canopies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadia Rochdi</w:t>
+                <w:t xml:space="preserve">Towards a generic architectural model of tillering in Gramineae, as exemplifield by spring wheat (Triticum aestivum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Evers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Fernandes</w:t>
+                <w:t xml:space="preserve">Clarisse Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 166, pp.801-812</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02665656v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylloclimate or the climate perceived by individual plant organs: What is it? How to model it? What for?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Physiology of maize II: Identification of physiological markers representative of the nitrogen status of maize (Zea mays) leaves, during grain filling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Hirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-Hélène Valadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. Quillere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 124 (2), pp.178-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1399-3054.2005.00511.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02674939v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiology of maize II: Identification of physiological markers representative of the nitrogen status of maize (Zea mays) leaves, during grain filling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phylloclimate or the climate perceived by individual plant organs: What is it? How to model it? What for?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 166, pp.781-790</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-02681915v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a generic architectural model of tillering in Gramineae, as exemplifield by spring wheat (Triticum aestivum)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+                <w:t xml:space="preserve">Modelling water transfer by rain-splash in a 3D canopy using Monte Carlo integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Huber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 121 (3-4), pp.183-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2003.08.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674351v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00908510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling water transfer by rain-splash in a 3D canopy using Monte Carlo integration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
+                <w:t xml:space="preserve">Maize leaves turn away from neighbors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Maddonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.E. Otegui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Huber</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Casal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 130, pp.1181-1189</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00908510v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maize leaves turn away from neighbors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Light interception of contrasting azimuth canopies under square and rectangular plant spatial distributions: Simulations and crop measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Maddonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.A. Maddonni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.E. Otegui</w:t>
+                <w:t xml:space="preserve">Jean-Louis Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.J. Casal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Field Crops Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 70, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-4290(00)00144-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02675346v1</w:t>
+                <w:t xml:space="preserve">hal-02674133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light interception of contrasting azimuth canopies under square and rectangular plant spatial distributions: Simulations and crop measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G.A. Maddonni</w:t>
+                <w:t xml:space="preserve">Radiative transfer sensitivity to the accuracy of canopy structure description. The case of a maize canopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. España</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ariès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Field Crops Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 19 (3-4), pp.241-254</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674133v1</w:t>
+                <w:t xml:space="preserve">hal-02686907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative models for architectural modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4898,73 +4915,73 @@
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 19 (3-4), pp.225-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02687230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative models for architectural modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4980,113 +4997,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 19 (3-4), pp.225-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00885926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative transfer sensitivity to the accuracy of canopy structure description. The case of a maize canopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa España</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Aries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5101,741 +5118,620 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 19 (3-4), pp.241-254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00885927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative transfer sensitivity to the accuracy of canopy structure description. The case of a maize canopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Ariès</w:t>
+                <w:t xml:space="preserve">Nested radiosity for plant canopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michaël Chelle</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bouatouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Visual Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 14, pp.109-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s003710050127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02686907v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nested radiosity for plant canopies</w:t>
+                <w:t xml:space="preserve">The nested radiosity model for the distribution of light within plant canopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Bouatouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Visual Computer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 111, pp.75-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0304-3800(98)00100-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s003710050127⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02697207v1</w:t>
+                <w:t xml:space="preserve">hal-02695236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nested radiosity model for the distribution of light within plant canopies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A dynamic model of maize 3D architecture : application to the parameterisation of the clumpiness of the canopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. España</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 18 (10), pp.609-626</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02695236v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dynamic model of maize 3D architecture : application to the parameterisation of the clumpiness of the canopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Baret</w:t>
+                <w:t xml:space="preserve">Validation of a Markov chain canopy reflectance model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kuusk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ariès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 18 (10), pp.609-626</w:t>
+              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 18 (10), pp.2125-2146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690554v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a Markov chain canopy reflectance model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Kuusk</w:t>
+                <w:t xml:space="preserve">Utilizacion de maquetas informaticas para simular la variacion direccional de la reflectancia en cultivo de maiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Espana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...133 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photo-Interprétation. European Journal of Applied Remote Sensing (PIEJARS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 3-4, pp.79-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02696621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5845,349 +5741,349 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital twin: buzzword or new paradigm for linking geoscience and political decision-makers involved in environmental land management?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "Digital twins: from creation to communication"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le studium, Dec 2024, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04831536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles of data governance for research organizations -INRAE's approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Dzale-Yeumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Philipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data for policy 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Virtuel, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.3964002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hectic Life on Wheat Leaves: Dynamics of Phenotypic Selection within Zymoseptoria tritici Populations Facing Microclimatic Heterogeneities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Cereal Leaf Blights</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de l’intelligence professionnelle en recherche : des situations de travail des doctorants et encadrants à un dispositif de formation pour favoriser la réussite de leurs apprentissages croisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genevieve Aubin-Houzelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6246,73 +6142,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Colloque International de didactique Professionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the response of winter oilseed rape to nitrogen inputs: fine roots do matter in Nitrogen Use Efficiency!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Vazquez-Carrasquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6367,181 +6263,181 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Rapeseed Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms behind population responses to variable thermal environments: experiments and model-based analyses of the role of intraspecific phenotypic variation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik I Svensson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ecological Sciences, session Population and Community Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing reflexivity in the PhD student – supervisor(s) system: An innovative training programme in a French research institute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6600,950 +6496,950 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Conference on Developments in Doctoral Education &amp; Training (ICDDET)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Stratford-upon-Avon, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of french Zymoseptoria tritici populations to temperature at different spatio-temporal scales</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan I. Sache</w:t>
+                <w:t xml:space="preserve">Toward the inter-comparison of radiation transfert model for plant modelling application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Ngao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Paris, France. p.30</w:t>
+              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796858v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the inter-comparison of radiation transfert model for plant modelling application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Fournier</w:t>
+                <w:t xml:space="preserve">Simulating passive and active measurements of canopy fluorescence yield: a 3D approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Daumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Goulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+                <w:t xml:space="preserve">Frederic Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael Moya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543439v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating passive and active measurements of canopy fluorescence yield: a 3D approach</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ismael Moya</w:t>
+                <w:t xml:space="preserve">Response of french Zymoseptoria tritici populations to temperature at different spatio-temporal scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan I. Sache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
+              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France. p.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438613v1</w:t>
+                <w:t xml:space="preserve">hal-02796858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a photon tracing model and virtual plants to simulate light distribution within a canopy in a growth chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Autret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Bertheloot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International conference on functional-structural plant models (FSPM 2013),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FSPM., Jun 2015, Saariselkä, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CyberPlantS: a European initiative towards collaborative plant modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">¨risto Sievänen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Javaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International conference on functional-structural plant models (FSPM 2013),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FSPM., Jun 2013, Saariselkä, Finland. 389 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate and plant pest dynamics: scales matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Sache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Saudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and canopy architecture impact on disease epidemiology and pest development international conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature across scales, from phylloclimate to mesoclimte : what about foliar fungal pathogen development ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic F. Bernard</w:t>
+                <w:t xml:space="preserve">Ivan I. Sache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Colloque de la Société Française de Phytopathologie (SFP),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France. p. 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which temperature to simulate foliar epidemics × crop architecture interactions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Sache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7558,2930 +7454,2930 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale Epidemiology-Canopy-Architecture (ECA),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of aggressiveness components of Mycosphaerella graminicola on adult wheat plants</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phylloclimate : a key variable to model (diseased) plant interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International symposium on Mycosphaerella and stagonospora diseases of cereals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.13</w:t>
+              <w:t xml:space="preserve">International Seminar on Modelling in Plant Biology: Models at whole plant scale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Montpellie, France. 42 diapos powerpoint</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01003244v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylloclimate : a key variable to model (diseased) plant interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of aggressiveness components of Mycosphaerella graminicola on adult wheat plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Suffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Galet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Sache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminar on Modelling in Plant Biology: Models at whole plant scale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Montpellie, France. 42 diapos powerpoint</w:t>
+              <w:t xml:space="preserve">8. International symposium on Mycosphaerella and stagonospora diseases of cereals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000815v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01003244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the turbid medium approach to simulate light scattering within plant canopies at three spatial scales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Building modular FSPM under OpenAlea: concepts and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pradal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Davis, United States. p.285</w:t>
+              <w:t xml:space="preserve">6th International Workshop on Functional-Structural Plant Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Davis, CA, United States. pp.109-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964833v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192232v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le phylloclimat ou le microclimat perçu par l’organe Pourquoi? Quel intérêt pour l’épidémiologie végétale?</w:t>
+                <w:t xml:space="preserve">Sensitivity to temperature of epidemiological processes at leaf scale, a preliminary step towards FSPMs of sick wheat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Rencontres de Phytopathologie - Mycologie de la Société Française de Phytopathologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PMA 2009 3rd International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Nov 2009, Beijing, China. 454 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PMA.2009.70⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192367v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using phylloclimate simulations to identify the radiative variables driving the budbreak of rose bush grown in growth chamber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Should be taken into account the plants azimuth to estimate the light phylloclimate within a virtual maize canopy ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PMA 2009 3rd International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Nov 2009, Beijing, China. 454 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PMA.2009.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192224v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A nested approach to model the temperature of individual leaves within crop canopies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the turbid medium approach to simulate light scattering within plant canopies at three spatial scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Sinoquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vince Gutschick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2010, Davis, United States</w:t>
+              <w:t xml:space="preserve">, Sep 2010, Davis, United States. p.285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192279v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At which scale modeling plant-climate-pathogen interactions to find new levers in pest management? Phylloclimate a key variable to study interactions?</w:t>
+                <w:t xml:space="preserve">Le phylloclimat ou le microclimat perçu par l’organe Pourquoi? Quel intérêt pour l’épidémiologie végétale?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">nternational Workshop on Mathematical Modeling of Plant Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Columbus, United States. 35 diapos powerpoint</w:t>
+              <w:t xml:space="preserve">8èmes Rencontres de Phytopathologie - Mycologie de la Société Française de Phytopathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Aussois, France. 45 diapos powerpoint</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192425v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pyCupid, a gateway to easily take into account the microclimate within crop FSPMs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Gagnaire</w:t>
+                <w:t xml:space="preserve">Using phylloclimate simulations to identify the radiative variables driving the budbreak of rose bush grown in growth chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Norman</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6h. International Workshop</w:t>
+              <w:t xml:space="preserve">6. International Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192292v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity to temperature of epidemiological processes at leaf scale, a preliminary step towards FSPMs of sick wheat</w:t>
+                <w:t xml:space="preserve">A nested approach to model the temperature of individual leaves within crop canopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheng Liu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Ney</w:t>
+                <w:t xml:space="preserve">Vince Gutschick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMA 2009 3rd International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Davis, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192321v1</w:t>
+                <w:t xml:space="preserve">hal-01192279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should be taken into account the plants azimuth to estimate the light phylloclimate within a virtual maize canopy ?</w:t>
+                <w:t xml:space="preserve">At which scale modeling plant-climate-pathogen interactions to find new levers in pest management? Phylloclimate a key variable to study interactions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMA 2009 3rd International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">nternational Workshop on Mathematical Modeling of Plant Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Columbus, United States. 35 diapos powerpoint</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192320v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building modular FSPM under OpenAlea: concepts and applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">pyCupid, a gateway to easily take into account the microclimate within crop FSPMs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Norman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Functional-Structural Plant Models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Davis, CA, United States. pp.109-112</w:t>
+              <w:t xml:space="preserve">6h. International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192232v2</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharing efforts for modelling plant systems: from publications to reusable software components</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Pradal</w:t>
+                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular&amp; Integrative Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.549⟩</w:t>
+              <w:t xml:space="preserve">Annual Main Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society of Experimental Biology, Jun 2009, Glasgow, United Kingdom. pp.S229, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831802v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des interactions épidémie - couvert végétal : De la recherche à la mise au point d'outils opérationnels pour la protection intégrée des cultures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bancal</w:t>
+                <w:t xml:space="preserve">Sharing efforts for modelling plant systems: from publications to reusable software components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Conférence Internationale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular&amp; Integrative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Glasgow, United Kingdom. pp.S222, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192198v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which air temperature drives épidemiological processes of fungal foliar wheat diseases at leaf scale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Conférence Internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Brun</w:t>
+                <w:t xml:space="preserve">Modélisation des interactions épidémie - couvert végétal : De la recherche à la mise au point d'outils opérationnels pour la protection intégrée des cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gouache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bancal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Main Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9. Conférence Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03258541v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid method to estimate light phylloclimate within growth chambers</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of the plants azimuth on light phylloclimate within a virtual maize canopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop on Functional-Structural Plant Models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HortResearch Mt Albert. Auckland, NZL., Nov 2007, Napier, New Zealand</w:t>
+              <w:t xml:space="preserve">5. International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756874v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling light phylloclimate within growth chambers</w:t>
+                <w:t xml:space="preserve">Simulating the red:far-red ratio of individual plant organs, a key issue for hytochrome-driven processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Delepoulle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">J.B. Evers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop</w:t>
+              <w:t xml:space="preserve">5.International Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191959v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid method to estimate light phylloclimate within growth chambers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Modeling light phylloclimate within growth chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delepoulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop on Functional Structural Plant Models</w:t>
+              <w:t xml:space="preserve">5. International Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189447v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and architecture in various genotypes of Arabidopsis thaliana</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">A hybrid method to estimate light phylloclimate within growth chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris B. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop on Functional-Structural Plant Models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Napier, New Zealand</w:t>
+              <w:t xml:space="preserve">5. International Workshop on Functional-Structural Plant Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HortResearch Mt Albert. Auckland, NZL., Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322834v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">A hybrid method to estimate light phylloclimate within growth chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris B. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop</w:t>
+              <w:t xml:space="preserve">5. International Workshop on Functional Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191929v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the red:far-red ratio of individual plant organs, a key issue for hytochrome-driven processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and architecture in various genotypes of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. Vos</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5.International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
+              <w:t xml:space="preserve">5th International Workshop on Functional-Structural Plant Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191975v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a turbid medium model to simulate light interception by plant canopies at three spatial scales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Combes</w:t>
+                <w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop on Functional-Structural Plant Models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HortResearch Mt Albert. Auckland, NZL., Nov 2007, Napier, New Zealand</w:t>
+              <w:t xml:space="preserve">5. International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758452v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the plants azimuth on light phylloclimate within a virtual maize canopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of a turbid medium model to simulate light interception by plant canopies at three spatial scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Toulouse</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Sinoquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abraham A. Escobar Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Varlet-Grancher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t>
+              <w:t xml:space="preserve">5. International Workshop on Functional-Structural Plant Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HortResearch Mt Albert. Auckland, NZL., Nov 2007, Napier, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191978v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépôt d'ozone sur un couvert végétal : mécanismes et conséquences. Résultats du projet BIOPOLLATM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Dépôt d'ozone sur un couvert végétal: Mécanismes et conséquences. Résultats du projet Biopollatm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Dizengremel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François J.-F. Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Dizengremel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programme National Coordonné ANR "ECO"</w:t>
+              <w:t xml:space="preserve">1. Colloque de restitution Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00023358v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépôt d'ozone sur un couvert végétal: Mécanismes et conséquences. Résultats du projet Biopollatm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Dépôt d'ozone sur un couvert végétal : mécanismes et conséquences. Résultats du projet BIOPOLLATM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre Dizengremel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Colloque de restitution Scientifique</w:t>
+              <w:t xml:space="preserve">Programme National Coordonné ANR "ECO"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764427v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Could virtual plants be considered as lambertian objects in dense canopies?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling tillering in wheat (Triticum aestivum L.) using L-systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Evers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10496,911 +10392,911 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLAMP: accounting for leaf clumping in radiative transfer modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rochdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE international geoscience and remote sensing symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2003, Toulouse, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS.2003.1293986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLAMP: a model of leaf clumping in canopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rochdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Combal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a physical model of water transfer by rain splash in a 3-D canopy structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2000, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02766696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel form factors computation for radiative transfers in vegetation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hondermarck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Second Eurographics Workhop on Parallel Graphics and Visualisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1998, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02769948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-directional characteristics of leaf reflectance and transmittance: measurement and influence on canopy bi-directional reflectance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèles surfaciques du microclimat radiatif dans les couverts végétaux: Radiosité mixte et lancer de rayons stochastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1997, Courchevel, France</w:t>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1997, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767786v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des échanges radiatifs au sein d'un couvert végétal par lancer de rayons stochastique: réflectance bidirectionnelle et micro-climat lumineux dans le couvert</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation 3D du maïs pour la simulation de la réflectance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Espana Boquera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ariès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1997, Courchevel, France</w:t>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1997, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768151v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles surfaciques du microclimat radiatif dans les couverts végétaux: Radiosité mixte et lancer de rayons stochastique</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bi-directional characteristics of leaf reflectance and transmittance: measurement and influence on canopy bi-directional reflectance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. España</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1997, Paris, France</w:t>
+              <w:t xml:space="preserve">7. International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1997, Courchevel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767070v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation 3D du maïs pour la simulation de la réflectance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des échanges radiatifs au sein d'un couvert végétal par lancer de rayons stochastique: réflectance bidirectionnelle et micro-climat lumineux dans le couvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1997, Paris, France</w:t>
+              <w:t xml:space="preserve">7. International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1997, Courchevel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767710v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des échanges radiatifs distribués par organe et par plante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11416,73 +11312,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1996, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02765353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image synthesis as a tool to model light microclimate in vegetation canopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11498,506 +11394,501 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1995, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02775214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le numérique au cœur des géosciences pour un monde en mutation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lopez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Didier Besnard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les clefs du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teratec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.72-73, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05356899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goniospectrophotomètre pour mesurer les BRDF/BTDF des feuilles végétales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand la matière diffuse la lumière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des MINES - TRANSVALOR, 455 p., 2019, Sciences de la Matière, 978-2-35671-556-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les BRDF dans les modèles de transferts radiatifs de couverts végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand la matière diffuse la lumière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des MINES - TRANSVALOR, 455 p., 2019, Sciences de la Matière, 978-2-35671-556-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional-structural plant models in crop production: where are we and where to go?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Vos</w:t>
+                <w:t xml:space="preserve">Improving Light Position in a Growth Chamber through the Use of a Genetic Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delepoulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dimitri Plemenos; Georgios Miaoulis. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional-Structural Plant Modelling in Crop Production</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Artificial Intelligence Techniques for Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 159, Springer, pp.67-82, 2008, Studies in Computational Intelligence (SCI, volume 159), 978-3-540-85127-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-85128-8_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191949v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling light environment of virtual plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12013,1179 +11904,1304 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Functional-Structural Plant Modelling in Crop Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, 2007, 978-1-4020-6032-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01191946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mesures de télédétection dans le domaine solaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Baret</w:t>
+                <w:t xml:space="preserve">Functional-structural plant models in crop production: where are we and where to go?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dejong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.C. Struik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 2 - Du couvert végétal à la région</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRA Editions, pp. 53-67, 1997, 2-7380-0722-8</w:t>
+              <w:t xml:space="preserve">Functional-Structural Plant Modelling in Crop Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, 2007, 978-1-4020-6032-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02766559v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rappel sur les lois fondamentales du rayonnement.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wigneron J.-P.</w:t>
+                <w:t xml:space="preserve">Les mesures de télédétection dans le domaine solaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Sohbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 1 - De la plante au couvert végétal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp. 269-284, 1996, 978-2-7380-0662-2</w:t>
+              <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 2 - Du couvert végétal à la région</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA Editions, pp. 53-67, 1997, 2-7380-0722-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03566712v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des échanges radiatifs à partir de maquettes informatiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+                <w:t xml:space="preserve">ALiBi : un exemple de modèle de transferts sol-végétation-atmosphère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Wigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Clastre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yassine Sohbi</w:t>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 1 - De la plante au couvert végétal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRA Editions, pp. 351-369, 1996, 2-7380-0662-0</w:t>
+              <w:t xml:space="preserve">, INRA Editions, pp. 489-503, 1996, 2-7380-0662-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767486v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALiBi : un exemple de modèle de transferts sol-végétation-atmosphère</w:t>
+                <w:t xml:space="preserve">Rappel sur les lois fondamentales du rayonnement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Olioso</w:t>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Wigneron</w:t>
+                <w:t xml:space="preserve">Wigneron J.-P.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 1 - De la plante au couvert végétal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRA Editions, pp. 489-503, 1996, 2-7380-0662-0</w:t>
+              <w:t xml:space="preserve">, pp. 269-284, 1996, 978-2-7380-0662-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02765188v1</w:t>
+                <w:t xml:space="preserve">hal-03566712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation des échanges radiatifs à partir de maquettes informatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Clastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Sohbi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">École-chercheurs en bioclimatologie. 1 - De la plante au couvert végétal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA Editions, pp. 351-369, 1996, 2-7380-0662-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jumeaux numériques : Enjeux et perspectives pour les recherches menées à INRAE, mars 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Caranta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrae. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05451032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data collection and analysis tools for food security and nutrition: towards enhancing effective, inclusive, evidence-informed, decision making. A report by the High Level Panel of Experts on Food Security and Nutrition of the Committee on World Food Security,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cafiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Blanco Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilfuza Egamberdieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Kanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] HLPE #17, High Level Panel of Experts on Food Security and Nutrition of the Committee on World Food Security. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommandations Outils Collaboratifs DIPSO - Version 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cocaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hénaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Karmasyn-Veyrines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE Direction pour la Science Ouverte - DipSO. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160493v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexion prospective interdisciplinaire. Approches prédictives pour la biologie et l’écologie. Rapport de synthèse.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthèse 2019 des entretiens CATI INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Chelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dehne-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Interne] Inrae. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Berry</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-02791153v2</w:t>
+                <w:t xml:space="preserve">hal-03212612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse 2019 des entretiens CATI INRAE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réflexion prospective interdisciplinaire. Approches prédictives pour la biologie et l’écologie. Rapport de synthèse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Caranta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Génard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] INRA. 2019, 40 pp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Dehne-Garcia</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-03212612v1</w:t>
+                <w:t xml:space="preserve">hal-02791153v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopollatm : Biosphère et pollution atmosphérique en zone rurale et périurbaine. Rapport de fin de contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Dizengremel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Castell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] INRA; ADEME. 2004, pp.130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13195,100 +13211,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un modèle de radiosité mixte pour simuler la distribution du rayonnement dans les couverts végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université de Rennes 1, 1997. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02841953v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13298,91 +13314,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le phylloclimat ou le microclimat perçu par l'organe, variable-clef des compétitions plante-plante et hôte-pathogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud - Paris 11, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02818343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13392,51 +13408,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caribu (CAnopy RadIative BUdget)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13448,70 +13464,70 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pradal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1998, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:7ad895914a1483abace1a943117aadff073da87b;origin=https://github.com/openalea-incubator/caribu;visit=swh:1:snp:89f6a24848484d39368712b4a6de9582059cee92;anchor=swh:1:rev:5be29662ca257bc6056d29f8d55940c16eb98735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04945340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13521,168 +13537,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3 dimensional physical model to predict temperature dynamics within fruits in response to environment changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Saudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Marquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris B. Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Santin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Workshop on Functional-Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Napier, New Zealand. , pp.30, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId364"/>
+      <w:footerReference w:type="default" r:id="rId365"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13750,51 +13766,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D91AE7A2"/>
+    <w:nsid w:val="C5D0EBFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13981,51 +13997,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-chelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8151-1555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174117450" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAI-1409-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212812v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Demotes-Mainard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Autret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Gall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2025.104256" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737238v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Albasha" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Manceau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Webber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Kimball" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685073v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Riahi El Kamel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109031" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544375v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8515" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vazquez-Carrasquer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641459" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159596v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legeay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Suffert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1253-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Broussolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019049" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02253260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alejando Prieto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diz007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759098v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Hologne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606474v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Hoch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638630v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Widlowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Mio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Disney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Adams" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Andredakis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.08.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000826v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Zurfluh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Rankin M. R. Irvine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2012.09.010" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GP5VT63-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000854v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Bernard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Sache" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Suffert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12134" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003288v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Widlowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pinty" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lopatka" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Atzberger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buzica" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50497" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132296v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem B. Evers" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard G. Buck-Sorlin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp345" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192140v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ney" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq090" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258531v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.632" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGZFNTK8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757167v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Combes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham A. Escobar Gutierrez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Verdenal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.553" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2009.02.016" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57DF50C7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372934v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.634" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGPG4WXG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964821v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Marquier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Adam" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L. Guilioni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sinoquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Varlet-Grancher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP08059" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192301v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delepoulle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-85128-8" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191921v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Evers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02161.x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192023v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lopez-Lozano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochdi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Espa&#241;a" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2006.12.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXPQ08PN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189271v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Santin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marquier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Adam" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2007.06.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QPW1851-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191979v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02168.x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191976v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem Evers" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.07.042" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMN0QLH1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655838v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.04.010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QPGWZWK5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334723v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-005-3224-1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z0LT4TQ8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665656v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rochdi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fernandes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2006.02.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXD8Z5NR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674939v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681915v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Hirel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H&#233;l&#232;ne Valadier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Quillere" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2005.00511.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7C25199-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674351v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Fournier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908510v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Huber" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2003.08.034" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX6Z5V27-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675346v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Maddonni" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Otegui" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Casal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674133v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4290(00)00144-1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3DNZF3V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687230v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885926v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885927v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Espa&#241;a" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Aries" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686907v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ari&#232;s" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697207v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouatouch" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003710050127" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VVN924G8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695236v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3800(98)00100-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0S48F83-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690554v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687444v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kuusk" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696621v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Espana" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04831536v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955903v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Dzale-Yeumo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Philipe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3964002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557892v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736029v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322728v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551657v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik I Svensson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594777v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796858v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543439v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ngao" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438613v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Daumard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Goulas" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Moya" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746784v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Autret" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747353v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#168;risto Siev&#228;nen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Javaux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190590v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001099v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190584v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bernard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003244v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000815v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964833v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192367v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192224v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192279v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Gutschick" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192425v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192292v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chambon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gagnaire" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Norman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192321v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Liu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2009.70" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192320v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Toulouse" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2009.21" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01192232v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Souli&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831802v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.549" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTDWMNFM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192198v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gouache" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bancal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192192v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liu" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258541v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756874v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Christophe" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191959v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189447v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191975v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758452v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Sinoquet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191978v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023358v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dizengremel" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Castell" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764427v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Castell" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761891v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761122v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760702v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2003.1293986" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762456v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Combal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766696v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Saint-Jean" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769948v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hondermarck" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767786v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vaillant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768151v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767070v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767710v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Espana Boquera" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765353v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775214v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05356899v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chassagne" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lopez" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teratec.eu/library/pdf/2025/LIVRE_BLANC_TERATEC_INTERACTIF_2025-10-22.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787699v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786976v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191949v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dejong" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Struik" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191946v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766559v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sohbi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566712v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wigneron J.-P." TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767486v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765188v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wigneron" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451032v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Caranta" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Domergue" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monod" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781850v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cafiero" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Blanco Fonseca" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilfuza Egamberdieva" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Kanter" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160493v2" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cocaud" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale H&#233;naut" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Karmasyn-Veyrines" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791153v2" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Berry" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212612v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehne-Garcia" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828623v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02841953v2" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818343v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04945340v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7ad895914a1483abace1a943117aadff073da87b;origin=https://github.com/openalea-incubator/caribu;visit=swh:1:snp:89f6a24848484d39368712b4a6de9582059cee92;anchor=swh:1:rev:5be29662ca257bc6056d29f8d55940c16eb98735" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189266v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-chelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8151-1555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174117450" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAI-1409-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212812v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Demotes-Mainard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Autret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Gall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2025.104256" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737238v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Albasha" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Manceau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Webber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Kimball" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544375v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8515" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Riahi El Kamel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109031" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vazquez-Carrasquer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641459" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159596v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legeay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Suffert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1253-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Broussolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019049" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02253260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alejando Prieto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diz007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759098v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Hologne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606474v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Hoch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638630v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Widlowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Mio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Disney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Adams" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Andredakis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.08.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003288v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Widlowski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pinty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lopatka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Atzberger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buzica" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50497" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000854v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Bernard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Sache" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Suffert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12134" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Zurfluh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Rankin M. R. Irvine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2012.09.010" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GP5VT63-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132296v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem B. Evers" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard G. Buck-Sorlin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp345" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192140v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ney" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq090" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372934v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.634" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGPG4WXG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258531v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.632" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGZFNTK8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757167v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Combes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham A. Escobar Gutierrez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Verdenal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.553" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192034v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2009.02.016" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57DF50C7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964821v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Marquier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Adam" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L. Guilioni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sinoquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Varlet-Grancher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP08059" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191921v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Evers" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02161.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192023v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lopez-Lozano" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochdi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Espa&#241;a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2006.12.005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXPQ08PN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189271v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Santin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marquier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Adam" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2007.06.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QPW1851-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191979v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02168.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191976v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem Evers" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.07.042" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMN0QLH1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655838v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.04.010" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QPGWZWK5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334723v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-005-3224-1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z0LT4TQ8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665656v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rochdi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fernandes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2006.02.003" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXD8Z5NR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674351v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Fournier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681915v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Hirel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H&#233;l&#232;ne Valadier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Quillere" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2005.00511.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7C25199-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674939v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908510v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Huber" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2003.08.034" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX6Z5V27-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675346v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Maddonni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Otegui" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Casal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674133v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4290(00)00144-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3DNZF3V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686907v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ari&#232;s" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687230v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885926v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885927v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Espa&#241;a" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Aries" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697207v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouatouch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003710050127" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VVN924G8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695236v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3800(98)00100-8" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0S48F83-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690554v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687444v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kuusk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696621v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Espana" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04831536v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955903v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Dzale-Yeumo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Philipe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3964002" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557892v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736029v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322728v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik I Svensson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594777v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543439v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ngao" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438613v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Daumard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Goulas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Moya" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796858v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746784v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Autret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747353v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#168;risto Siev&#228;nen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Javaux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190590v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001099v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190584v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bernard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000815v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003244v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01192232v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Souli&#233;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192321v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Liu" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2009.70" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192320v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Toulouse" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2009.21" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964833v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192367v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192224v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192279v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Gutschick" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192425v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192292v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chambon" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gagnaire" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Norman" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258541v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831802v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.549" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTDWMNFM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192192v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192198v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gouache" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bancal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191978v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191975v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191959v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delepoulle" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756874v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Christophe" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189447v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758452v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Sinoquet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764427v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J.-F. Castell" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023358v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dizengremel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Castell" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761891v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761122v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760702v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2003.1293986" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762456v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Combal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766696v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Saint-Jean" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769948v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hondermarck" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767070v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767710v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Espana Boquera" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767786v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vaillant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768151v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765353v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775214v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05356899v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chassagne" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lopez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teratec.eu/library/pdf/2025/LIVRE_BLANC_TERATEC_INTERACTIF_2025-10-22.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787699v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786976v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552592v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-85128-8_5" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-21NZ7Z3M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191946v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191949v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dejong" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Struik" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766559v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sohbi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765188v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wigneron" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566712v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wigneron J.-P." TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767486v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451032v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Caranta" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Domergue" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monod" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781850v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cafiero" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Blanco Fonseca" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilfuza Egamberdieva" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Kanter" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160493v2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cocaud" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale H&#233;naut" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Karmasyn-Veyrines" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212612v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehne-Garcia" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791153v2" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Berry" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828623v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02841953v2" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818343v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04945340v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7ad895914a1483abace1a943117aadff073da87b;origin=https://github.com/openalea-incubator/caribu;visit=swh:1:snp:89f6a24848484d39368712b4a6de9582059cee92;anchor=swh:1:rev:5be29662ca257bc6056d29f8d55940c16eb98735" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189266v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>