--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -100,724 +100,724 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An energy-aware clustering approach based on Gini coefficient and IPSO applied for energy-constrained applications</w:t>
+                <w:t xml:space="preserve">Dynamic reconfiguration of wireless sensor networks: A survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hang Wan</w:t>
+                <w:t xml:space="preserve">Salma Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiaqi Gao</w:t>
+                <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael David</w:t>
+                <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Derigent</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ahmed Zouinkhi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecommunication Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11235-025-01285-z⟩</w:t>
+              <w:t xml:space="preserve">Computer Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 262, pp.111176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comnet.2025.111176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05041805v1</w:t>
+                <w:t xml:space="preserve">hal-05016055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic reconfiguration of wireless sensor networks: A survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An energy-aware clustering approach based on Gini coefficient and IPSO applied for energy-constrained applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salma Najjar</w:t>
+                <w:t xml:space="preserve">Jiaqi Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael David</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Zouinkhi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Haiyan Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 262, pp.111176. </w:t>
+              <w:t xml:space="preserve">Telecommunication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88 (2), pp.51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.comnet.2025.111176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11235-025-01285-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016055v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WSN energy control by holonic dynamic reconfiguration: Application to the sustainability of communicating materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Communicating materials: Communicating concrete development for construction industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal André</w:t>
+                <w:t xml:space="preserve">Gaël Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cardin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Salma Najjar</w:t>
+                <w:t xml:space="preserve">Alexandru Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su16188193⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (4), pp.6983-6994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tii.2024.3352261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04719362v1</w:t>
+                <w:t xml:space="preserve">hal-04428096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GTIACO: energy efficient clustering algorithm based on game theory and improved ant colony optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhizhuo Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui Quan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Telecommunication Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 86, pp.463-480. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11235-024-01132-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communicating materials: Communicating concrete development for construction industry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">WSN energy control by holonic dynamic reconfiguration: Application to the sustainability of communicating materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Derigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandru Takacs</w:t>
+                <w:t xml:space="preserve">Pascal André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
+                <w:t xml:space="preserve">Olivier Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Najjar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (4), pp.6983-6994. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (18), pp.8193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tii.2024.3352261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su16188193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428096v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-efficient chain-based data gathering applied to communicating concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Distributed Sensor Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (8), pp.1-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -877,51 +877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brooke Coombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Ziegenfuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohitha Badya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -985,51 +985,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organising, valuing and improving the engineering design process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 24 (7), pp.524-545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1089,51 +1089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbeth Ceelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ward de Spiegelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurgen de Craene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1210,51 +1210,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'implantation d'un système contrôlé par le produit à l'aide de réseaux de capteurs sans fil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gouyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 43 (4-5), pp.537-560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1288,51 +1288,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological utilities for organizing cooperative work process according to ISO 9001 standard recommendations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Idelmerfaa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1385,226 +1385,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00112094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing and Organizing Concurrent Processes According to the CMM Levels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Managing and organizing concurrent processes according to the CMM levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Idelmerfaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 13 (3), pp.241-251. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 13, pp.241-251</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00571183v1</w:t>
+                <w:t xml:space="preserve">hal-00112074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing and organizing concurrent processes according to the CMM levels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Managing and Organizing Concurrent Processes According to the CMM Levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Idelmerfaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 13, pp.241-251</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 13 (3), pp.241-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1063293X05057113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00112074v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00571183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1635,90 +1635,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radio-frequency energy harvesting for communicating materials: Application to the construction industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Takacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st IEEE International Conference on Electronics Circuits and Systems, ICECS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Nancy, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1752,103 +1752,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An intelligent WSN-based digital twin design for photovoltaic power generation forecast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhizhuo Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui Quan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Electronics and Communication Engineering, ICECE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Xi'an, China. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1882,64 +1882,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SADHoA - A switching-agnostic dynamic holonic architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Workshop on Service-Oriented, Holonic and Multi-Agent Manufacturing for Industry of the Future, SOHOMA 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Annecy, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1967,334 +1967,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic aggregation model for reconfigurable holonic control architecture – The GARCIA framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Materials communicating with the BIM: results of the McBIM project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal André</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cardin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandru Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future, SOHOMA’22</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bucarest, Romania. </w:t>
+              <w:t xml:space="preserve">6th IFAC Symposium on Telematics Applications, TA'2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nancy, France. pp.25-30, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-24291-5_32⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03970710v1</w:t>
+                <w:t xml:space="preserve">hal-03782567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materials communicating with the BIM: results of the McBIM project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Generic aggregation model for reconfigurable holonic control architecture – The GARCIA framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hang Wan</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th IFAC Symposium on Telematics Applications, TA'2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nancy, France. pp.25-30, </w:t>
+              <w:t xml:space="preserve">12th International Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future, SOHOMA’22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bucarest, Romania. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-24291-5_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03782567v1</w:t>
+                <w:t xml:space="preserve">hal-03970710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling digital twins as a recursive multi-agent architecture: application to energy management of communicating materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th IFAC Symposium on Information Control Problems in Manufacturing, INCOM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Budapest (virtual), Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2313,502 +2313,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is communicating material an intelligent product instantiation? Application to the McBIM project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Design of a multi-agent system for exploiting the communicating concrete in a SHM/BIM context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future, SOHOMA 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">4th IFAC Workshop on Advanced Maintenance Engineering, Services and Technologies, AMEST 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949511v1</w:t>
+                <w:t xml:space="preserve">hal-02949522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a multi-agent system for exploiting the communicating concrete in a SHM/BIM context</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Is communicating material an intelligent product instantiation? Application to the McBIM project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IFAC Workshop on Advanced Maintenance Engineering, Services and Technologies, AMEST 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">10th Workshop on Service Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future, SOHOMA 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949522v1</w:t>
+                <w:t xml:space="preserve">hal-02949511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining the communication architecture for data aggregation in Wireless Sensor Networks: application to communicating concrete design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Materials communicating with the BIM: aims and first results of the McBIM project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Derigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Dragomirescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Takacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Future Internet of Things and Cloud, FiCloud 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12th International Workshop on Structural Health Monitoring, IWSHM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Stanford, CA, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02421238v1</w:t>
+                <w:t xml:space="preserve">hal-02285937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materials communicating with the BIM: aims and first results of the McBIM project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Defining the communication architecture for data aggregation in Wireless Sensor Networks: application to communicating concrete design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Workshop on Structural Health Monitoring, IWSHM 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th International Conference on Future Internet of Things and Cloud, FiCloud 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Istanbul, Turkey. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FiCloud.2019.00022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285937v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A holonic manufacturing approach applied to communicate concrete: Concept and first development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Workshop on Service Oriented, Holonic and Multi-agent Manufacturing, SOHOMA'19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Valence, Spain. pp.414-425, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2842,77 +2842,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards energy efficient buildings: how ICTs can convert advances?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Derigent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th IFAC Symposium on Information Control Problems in Manufacturing, INCOM 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bergamo, Italy. pp.758-763, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2940,598 +2940,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-organisation avec canaux et puits multiples de réseaux de capteurs sans fil de grande taille</w:t>
+                <w:t xml:space="preserve">Ensuring performances of large scale wireless sensor networks with multiple sinks and multiple channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick-Tidjane Kone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixième Conférence Internationale Francophone d'Automatique, CIFA 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th IFAC Symposium on Large Scale Systems: Theory and Applications, LSS'2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Villeneuve d'Ascq, France. pp.CDROM, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20100712-3-FR-2020.00037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00543084v1</w:t>
+                <w:t xml:space="preserve">hal-00598150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-channel clustering algorithm for improving performance of large-scale Wireless multi-sink sensor networks</w:t>
+                <w:t xml:space="preserve">Cluster-based multi-channel system for improving performance of large-scale wireless multi-sink sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick-Tidjane Kone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Wireless Communications and Mobile Computing Conference, IWCMC 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd International Conference on Future Computer and Communication, ICFCC 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Wuhan, China. pp.CDROM, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICFCC.2010.5497680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00600554v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00598148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster-based multi-channel system for improving performance of large-scale wireless multi-sink sensor networks</w:t>
+                <w:t xml:space="preserve">Auto-organisation avec canaux et puits multiples de réseaux de capteurs sans fil de grande taille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick-Tidjane Kone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francis Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Future Computer and Communication, ICFCC 2010</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sixième Conférence Internationale Francophone d'Automatique, CIFA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Nancy, France. pp.CDROM</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00598148v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00543084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensuring performances of large scale wireless sensor networks with multiple sinks and multiple channels</w:t>
+                <w:t xml:space="preserve">Multi-channel clustering algorithm for improving performance of large-scale Wireless multi-sink sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick-Tidjane Kone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lepage</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IFAC Symposium on Large Scale Systems: Theory and Applications, LSS'2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Wireless Communications and Mobile Computing Conference, IWCMC 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Caen, France. pp.CDROM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20100712-3-FR-2020.00037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00598150v1</w:t>
+                <w:t xml:space="preserve">hal-00600554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing the concept of Product-Driven Control using Wireless Sensor Networks: some experiments and issues</w:t>
+                <w:t xml:space="preserve">Implantation d'un contrôle par le produit à l'aide de réseaux de capteurs sans fil. Validation par émulation d'un environnement de production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gouyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFAC World Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7ème Conférence Internationale de Modélisation, Optimisation et Simulation des Systèmes, MOSIM 08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Paris, France. pp.CDROM</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00321465v1</w:t>
+                <w:t xml:space="preserve">hal-00274115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implantation d'un contrôle par le produit à l'aide de réseaux de capteurs sans fil. Validation par émulation d'un environnement de production</w:t>
+                <w:t xml:space="preserve">Implementing the concept of Product-Driven Control using Wireless Sensor Networks: some experiments and issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gouyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Conférence Internationale de Modélisation, Optimisation et Simulation des Systèmes, MOSIM 08</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Séoul, South Korea. pp.5488-5493, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20080706-5-KR-1001.3154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00274115v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00321465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy consumption analysis of a simple image transmission protocol in wireless sensor networks</w:t>
               </w:r>
@@ -3674,51 +3674,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">project assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3794,51 +3794,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définition d'un cadre pour l'organisation et l'évaluation des activités du travail coopératif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">domain_stic.inge. Université Henri Poincaré - Nancy I, 2004. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4105,51 +4105,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05041805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Wan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Gao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael David" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Derigent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Zhao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-025-01285-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016055v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Najjar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zouinkhi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2025.111176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l David" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16188193" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04552263v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhuo Qiu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Quan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-024-01132-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428096v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Loubet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Takacs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dragomirescu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tii.2024.3352261" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949492v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1550147720939028" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347307v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooke Coombes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Ziegenfuss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohitha Badya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolbert van den Hoorn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3763-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874962v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2013.776214" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690184v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbeth Ceelen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward de Spiegelaere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen de Craene" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vinken" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2011.03.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390431v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouyon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.43.537-560" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Idelmerfaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-006-0039-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/02CE9F1D51BF6150F16B6D415076449CD827E974/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00571183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X05057113" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112074v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04831840v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848725" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04638732v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECE59822.2023.10462273" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04644999v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53445-4_41" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970710v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24291-5_32" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421238v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FiCloud.2019.00022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285937v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27477-1_32" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930713v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.08.410" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543084v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick-Tidjane Kone" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lepage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600554v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598148v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFCC.2010.5497680" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598150v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100712-3-FR-2020.00037" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321465v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.3154" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274115v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120872v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lecuire" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Duran-Faundez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Holl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Krommenacker" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Maimour" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101381v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rondeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091749v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004NAN10202" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Najjar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael David" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Derigent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zouinkhi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2025.111176" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05041805v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Wan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Gao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Zhao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-025-01285-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428096v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l David" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Loubet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Takacs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dragomirescu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tii.2024.3352261" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04552263v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhuo Qiu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Quan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-024-01132-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719362v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16188193" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949492v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1550147720939028" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347307v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooke Coombes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Ziegenfuss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohitha Badya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolbert van den Hoorn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3763-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874962v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2013.776214" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690184v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbeth Ceelen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward de Spiegelaere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen de Craene" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vinken" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2011.03.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390431v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouyon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.43.537-560" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Idelmerfaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-006-0039-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/02CE9F1D51BF6150F16B6D415076449CD827E974/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112074v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00571183v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X05057113" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04831840v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848725" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04638732v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECE59822.2023.10462273" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04644999v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53445-4_41" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782567v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970710v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24291-5_32" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949522v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949511v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285937v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421238v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FiCloud.2019.00022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27477-1_32" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930713v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.08.410" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598150v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick-Tidjane Kone" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lepage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100712-3-FR-2020.00037" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598148v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFCC.2010.5497680" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543084v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600554v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274115v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321465v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.3154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120872v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lecuire" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Duran-Faundez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Holl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Krommenacker" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Maimour" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101381v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rondeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091749v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004NAN10202" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>