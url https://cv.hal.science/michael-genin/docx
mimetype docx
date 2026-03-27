--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -636,1480 +636,1480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05076811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone Marrow Adiposity Alterations in Postmenopausal Women With Type 2 Diabetes Are Site-Specific</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. C. Karampinos</w:t>
+                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Endocrine Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1210/jendso/bvae161⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (3), pp.200 - 206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844730v1</w:t>
+                <w:t xml:space="preserve">hal-05411561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+                <w:t xml:space="preserve">Multiple air pollutant exposure is associated with higher risk of all-cause mortality in dialysis patients: a French registry-based nationwide study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aghiles Hamroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Glowacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Sautenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Leffondré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Front Public Health, 12, pp.1390999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2024.1390999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411561v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Shared-Frailty Spatial Scan Statistic Model for Time-to-Event Data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Frevent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Salem Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dabo-Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biometrical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Biomedical journal, 66 (5), pp.e202300200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/bimj.202300200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple air pollutant exposure is associated with higher risk of all-cause mortality in dialysis patients: a French registry-based nationwide study.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michaël Genin</w:t>
+                <w:t xml:space="preserve">Acceptance and safety of the RSV-preventive treatment of newborns with nirsevimab in the maternity department: a prospective longitudinal cohort study in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ocana de Sentuary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Testard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Glowacki</w:t>
+                <w:t xml:space="preserve">M. Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Sautenet</w:t>
+                <w:t xml:space="preserve">M. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Leffondré</w:t>
+                <w:t xml:space="preserve">L. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Front Public Health, 12, pp.1390999. </w:t>
+              <w:t xml:space="preserve">EClinicalMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, EClinicalMedicine, 79, pp.102986. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpubh.2024.1390999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2024.102986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04679783v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptance and safety of the RSV-preventive treatment of newborns with nirsevimab in the maternity department: a prospective longitudinal cohort study in France.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Gasnier</w:t>
+                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EClinicalMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2024.102986⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79, pp.200 - 206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04888207v1</w:t>
+                <w:t xml:space="preserve">hal-05198604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Efficacy and tolerability of chitin-glucan combined with simethicone (GASTRAP &amp;lt;sup&amp;gt;®&amp;lt;/sup&amp;gt; DIRECT) in irritable bowel syndrome: A prospective, open-label, multicenter study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Talbodec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Gastrointestinal Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, World Journal of Gastrointestinal Oncology, 15 (3), pp.90757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4292/wjgpt.v15.i3.90757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198604v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and tolerability of chitin-glucan combined with simethicone (GASTRAP &amp;lt;sup&amp;gt;®&amp;lt;/sup&amp;gt; DIRECT) in irritable bowel syndrome: A prospective, open-label, multicenter study.</w:t>
+                <w:t xml:space="preserve">Association Between COVID-19 and Self-Harm: Nationwide Retrospective Ecological Spatiotemporal Study in Metropolitan France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Talbodec</w:t>
+                <w:t xml:space="preserve">Maëlle Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Le Roy</w:t>
+                <w:t xml:space="preserve">Marielle Wathelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Fournier</w:t>
+                <w:t xml:space="preserve">Antoine Lamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Frevent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lesage</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Lepoutre</w:t>
+                <w:t xml:space="preserve">Thomas Fovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Gastrointestinal Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4292/wjgpt.v15.i3.90757⟩</w:t>
+              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, JMIR Public Health and Surveillance, 10, pp.e52759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/52759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633308v1</w:t>
+                <w:t xml:space="preserve">hal-04699674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between COVID-19 and Self-Harm: Nationwide Retrospective Ecological Spatiotemporal Study in Metropolitan France.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chitin-glucan improves important pathophysiological features of irritable bowel syndrome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Valibouze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Baillet</w:t>
+                <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Wathelet</w:t>
+                <w:t xml:space="preserve">Philippe Chavatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Lamer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fovet</w:t>
+                <w:t xml:space="preserve">Véronique Maquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/52759⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, World Journal of Gastroenterology, 30 (16), pp.2258-2271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3748/wjg.v30.i16.2258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04699674v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04582692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pesticides and risk of pancreatic adenocarcinoma in France: a nationwide spatiotemporal ecological study between 2011 and 2021.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prolonged increase in psychotropic drug use among young women following the COVID-19 pandemic: a French nationwide retrospective study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Saint-Dizier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Brugel</w:t>
+                <w:t xml:space="preserve">Mathieu Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Gauthier</w:t>
+                <w:t xml:space="preserve">J. F. Hamel-Broza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bouché</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eiya Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10654-024-01176-8⟩</w:t>
+              <w:t xml:space="preserve">BMC Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, BMC Medicine, 22, pp.274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12916-024-03496-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872581v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chitin-glucan improves important pathophysiological features of irritable bowel syndrome.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pesticides and risk of pancreatic adenocarcinoma in France: a nationwide spatiotemporal ecological study between 2011 and 2021.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Brugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Valibouze</w:t>
+                <w:t xml:space="preserve">Victoria Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
+                <w:t xml:space="preserve">Olivier Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Chavatte</w:t>
+                <w:t xml:space="preserve">Marta Blangiardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3748/wjg.v30.i16.2258⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, European Journal of Epidemiology, 39, pp.1241-1250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10654-024-01176-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04582692v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolonged increase in psychotropic drug use among young women following the COVID-19 pandemic: a French nationwide retrospective study.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lamer</w:t>
+                <w:t xml:space="preserve">Bone Marrow Adiposity Alterations in Postmenopausal Women With Type 2 Diabetes Are Site-Specific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sammy Badr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloe Saint-Dizier</w:t>
+                <w:t xml:space="preserve">Anne Cotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Levaillant</w:t>
+                <w:t xml:space="preserve">Daniela Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. F. Hamel-Broza</w:t>
+                <w:t xml:space="preserve">S. Ruschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eiya Ayed</w:t>
+                <w:t xml:space="preserve">D. C. Karampinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, BMC Medicine, 22, pp.274. </w:t>
+              <w:t xml:space="preserve">Journal of the Endocrine Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Journal of the Endocrine Society, 8 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12916-024-03496-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1210/jendso/bvae161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04679907v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steroid hormones in systemic sclerosis: associations with disease characteristics and modifications during scleroderma renal crisis.</w:t>
               </w:r>
@@ -2497,77 +2497,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saccharomyces cerevisiae prevents postoperative recurrence of Crohn's disease modeled by ileocecal resection in HLA-B27 transgenic rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Valibouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Speca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Mourey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2625,563 +2625,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04530376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Book Music Representation for Temporal Data, as a Part of the Feature Extraction Process: A Novel Approach to Improve the Handling of Time-Dependent Data in Secondary Use of Healthcare Structured Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The association between the incidence of preterm birth and overall air pollution: A nationwide, fine-scale, spatial study in France from 2012 to 2018.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Chazard</w:t>
+                <w:t xml:space="preserve">Adrien Lecoeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Balaye</w:t>
+                <w:t xml:space="preserve">D. Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Balcaen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michaël Genin</w:t>
+                <w:t xml:space="preserve">Damien Subtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Cuggia</w:t>
+                <w:t xml:space="preserve">Geoffroy Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 290, pp.567-571. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Environmental Pollution, pp.120013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/SHTI220141⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2022.120013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03716192v1</w:t>
+                <w:t xml:space="preserve">hal-04358416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between the incidence of preterm birth and overall air pollution: A nationwide, fine-scale, spatial study in France from 2012 to 2018.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of puberty as threshold to differentiate outcome of out-of-hospital cardiac arrest care groups: a nationwide observational study in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Lecoeuvre</w:t>
+                <w:t xml:space="preserve">E. Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cuny</w:t>
+                <w:t xml:space="preserve">Valentine Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Subtil</w:t>
+                <w:t xml:space="preserve">Josephine Escutnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffroy Chevalier</w:t>
+                <w:t xml:space="preserve">Cyrielle Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2022.120013⟩</w:t>
+              <w:t xml:space="preserve">Emergency Medicine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Emergency Medicine Journal, 39 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/emermed-2020-210447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04358416v1</w:t>
+                <w:t xml:space="preserve">hal-04540605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of puberty as threshold to differentiate outcome of out-of-hospital cardiac arrest care groups: a nationwide observational study in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transition to Comfort Care Only and End-of-Life Trajectories in an Acute Geriatric Unit: A Secondary Analysis of the DAMAGE Cohort.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Canon</w:t>
+                <w:t xml:space="preserve">Guillaume Deschasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josephine Escutnaire</w:t>
+                <w:t xml:space="preserve">Anne Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Dumont</w:t>
+                <w:t xml:space="preserve">Chloé Prod'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Recher</w:t>
+                <w:t xml:space="preserve">Celine Delecluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emergency Medicine Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Emergency Medicine Journal, 39 (5), </w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (9), pp.1492--1498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/emermed-2020-210447⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.04.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540605v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition to Comfort Care Only and End-of-Life Trajectories in an Acute Geriatric Unit: A Secondary Analysis of the DAMAGE Cohort.</w:t>
+                <w:t xml:space="preserve">Book Music Representation for Temporal Data, as a Part of the Feature Extraction Process: A Novel Approach to Improve the Handling of Time-Dependent Data in Secondary Use of Healthcare Structured Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Deschasse</w:t>
+                <w:t xml:space="preserve">Emmanuel Chazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Charpentier</w:t>
+                <w:t xml:space="preserve">Pierre Balaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Prod'Homme</w:t>
+                <w:t xml:space="preserve">Thibaut Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Delecluse</w:t>
+                <w:t xml:space="preserve">M Cuggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (9), pp.1492--1498. </w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 290, pp.567-571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.04.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/SHTI220141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03779211v1</w:t>
+                <w:t xml:space="preserve">hal-03716192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can we analyze environmental health resilience and vulnerability? A joint analysis with composite indices applied to the north of France</w:t>
               </w:r>
@@ -3314,51 +3314,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting spatial clusters in functional data: New scan statistic approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Frevent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Salem Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marbac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3552,77 +3552,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a morning out-of-hospital cardiac arrest cluster of high-incidence: towards a chrono-preventive care strategy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Escutnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3680,295 +3680,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hip fractures and characteristics of living area : a fine-scale spatial analysis in France</w:t>
+                <w:t xml:space="preserve">Characterization of the spatial heterogeneity of environmental and social inequalities in health: a spatialized approach to the resilience-vulnerability balance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rozenn Héquette-Ruz</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+                <w:t xml:space="preserve">Caroline Lanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Brousmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Deram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osteoporosis International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00198-020-05363-7⟩</w:t>
+              <w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (4), pp.250--256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ers.2020.1451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395144v1</w:t>
+                <w:t xml:space="preserve">hal-03249596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the spatial heterogeneity of environmental and social inequalities in health: a spatialized approach to the resilience-vulnerability balance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hip fractures and characteristics of living area : a fine-scale spatial analysis in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Héquette-Ruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Beuscart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Ficheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Lanier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Michaël Genin</w:t>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (4), pp.250--256. </w:t>
+              <w:t xml:space="preserve">Osteoporosis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Osteoporosis International, 31 (7), pp.1353-1360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/ers.2020.1451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00198-020-05363-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249596v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03395144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine-scale geographical distribution and ecological risk factors for Crohn's disease in France (2007-2014)</w:t>
               </w:r>
@@ -4356,51 +4356,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A functional-model-adjusted spatial scan statistic.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Salem Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4473,51 +4473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Visade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génia Babykina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite-Marie Defebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4728,51 +4728,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure to multiple air pollutants and the incidence of coronary heart disease: A fine-scale geographic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4843,2018 +4843,2030 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03249600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population-based incidence of lymphomas in the french nord-pas-de-calais region between 2001 and 2005: annual estimations and spatial analysis</w:t>
+                <w:t xml:space="preserve">A multivariate nonparametric scan statistic for spatial data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Detourmignies</w:t>
+                <w:t xml:space="preserve">Lionel Cucala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Leroyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michaël Genin</w:t>
+                <w:t xml:space="preserve">Julien Soula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2019.05.010⟩</w:t>
+              <w:t xml:space="preserve">Spatial Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spasta.2018.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412704v1</w:t>
+                <w:t xml:space="preserve">hal-02053594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multivariate nonparametric scan statistic for spatial data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Cucala</w:t>
+                <w:t xml:space="preserve">Partially Linear Spatial Probit Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Salem Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dabo-Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Soula</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Ali Hassan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spatial Statistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de l'ISUP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63 (2-3), pp.71-96</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02053594v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partially Linear Spatial Probit Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dabo-Niang</w:t>
+                <w:t xml:space="preserve">Epidemiology of out-of-hospital cardiac arrest: a french national incidence and mid-term survival rate study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Baert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Escutnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'ISUP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Anaesthesia Critical Care &amp; Pain Medicine, 38, pp.131-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.accpm.2018.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133818v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiology of out-of-hospital cardiac arrest: a french national incidence and mid-term survival rate study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population-based incidence of lymphomas in the french nord-pas-de-calais region between 2001 and 2005: annual estimations and spatial analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Detourmignies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald Luc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josephine Escutnaire</w:t>
+                <w:t xml:space="preserve">Karine Ligier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Plouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.accpm.2018.04.006⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique, 67 (5), pp.319-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2019.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581626v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04412704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traumatic cardiac arrest is associated with lower survival rate vs. Medical cardiac arrest - results from the french national registry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Escutnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génia Babykina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Javaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resuscitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Resuscitation, 131, pp.48-54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.07.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04540535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic method for improving the spatial interoperability of medical and ecological databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ghenassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Beuscart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ficheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Babykina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 16, pp.36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12942-017-0109-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multivariate Gaussian scan statistic for spatial data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Cucala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Occelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spatial Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21, pp.66 - 74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spasta.2017.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01812047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative assessment of organ distribution of dietary protein-bound C-13-labeled N-epsilon-carboxymethyllysine after a chronic oral exposure in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Niquet-Leridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Jouquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Molecular nutrition &amp; food research, 60 (11), pp.2446-2456. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mnfr.201600140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04064620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete scan statistics and the generalized likelihood ratio test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue roumaine de mathématiques pures et appliquées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Revue roumaine de mathématiques pures et appliquées, 60 (1), pp.83-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lay Theories on the Role of Biomedicalization in the Exclusion of Depressed People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Askevis-Leherpeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Crétin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Hofer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Social and Clinical Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Journal of Social and Clinical Psychology, 34 (4), pp.290-303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1521/jscp.2015.34.4.290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mortality of people suffering from mental illness: a study of a cohort of patients hospitalised in psychiatry in the north of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Lise Charrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Plancke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Defromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychiatry and Psychiatric Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Social Psychiatry and Psychiatric Epidemiology, 50 (2), pp.269-277. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00127-014-0913-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-médicalisation de la maladie mentale et perception d’exclusion des personnes souffrant de troubles psychiatriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Askevis-Leherpeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Revue Internationale de Psychologie Sociale, 26 (2), pp.127-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les MICI : des maladies environnementales - L’hétérogénéité spatio-temporelle des MICI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire GETAID - REMIND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d’Étude Thérapeutique des Affections Inflammatoires du Tube Digestif (GETAID), Dec 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring environmental determinants of Crohn's Disease at the territorial scale: insights from an integrative ecological study in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Paumelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Maria Wakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Ternynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposures that Impact Health in Vulnerable Populations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décrire le profil environnemental des territoires : une stratégie multi-dimensionnelle pour caractériser l’environnement physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Paumelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Maria Wakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Ternynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pressions anthropiques globales sur la santé – Enjeux et solutions de l'international au local pour la mise en œuvre du concept « Une seule santé"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846640v1</w:t>
-              </w:r>
-[...99 lines deleted...]
-                <w:t xml:space="preserve">hal-04846500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The R Package \pkg{HDSpatialScan} for the Detection of Clusters of Multivariate and Functional Data using Spatial Scan Statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Frévent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Salem Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Soula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaineb Smida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Cucala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03862097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6864,138 +6876,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two dimensional discrete scan statistics with arbitrary window shape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Amȃrioarei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Preda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of scan statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId254"/>
+      <w:footerReference w:type="default" r:id="rId255"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7142,51 +7154,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05022690v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bichali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ouldali" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toubiana" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00246-025-03823-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315741v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghiles Hamroun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Tidiane Niang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Occelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frevent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paumelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf266" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05076811v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mailliez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drumez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Puisieux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjph-2024-001941" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04844730v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Badr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cotten" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruschke" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Karampinos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jendso/bvae161" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411561v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679728v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Salem Ahmed" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dabo-Niang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bimj.202300200" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679783v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Glowacki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Sautenet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leffondr&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1390999" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04888207v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ocana de Sentuary" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Testard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagr&#233;e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leroy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gasnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2024.102986" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198604v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633308v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talbodec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Roy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fournier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lesage" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lepoutre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4292/wjgpt.v15.i3.90757" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04699674v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Baillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Wathelet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lamer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fovet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/52759" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04872581v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brugel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gauthier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouch&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Blangiardo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-024-01176-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04582692v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Valibouze" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubuquoy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chavatte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Maquet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v30.i16.2258" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679907v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Saint-Dizier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Levaillant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Hamel-Broza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiya Ayed" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-024-03496-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04402112v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Collet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sanges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amjad Ghulam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Soudan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kead699" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04404717v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marciniak" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lenne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bruandet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000006039" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330019v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Mutez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Swiderski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Devos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15788" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04530376v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mourey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena M'Ba" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v29.i5.851" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716192v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chazard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Balaye" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balcaen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cuggia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI220141" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04358416v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lecoeuvre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cuny" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Subtil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevalier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2022.120013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540605v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Privat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Canon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Escutnaire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Dumont" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Recher" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/emermed-2020-210447" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03779211v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charpentier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prod'Homme" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Delecluse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2022.04.016" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216540v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brousmiche" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Frank" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Deram" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142983" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04521722v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marbac" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2021.100550" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03566162v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pothet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joosten" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hobeika" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000005133" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04342038v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vilhelm" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wiel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.13390" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03395144v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn H&#233;quette-Ruz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Beuscart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Ficheur" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillaume" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-020-05363-7" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249596v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lanier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2020.1451" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02474470v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Fumery" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pariente" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.15512" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249680v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Jaeger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Baert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mej.0000000000000747" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249425v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuny" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.106023" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04380409v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.8459" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04345075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Visade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nia Babykina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite-Marie Defebvre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Verloop" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afaa139" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228170v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Cren" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertrand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Le Deley" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mortier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2020.1846914" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249600v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dumont" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136608" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04412704v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Detourmignies" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Leroyer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ligier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Plouvier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.05.010" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053594v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cucala" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soula" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2018.10.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133818v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ali Hassan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04581626v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Luc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2018.04.006" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540535v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Javaudin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.07.032" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9GDC04NK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816823v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghenassia" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beuscart" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ficheur" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Occelli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Babykina" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-017-0109-5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812047v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2017.06.001" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04064620v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tessier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jouquand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201600140" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X63ZPXR7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05026636v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03195970v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Askevis-Leherpeux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cr&#233;tin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Schiaratura" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Hofer" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/jscp.2015.34.4.290" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03246329v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Charrel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plancke" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Defromont" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducrocq" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00127-014-0913-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176269v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846659v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Maria Wakim" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ternynck" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846640v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846500v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03862097v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fr&#233;vent" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaineb Smida" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405886v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Am&#515;rioarei" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Preda" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05022690v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bichali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ouldali" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toubiana" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00246-025-03823-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315741v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghiles Hamroun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Tidiane Niang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Occelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frevent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paumelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf266" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05076811v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mailliez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drumez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Puisieux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjph-2024-001941" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679783v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Glowacki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Sautenet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leffondr&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1390999" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679728v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Salem Ahmed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dabo-Niang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bimj.202300200" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04888207v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ocana de Sentuary" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Testard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagr&#233;e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gasnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2024.102986" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198604v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633308v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talbodec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Roy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fournier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lesage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lepoutre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4292/wjgpt.v15.i3.90757" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04699674v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Baillet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Wathelet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lamer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fovet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/52759" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04582692v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Valibouze" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubuquoy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chavatte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Maquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v30.i16.2258" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04679907v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Saint-Dizier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Levaillant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Hamel-Broza" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiya Ayed" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-024-03496-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04872581v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brugel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gauthier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouch&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Blangiardo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-024-01176-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04844730v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Badr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cotten" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Lombardo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruschke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Karampinos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jendso/bvae161" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04402112v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Collet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sanges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amjad Ghulam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Soudan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kead699" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04404717v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marciniak" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lenne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bruandet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000006039" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330019v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Mutez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Swiderski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Devos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15788" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04530376v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mourey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena M'Ba" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v29.i5.851" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04358416v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lecoeuvre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cuny" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Subtil" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevalier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2022.120013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540605v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Privat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Canon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Escutnaire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Dumont" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Recher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/emermed-2020-210447" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03779211v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charpentier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prod'Homme" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Delecluse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2022.04.016" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716192v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chazard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Balaye" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balcaen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cuggia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI220141" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216540v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brousmiche" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Frank" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Deram" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142983" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04521722v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marbac" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2021.100550" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03566162v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pothet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joosten" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hobeika" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SLA.0000000000005133" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04342038v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vilhelm" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wiel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.13390" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249596v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lanier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2020.1451" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03395144v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn H&#233;quette-Ruz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Beuscart" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Ficheur" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillaume" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-020-05363-7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02474470v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Fumery" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pariente" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.15512" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249680v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Jaeger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Baert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mej.0000000000000747" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249425v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuny" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.106023" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04380409v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.8459" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04345075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Visade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nia Babykina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite-Marie Defebvre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Verloop" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ageing/afaa139" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228170v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Cren" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertrand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Le Deley" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mortier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2020.1846914" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249600v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dumont" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136608" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053594v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cucala" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soula" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2018.10.002" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133818v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ali Hassan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04581626v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Luc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2018.04.006" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L34S87F7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04412704v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Detourmignies" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Leroyer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ligier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Plouvier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.05.010" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540535v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Javaudin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.07.032" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9GDC04NK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816823v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghenassia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beuscart" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ficheur" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Occelli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Babykina" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-017-0109-5" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812047v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2017.06.001" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04064620v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tessier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jouquand" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201600140" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X63ZPXR7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05026636v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03195970v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Askevis-Leherpeux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cr&#233;tin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Schiaratura" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Hofer" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/jscp.2015.34.4.290" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03246329v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Charrel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plancke" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Defromont" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducrocq" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00127-014-0913-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176269v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846500v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846659v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Maria Wakim" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ternynck" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846640v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03862097v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fr&#233;vent" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaineb Smida" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405886v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Am&#515;rioarei" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Preda" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>