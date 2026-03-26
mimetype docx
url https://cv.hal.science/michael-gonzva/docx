--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -417,378 +417,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d’un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
+                <w:t xml:space="preserve">Échelles spatiales et approches méthodologiques pour l’analyse de la vulnérabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Di Nardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Serre</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risques urbains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0203⟩</w:t>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2016/3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.7044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01729665v1</w:t>
+                <w:t xml:space="preserve">hal-01676214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling disruptions causing domino effects in urban guided transport systems faced by flood hazards</w:t>
+                <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d’un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Youssef Diab</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Risques urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17-1 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11069-016-2680-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01411363v1</w:t>
+                <w:t xml:space="preserve">hal-01729665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échelles spatiales et approches méthodologiques pour l’analyse de la vulnérabilité</w:t>
+                <w:t xml:space="preserve">Modeling disruptions causing domino effects in urban guided transport systems faced by flood hazards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2016/3, </w:t>
+              <w:t xml:space="preserve">Natural Hazards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 86 (1), pp.183-201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/eps.7044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11069-016-2680-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676214v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01411363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la sûreté de fonctionnement à l'analyse spatialisée du risque inondation</w:t>
               </w:r>
@@ -1146,708 +1146,699 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tool to evaluate effectiveness of climate change adaptation measures for houses subjected to coastal flood risks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux de gestion des risques en milieu urbain relatifs aux projets d’infrastructures aériennes de transport : le cas du risque inondation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Creach</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+                <w:t xml:space="preserve">Gabrielle Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+                <w:t xml:space="preserve">Vincent Becue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Pardo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Mercier</w:t>
+                <w:t xml:space="preserve">Kristel Mazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth International Symposium on Life-Cycle Civil Engineering (International Association for Life-Cycle Civil Engineering)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Gand, Belgium</w:t>
+              <w:t xml:space="preserve">Colloque des 20èmes rencontres internationales en urbanisme de l’APERAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lille, France. pp.318-323</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03119106v1</w:t>
+                <w:t xml:space="preserve">hal-03338562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de gestion des risques en milieu urbain relatifs aux projets d’infrastructures aériennes de transport : le cas du risque inondation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A tool to evaluate effectiveness of climate change adaptation measures for houses subjected to coastal flood risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Creach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Richard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Barroca</w:t>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Becue</w:t>
+                <w:t xml:space="preserve">Sophie Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristel Mazy</w:t>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque des 20èmes rencontres internationales en urbanisme de l’APERAU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lille, France. pp.318-323</w:t>
+              <w:t xml:space="preserve">Sixth International Symposium on Life-Cycle Civil Engineering (International Association for Life-Cycle Civil Engineering)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03338562v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03119106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving urban infrastructures resilience using conceptual models: application of the “Behind the Barriers” model to the flooding of a rail transport system</w:t>
+                <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d'un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Resilience Engineering Association Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Liège, Belgium</w:t>
+              <w:t xml:space="preserve"> Colloque international « Penser et faire la résilience. Risques et territoires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01677368v1</w:t>
+                <w:t xml:space="preserve">hal-01677382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d'un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
+                <w:t xml:space="preserve">Improving urban infrastructures resilience using conceptual models: application of the “Behind the Barriers” model to the flooding of a rail transport system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Colloque international « Penser et faire la résilience. Risques et territoires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Pau, France</w:t>
+              <w:t xml:space="preserve">7th Resilience Engineering Association Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01677382v1</w:t>
+                <w:t xml:space="preserve">hal-01677368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the Resilience of Guided Transport Systems for Natural Risks</w:t>
+                <w:t xml:space="preserve">Resilience of guided transport systems against natural risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-André Zitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Third International Conference on Railway Technology: Research, Development and Maintenance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Cagliari, Italy</w:t>
+              <w:t xml:space="preserve">11th World Congress on Railway Research (WCRR2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676216v1</w:t>
+                <w:t xml:space="preserve">hal-01676290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of disruptions cascade effect within and between urban sociotechnical systems in a context of risks</w:t>
+                <w:t xml:space="preserve">Improving the Resilience of Guided Transport Systems for Natural Risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Zitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd European Conference on Flood Risk Management (FLOODrisk 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Third International Conference on Railway Technology: Research, Development and Maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Cagliari, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676285v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience of guided transport systems against natural risks</w:t>
+                <w:t xml:space="preserve">Analysis of disruptions cascade effect within and between urban sociotechnical systems in a context of risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
@@ -1865,73 +1856,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th World Congress on Railway Research (WCRR2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd European Conference on Flood Risk Management (FLOODrisk 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Lyon, France. pp.07008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20160707008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676290v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modelling of disruptions cascade effect within a rail transport system facing a flood hazard</w:t>
               </w:r>
@@ -2159,247 +2159,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résilience de quartiers et systèmes de transport face à l'inondation - Mobilisation de l'analyse fonctionnelle</w:t>
+                <w:t xml:space="preserve">La résilience des systèmes de transport : des défaillances par effet domino vers des stratégies d'exploitation dégradée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mireia Balsells</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les villes à la croisée des stratégies globales et locales des enjeux climatiques</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.201-219, 2016, 978-2-7637-2874-2</w:t>
+              <w:t xml:space="preserve">Résilience, vulnérabilité des territoires et génie urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-85978-504-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676292v1</w:t>
+                <w:t xml:space="preserve">hal-01677500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience des systèmes de transport : des défaillances par effet domino vers des stratégies d'exploitation dégradée</w:t>
+                <w:t xml:space="preserve">Résilience de quartiers et systèmes de transport face à l'inondation - Mobilisation de l'analyse fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireia Balsells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Rudolf. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Résilience, vulnérabilité des territoires et génie urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 978-2-85978-504-8</w:t>
+              <w:t xml:space="preserve">Les villes à la croisée des stratégies globales et locales des enjeux climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Université Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-219, 2016, 978-2-7637-2874-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01677500v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2578,51 +2578,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C2CD446E"/>
+    <w:nsid w:val="19B1AFBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2726,51 +2726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C6C93B12"/>
+    <w:nsid w:val="4C66AA0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2960,51 +2960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tel.archives-ouvertes.fr/tel-01619140" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654446v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfr3.12253" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729665v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0203" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411363v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2680-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676214v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delaitre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Di Nardo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.7044" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676222v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lhomme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676225v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Balsells" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119106v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pardo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338562v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Richard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Becue" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Mazy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677368v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677382v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676216v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676285v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160707008" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676290v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430921v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411355v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676292v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/les-villes-a-la-croisee-des-strategies-globales-et-locales-des-enjeux-climatiques" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677500v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01619140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PESC1088" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tel.archives-ouvertes.fr/tel-01619140" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654446v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfr3.12253" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676214v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delaitre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Di Nardo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.7044" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729665v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0203" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411363v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2680-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676222v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lhomme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676225v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Balsells" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Richard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Becue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Mazy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119106v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pardo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677382v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676290v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676216v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676285v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160707008" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430921v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411355v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677500v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676292v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/les-villes-a-la-croisee-des-strategies-globales-et-locales-des-enjeux-climatiques" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01619140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PESC1088" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>